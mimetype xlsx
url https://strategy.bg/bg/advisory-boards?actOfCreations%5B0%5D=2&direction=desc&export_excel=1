--- v0 (2026-01-02)
+++ v1 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>СПРАВКА "КОНСУЛТАТИВНИ СЪВЕТИ"</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
@@ -68,129 +68,141 @@
   <si>
     <t>Консултативен съвет във връзка с Европейската зелена сделка</t>
   </si>
   <si>
     <t>Енергетика</t>
   </si>
   <si>
     <t>Министерски съвет</t>
   </si>
   <si>
     <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>Заместник министър-председател</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>[]</t>
   </si>
   <si>
     <t>Активен</t>
   </si>
   <si>
+    <t>Координационен съвет за подготовка на Република България за членство в еврозоната</t>
+  </si>
+  <si>
+    <t>Финанси и данъчна политика</t>
+  </si>
+  <si>
+    <t>Министър</t>
+  </si>
+  <si>
     <t>Национален съвет за закрила на детето</t>
   </si>
   <si>
     <t>Социална политика и заетост</t>
   </si>
   <si>
     <t>Държавна агенция</t>
   </si>
   <si>
     <t>Председател на държавна агенция</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>[{"id":137,"advisory_board_id":31,"next_meeting":"2025-03-28 00:00:00","created_at":"2025-12-05T13:21:37.000000Z","updated_at":"2025-12-05T13:21:37.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 28 \u043c\u0430\u0440\u0442 2025 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 52-\u0440\u043e\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","translations":[{"id":598,"locale":"bg","advisory_board_meeting_id":137,"description":"&lt;p&gt;\u041d\u0430 28 \u043c\u0430\u0440\u0442 2025 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 52-\u0440\u043e\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","deleted_at":null},{"id":599,"locale":"en","advisory_board_meeting_id":137,"description":"&lt;p&gt;On March 28, 2025, the 52nd regular meeting of the National Council for Child Protection was held in Hall 5 of the Ministry of Labor and Social Policy.&lt;\/p&gt;","deleted_at":null}]},{"id":145,"advisory_board_id":31,"next_meeting":"2024-12-10 00:00:00","created_at":"2025-12-15T14:40:39.000000Z","updated_at":"2025-12-15T15:00:56.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 10 \u0434\u0435\u043a\u0435\u043c\u0432\u0440\u0438 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 51-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","translations":[{"id":614,"locale":"bg","advisory_board_meeting_id":145,"description":"&lt;p&gt;\u041d\u0430 10 \u0434\u0435\u043a\u0435\u043c\u0432\u0440\u0438 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 51-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","deleted_at":null},{"id":615,"locale":"en","advisory_board_meeting_id":145,"description":"&lt;p&gt;On December 10, 2024, the 51st regular meeting of the National Council for Child Protection was held in Hall 5 of the Ministry of Labor and Social Policy.&lt;\/p&gt;","deleted_at":null}]},{"id":146,"advisory_board_id":31,"next_meeting":"2024-03-01 00:00:00","created_at":"2025-12-15T14:50:12.000000Z","updated_at":"2025-12-15T15:01:09.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 1 \u043c\u0430\u0440\u0442 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 \u044e\u0431\u0438\u043b\u0435\u0439\u043d\u043e\u0442\u043e 50-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","translations":[{"id":616,"locale":"bg","advisory_board_meeting_id":146,"description":"&lt;p&gt;\u041d\u0430 1 \u043c\u0430\u0440\u0442 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 \u044e\u0431\u0438\u043b\u0435\u0439\u043d\u043e\u0442\u043e 50-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","deleted_at":null},{"id":617,"locale":"en","advisory_board_meeting_id":146,"description":"&lt;p&gt;On March 1, 2024, in Hall 5 of the Ministry of Labor and Social Policy, the anniversary 50th regular meeting of the National Council for Child Protection was held.&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Национален съвет за сътрудничество по етническите и интеграционните въпроси</t>
   </si>
   <si>
     <t>Държавна администрация</t>
   </si>
   <si>
     <t>Национален съвет по антикорупционни политики</t>
   </si>
   <si>
     <t>Правосъдие и вътрешни работи</t>
   </si>
   <si>
-    <t>Министър</t>
-[...1 lines deleted...]
-  <si>
     <t>Национален съвет по въпросите на социалното включване</t>
   </si>
   <si>
     <t>Национален съвет по демографска политика</t>
   </si>
   <si>
     <t>Национален съвет по миграция, граници, убежище и интеграция</t>
   </si>
   <si>
     <t>Съвет за административната реформа</t>
   </si>
   <si>
     <t>[{"id":403,"advisory_board_id":203,"next_meeting":"2009-10-14 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":11,"locale":"bg","advisory_board_meeting_id":403,"description":"","deleted_at":null},{"id":12,"locale":"en","advisory_board_meeting_id":403,"description":"","deleted_at":null}]},{"id":404,"advisory_board_id":203,"next_meeting":"2009-10-29 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":13,"locale":"bg","advisory_board_meeting_id":404,"description":"","deleted_at":null},{"id":14,"locale":"en","advisory_board_meeting_id":404,"description":"","deleted_at":null}]},{"id":405,"advisory_board_id":203,"next_meeting":"2009-11-25 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":15,"locale":"bg","advisory_board_meeting_id":405,"description":"","deleted_at":null},{"id":16,"locale":"en","advisory_board_meeting_id":405,"description":"","deleted_at":null}]},{"id":406,"advisory_board_id":203,"next_meeting":"2009-12-17 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":17,"locale":"bg","advisory_board_meeting_id":406,"description":"","deleted_at":null},{"id":18,"locale":"en","advisory_board_meeting_id":406,"description":"","deleted_at":null}]},{"id":407,"advisory_board_id":203,"next_meeting":"2009-12-29 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":19,"locale":"bg","advisory_board_meeting_id":407,"description":"","deleted_at":null},{"id":20,"locale":"en","advisory_board_meeting_id":407,"description":"","deleted_at":null}]},{"id":408,"advisory_board_id":203,"next_meeting":"2010-02-11 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":21,"locale":"bg","advisory_board_meeting_id":408,"description":"","deleted_at":null},{"id":22,"locale":"en","advisory_board_meeting_id":408,"description":"","deleted_at":null}]},{"id":409,"advisory_board_id":203,"next_meeting":"2010-02-23 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":23,"locale":"bg","advisory_board_meeting_id":409,"description":"","deleted_at":null},{"id":24,"locale":"en","advisory_board_meeting_id":409,"description":"","deleted_at":null}]},{"id":410,"advisory_board_id":203,"next_meeting":"2010-03-19 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":25,"locale":"bg","advisory_board_meeting_id":410,"description":"","deleted_at":null},{"id":26,"locale":"en","advisory_board_meeting_id":410,"description":"","deleted_at":null}]},{"id":501,"advisory_board_id":203,"next_meeting":"2010-04-28 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":31,"locale":"bg","advisory_board_meeting_id":501,"description":"","deleted_at":null},{"id":32,"locale":"en","advisory_board_meeting_id":501,"description":"","deleted_at":null}]},{"id":603,"advisory_board_id":203,"next_meeting":"2010-05-18 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":33,"locale":"bg","advisory_board_meeting_id":603,"description":"","deleted_at":null},{"id":34,"locale":"en","advisory_board_meeting_id":603,"description":"","deleted_at":null}]},{"id":602,"advisory_board_id":203,"next_meeting":"2010-05-15 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":35,"locale":"bg","advisory_board_meeting_id":602,"description":"","deleted_at":null},{"id":36,"locale":"en","advisory_board_meeting_id":602,"description":"","deleted_at":null}]},{"id":605,"advisory_board_id":203,"next_meeting":"2010-06-15 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":37,"locale":"bg","advisory_board_meeting_id":605,"description":"","deleted_at":null},{"id":38,"locale":"en","advisory_board_meeting_id":605,"description":"","deleted_at":null}]},{"id":606,"advisory_board_id":203,"next_meeting":"2010-07-09 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":39,"locale":"bg","advisory_board_meeting_id":606,"description":"","deleted_at":null},{"id":40,"locale":"en","advisory_board_meeting_id":606,"description":"","deleted_at":null}]},{"id":607,"advisory_board_id":203,"next_meeting":"2010-07-16 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":41,"locale":"bg","advisory_board_meeting_id":607,"description":"","deleted_at":null},{"id":42,"locale":"en","advisory_board_meeting_id":607,"description":"","deleted_at":null}]},{"id":608,"advisory_board_id":203,"next_meeting":"2010-07-19 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":43,"locale":"bg","advisory_board_meeting_id":608,"description":"","deleted_at":null},{"id":44,"locale":"en","advisory_board_meeting_id":608,"description":"","deleted_at":null}]},{"id":701,"advisory_board_id":203,"next_meeting":"2010-09-23 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":45,"locale":"bg","advisory_board_meeting_id":701,"description":"","deleted_at":null},{"id":46,"locale":"en","advisory_board_meeting_id":701,"description":"","deleted_at":null}]},{"id":702,"advisory_board_id":203,"next_meeting":"2010-10-26 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":47,"locale":"bg","advisory_board_meeting_id":702,"description":"","deleted_at":null},{"id":48,"locale":"en","advisory_board_meeting_id":702,"description":"","deleted_at":null}]},{"id":804,"advisory_board_id":203,"next_meeting":"2010-11-25 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":55,"locale":"bg","advisory_board_meeting_id":804,"description":"","deleted_at":null},{"id":56,"locale":"en","advisory_board_meeting_id":804,"description":"","deleted_at":null}]},{"id":806,"advisory_board_id":203,"next_meeting":"2010-12-21 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":57,"locale":"bg","advisory_board_meeting_id":806,"description":"","deleted_at":null},{"id":58,"locale":"en","advisory_board_meeting_id":806,"description":"","deleted_at":null}]},{"id":807,"advisory_board_id":203,"next_meeting":"2011-02-08 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":59,"locale":"bg","advisory_board_meeting_id":807,"description":"","deleted_at":null},{"id":60,"locale":"en","advisory_board_meeting_id":807,"description":"","deleted_at":null}]},{"id":808,"advisory_board_id":203,"next_meeting":"2011-02-24 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":61,"locale":"bg","advisory_board_meeting_id":808,"description":"","deleted_at":null},{"id":62,"locale":"en","advisory_board_meeting_id":808,"description":"","deleted_at":null}]},{"id":809,"advisory_board_id":203,"next_meeting":"2011-04-19 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":63,"locale":"bg","advisory_board_meeting_id":809,"description":"","deleted_at":null},{"id":64,"locale":"en","advisory_board_meeting_id":809,"description":"","deleted_at":null}]},{"id":901,"advisory_board_id":203,"next_meeting":"2011-05-27 00:00:00","created_at":"2023-12-19T07:41:20.000000Z","updated_at":"2023-12-19T07:41:20.000000Z","deleted_at":null,"description":"","translations":[{"id":65,"locale":"bg","advisory_board_meeting_id":901,"description":"","deleted_at":null},{"id":66,"locale":"en","advisory_board_meeting_id":901,"description":"","deleted_at":null}]},{"id":1001,"advisory_board_id":203,"next_meeting":"2011-11-15 00:00:00","created_at":"2023-12-19T07:41:20.000000Z","updated_at":"2023-12-19T07:41:20.000000Z","deleted_at":null,"description":"","translations":[{"id":69,"locale":"bg","advisory_board_meeting_id":1001,"description":"","deleted_at":null},{"id":70,"locale":"en","advisory_board_meeting_id":1001,"description":"","deleted_at":null}]},{"id":1102,"advisory_board_id":203,"next_meeting":"2012-02-28 00:00:00","created_at":"2023-12-19T07:41:20.000000Z","updated_at":"2023-12-19T07:41:20.000000Z","deleted_at":null,"description":"","translations":[{"id":71,"locale":"bg","advisory_board_meeting_id":1102,"description":"","deleted_at":null},{"id":72,"locale":"en","advisory_board_meeting_id":1102,"description":"","deleted_at":null}]},{"id":1205,"advisory_board_id":203,"next_meeting":"2013-01-18 00:00:00","created_at":"2023-12-19T07:41:22.000000Z","updated_at":"2023-12-19T07:41:22.000000Z","deleted_at":null,"description":"","translations":[{"id":79,"locale":"bg","advisory_board_meeting_id":1205,"description":"","deleted_at":null},{"id":80,"locale":"en","advisory_board_meeting_id":1205,"description":"","deleted_at":null}]},{"id":1213,"advisory_board_id":203,"next_meeting":"2012-04-24 00:00:00","created_at":"2023-12-19T07:41:24.000000Z","updated_at":"2023-12-19T07:41:24.000000Z","deleted_at":null,"description":"","translations":[{"id":89,"locale":"bg","advisory_board_meeting_id":1213,"description":"","deleted_at":null},{"id":90,"locale":"en","advisory_board_meeting_id":1213,"description":"","deleted_at":null}]},{"id":1214,"advisory_board_id":203,"next_meeting":"2012-06-08 00:00:00","created_at":"2023-12-19T07:41:24.000000Z","updated_at":"2023-12-19T07:41:24.000000Z","deleted_at":null,"description":"","translations":[{"id":91,"locale":"bg","advisory_board_meeting_id":1214,"description":"","deleted_at":null},{"id":92,"locale":"en","advisory_board_meeting_id":1214,"description":"","deleted_at":null}]},{"id":1215,"advisory_board_id":203,"next_meeting":"2013-08-09 00:00:00","created_at":"2023-12-19T07:41:24.000000Z","updated_at":"2023-12-19T07:41:24.000000Z","deleted_at":null,"description":"","translations":[{"id":93,"locale":"bg","advisory_board_meeting_id":1215,"description":"","deleted_at":null},{"id":94,"locale":"en","advisory_board_meeting_id":1215,"description":"","deleted_at":null}]},{"id":1401,"advisory_board_id":203,"next_meeting":"2013-12-20 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":99,"locale":"bg","advisory_board_meeting_id":1401,"description":"","deleted_at":null},{"id":100,"locale":"en","advisory_board_meeting_id":1401,"description":"","deleted_at":null}]},{"id":8,"advisory_board_id":203,"next_meeting":"2013-10-11 00:00:00","created_at":"2024-02-20T08:07:42.000000Z","updated_at":"2024-02-20T08:07:42.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 11.10.2013 \u0433.&lt;\/p&gt;","translations":[{"id":342,"locale":"bg","advisory_board_meeting_id":8,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 11.10.2013 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":343,"locale":"en","advisory_board_meeting_id":8,"description":null,"deleted_at":null}]},{"id":9,"advisory_board_id":203,"next_meeting":"2014-06-19 00:00:00","created_at":"2024-02-20T08:10:37.000000Z","updated_at":"2024-02-20T08:10:37.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 19.06.2014&lt;\/p&gt;","translations":[{"id":344,"locale":"bg","advisory_board_meeting_id":9,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 19.06.2014&lt;\/p&gt;","deleted_at":null},{"id":345,"locale":"en","advisory_board_meeting_id":9,"description":null,"deleted_at":null}]},{"id":10,"advisory_board_id":203,"next_meeting":"2015-01-13 00:00:00","created_at":"2024-02-20T08:11:48.000000Z","updated_at":"2024-02-20T08:11:48.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 13.01.2015&lt;\/p&gt;","translations":[{"id":346,"locale":"bg","advisory_board_meeting_id":10,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 13.01.2015&lt;\/p&gt;","deleted_at":null},{"id":347,"locale":"en","advisory_board_meeting_id":10,"description":null,"deleted_at":null}]},{"id":12,"advisory_board_id":203,"next_meeting":"2014-03-31 00:00:00","created_at":"2024-02-20T08:31:05.000000Z","updated_at":"2024-02-20T08:31:05.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 31.03.2014&lt;\/p&gt;","translations":[{"id":350,"locale":"bg","advisory_board_meeting_id":12,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 31.03.2014&lt;\/p&gt;","deleted_at":null},{"id":351,"locale":"en","advisory_board_meeting_id":12,"description":null,"deleted_at":null}]},{"id":13,"advisory_board_id":203,"next_meeting":"2014-06-06 00:00:00","created_at":"2024-02-20T08:32:39.000000Z","updated_at":"2024-02-20T08:32:39.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 6.06.2014&lt;\/p&gt;","translations":[{"id":352,"locale":"bg","advisory_board_meeting_id":13,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 6.06.2014&lt;\/p&gt;","deleted_at":null},{"id":353,"locale":"en","advisory_board_meeting_id":13,"description":null,"deleted_at":null}]},{"id":14,"advisory_board_id":203,"next_meeting":"2015-03-05 00:00:00","created_at":"2024-02-20T08:39:53.000000Z","updated_at":"2024-02-20T08:40:39.000000Z","deleted_at":null,"description":null,"translations":[{"id":355,"locale":"en","advisory_board_meeting_id":14,"description":null,"deleted_at":null},{"id":354,"locale":"bg","advisory_board_meeting_id":14,"description":null,"deleted_at":null}]},{"id":15,"advisory_board_id":203,"next_meeting":"2015-04-17 00:00:00","created_at":"2024-02-20T08:41:23.000000Z","updated_at":"2024-02-20T08:41:23.000000Z","deleted_at":null,"description":null,"translations":[{"id":356,"locale":"bg","advisory_board_meeting_id":15,"description":null,"deleted_at":null},{"id":357,"locale":"en","advisory_board_meeting_id":15,"description":null,"deleted_at":null}]},{"id":16,"advisory_board_id":203,"next_meeting":"2015-05-22 00:00:00","created_at":"2024-02-20T08:42:22.000000Z","updated_at":"2024-02-20T08:42:22.000000Z","deleted_at":null,"description":null,"translations":[{"id":358,"locale":"bg","advisory_board_meeting_id":16,"description":null,"deleted_at":null},{"id":359,"locale":"en","advisory_board_meeting_id":16,"description":null,"deleted_at":null}]},{"id":17,"advisory_board_id":203,"next_meeting":"2015-06-11 00:00:00","created_at":"2024-02-20T08:43:21.000000Z","updated_at":"2024-02-20T08:43:21.000000Z","deleted_at":null,"description":null,"translations":[{"id":360,"locale":"bg","advisory_board_meeting_id":17,"description":null,"deleted_at":null},{"id":361,"locale":"en","advisory_board_meeting_id":17,"description":null,"deleted_at":null}]},{"id":18,"advisory_board_id":203,"next_meeting":"2015-07-13 00:00:00","created_at":"2024-02-20T08:49:17.000000Z","updated_at":"2024-02-20T08:49:17.000000Z","deleted_at":null,"description":null,"translations":[{"id":362,"locale":"bg","advisory_board_meeting_id":18,"description":null,"deleted_at":null},{"id":363,"locale":"en","advisory_board_meeting_id":18,"description":null,"deleted_at":null}]},{"id":19,"advisory_board_id":203,"next_meeting":"2015-12-10 00:00:00","created_at":"2024-02-20T08:49:57.000000Z","updated_at":"2024-02-20T08:49:57.000000Z","deleted_at":null,"description":null,"translations":[{"id":364,"locale":"bg","advisory_board_meeting_id":19,"description":null,"deleted_at":null},{"id":365,"locale":"en","advisory_board_meeting_id":19,"description":null,"deleted_at":null}]},{"id":20,"advisory_board_id":203,"next_meeting":"2016-03-30 00:00:00","created_at":"2024-02-20T08:51:01.000000Z","updated_at":"2024-02-20T08:51:01.000000Z","deleted_at":null,"description":null,"translations":[{"id":366,"locale":"bg","advisory_board_meeting_id":20,"description":null,"deleted_at":null},{"id":367,"locale":"en","advisory_board_meeting_id":20,"description":null,"deleted_at":null}]},{"id":21,"advisory_board_id":203,"next_meeting":"2016-09-08 00:00:00","created_at":"2024-02-20T08:51:44.000000Z","updated_at":"2024-02-20T08:51:44.000000Z","deleted_at":null,"description":null,"translations":[{"id":368,"locale":"bg","advisory_board_meeting_id":21,"description":null,"deleted_at":null},{"id":369,"locale":"en","advisory_board_meeting_id":21,"description":null,"deleted_at":null}]},{"id":22,"advisory_board_id":203,"next_meeting":"2017-10-25 00:00:00","created_at":"2024-02-20T08:52:39.000000Z","updated_at":"2024-02-20T08:52:39.000000Z","deleted_at":null,"description":null,"translations":[{"id":370,"locale":"bg","advisory_board_meeting_id":22,"description":null,"deleted_at":null},{"id":371,"locale":"en","advisory_board_meeting_id":22,"description":null,"deleted_at":null}]},{"id":23,"advisory_board_id":203,"next_meeting":"2018-02-21 00:00:00","created_at":"2024-02-20T08:54:01.000000Z","updated_at":"2024-02-20T08:54:01.000000Z","deleted_at":null,"description":null,"translations":[{"id":372,"locale":"bg","advisory_board_meeting_id":23,"description":null,"deleted_at":null},{"id":373,"locale":"en","advisory_board_meeting_id":23,"description":null,"deleted_at":null}]},{"id":24,"advisory_board_id":203,"next_meeting":"2018-07-16 00:00:00","created_at":"2024-02-20T08:55:36.000000Z","updated_at":"2024-02-20T08:55:36.000000Z","deleted_at":null,"description":null,"translations":[{"id":374,"locale":"bg","advisory_board_meeting_id":24,"description":null,"deleted_at":null},{"id":375,"locale":"en","advisory_board_meeting_id":24,"description":null,"deleted_at":null}]},{"id":25,"advisory_board_id":203,"next_meeting":"2018-12-19 00:00:00","created_at":"2024-02-20T08:56:40.000000Z","updated_at":"2024-02-20T08:56:40.000000Z","deleted_at":null,"description":null,"translations":[{"id":376,"locale":"bg","advisory_board_meeting_id":25,"description":null,"deleted_at":null},{"id":377,"locale":"en","advisory_board_meeting_id":25,"description":null,"deleted_at":null}]},{"id":26,"advisory_board_id":203,"next_meeting":"2019-02-12 00:00:00","created_at":"2024-02-20T09:22:03.000000Z","updated_at":"2024-02-20T09:22:03.000000Z","deleted_at":null,"description":null,"translations":[{"id":378,"locale":"bg","advisory_board_meeting_id":26,"description":null,"deleted_at":null},{"id":379,"locale":"en","advisory_board_meeting_id":26,"description":null,"deleted_at":null}]},{"id":27,"advisory_board_id":203,"next_meeting":"2019-02-27 00:00:00","created_at":"2024-02-20T09:23:25.000000Z","updated_at":"2024-02-20T09:23:25.000000Z","deleted_at":null,"description":null,"translations":[{"id":380,"locale":"bg","advisory_board_meeting_id":27,"description":null,"deleted_at":null},{"id":381,"locale":"en","advisory_board_meeting_id":27,"description":null,"deleted_at":null}]},{"id":28,"advisory_board_id":203,"next_meeting":"2019-03-26 00:00:00","created_at":"2024-02-20T09:24:09.000000Z","updated_at":"2024-02-20T09:24:09.000000Z","deleted_at":null,"description":null,"translations":[{"id":382,"locale":"bg","advisory_board_meeting_id":28,"description":null,"deleted_at":null},{"id":383,"locale":"en","advisory_board_meeting_id":28,"description":null,"deleted_at":null}]},{"id":29,"advisory_board_id":203,"next_meeting":"2019-04-10 00:00:00","created_at":"2024-02-20T09:24:41.000000Z","updated_at":"2024-02-20T09:24:41.000000Z","deleted_at":null,"description":null,"translations":[{"id":384,"locale":"bg","advisory_board_meeting_id":29,"description":null,"deleted_at":null},{"id":385,"locale":"en","advisory_board_meeting_id":29,"description":null,"deleted_at":null}]},{"id":30,"advisory_board_id":203,"next_meeting":"2019-09-16 00:00:00","created_at":"2024-02-20T09:25:17.000000Z","updated_at":"2024-02-20T09:25:17.000000Z","deleted_at":null,"description":null,"translations":[{"id":386,"locale":"bg","advisory_board_meeting_id":30,"description":null,"deleted_at":null},{"id":387,"locale":"en","advisory_board_meeting_id":30,"description":null,"deleted_at":null}]},{"id":31,"advisory_board_id":203,"next_meeting":"2020-02-19 00:00:00","created_at":"2024-02-20T09:26:43.000000Z","updated_at":"2024-02-20T09:26:43.000000Z","deleted_at":null,"description":null,"translations":[{"id":388,"locale":"bg","advisory_board_meeting_id":31,"description":null,"deleted_at":null},{"id":389,"locale":"en","advisory_board_meeting_id":31,"description":null,"deleted_at":null}]},{"id":32,"advisory_board_id":203,"next_meeting":"2020-03-10 00:00:00","created_at":"2024-02-20T09:27:20.000000Z","updated_at":"2024-02-20T09:27:20.000000Z","deleted_at":null,"description":null,"translations":[{"id":390,"locale":"bg","advisory_board_meeting_id":32,"description":null,"deleted_at":null},{"id":391,"locale":"en","advisory_board_meeting_id":32,"description":null,"deleted_at":null}]},{"id":33,"advisory_board_id":203,"next_meeting":"2020-03-25 00:00:00","created_at":"2024-02-20T09:27:55.000000Z","updated_at":"2024-02-20T09:27:55.000000Z","deleted_at":null,"description":null,"translations":[{"id":392,"locale":"bg","advisory_board_meeting_id":33,"description":null,"deleted_at":null},{"id":393,"locale":"en","advisory_board_meeting_id":33,"description":null,"deleted_at":null}]},{"id":34,"advisory_board_id":203,"next_meeting":"2020-06-03 00:00:00","created_at":"2024-02-20T09:28:25.000000Z","updated_at":"2024-02-20T09:28:25.000000Z","deleted_at":null,"description":null,"translations":[{"id":394,"locale":"bg","advisory_board_meeting_id":34,"description":null,"deleted_at":null},{"id":395,"locale":"en","advisory_board_meeting_id":34,"description":null,"deleted_at":null}]},{"id":35,"advisory_board_id":203,"next_meeting":"2020-09-03 00:00:00","created_at":"2024-02-20T09:28:56.000000Z","updated_at":"2024-02-20T09:28:56.000000Z","deleted_at":null,"description":null,"translations":[{"id":396,"locale":"bg","advisory_board_meeting_id":35,"description":null,"deleted_at":null},{"id":397,"locale":"en","advisory_board_meeting_id":35,"description":null,"deleted_at":null}]},{"id":36,"advisory_board_id":203,"next_meeting":"2020-09-10 00:00:00","created_at":"2024-02-20T09:29:29.000000Z","updated_at":"2024-02-20T09:29:29.000000Z","deleted_at":null,"description":null,"translations":[{"id":398,"locale":"bg","advisory_board_meeting_id":36,"description":null,"deleted_at":null},{"id":399,"locale":"en","advisory_board_meeting_id":36,"description":null,"deleted_at":null}]},{"id":37,"advisory_board_id":203,"next_meeting":"2020-09-24 00:00:00","created_at":"2024-02-20T09:30:00.000000Z","updated_at":"2024-02-20T09:30:00.000000Z","deleted_at":null,"description":null,"translations":[{"id":400,"locale":"bg","advisory_board_meeting_id":37,"description":null,"deleted_at":null},{"id":401,"locale":"en","advisory_board_meeting_id":37,"description":null,"deleted_at":null}]},{"id":38,"advisory_board_id":203,"next_meeting":"2020-12-15 00:00:00","created_at":"2024-02-20T09:30:34.000000Z","updated_at":"2024-02-20T09:30:34.000000Z","deleted_at":null,"description":null,"translations":[{"id":402,"locale":"bg","advisory_board_meeting_id":38,"description":null,"deleted_at":null},{"id":403,"locale":"en","advisory_board_meeting_id":38,"description":null,"deleted_at":null}]},{"id":39,"advisory_board_id":203,"next_meeting":"2020-12-18 00:00:00","created_at":"2024-02-20T09:32:23.000000Z","updated_at":"2024-02-20T09:32:23.000000Z","deleted_at":null,"description":null,"translations":[{"id":404,"locale":"bg","advisory_board_meeting_id":39,"description":null,"deleted_at":null},{"id":405,"locale":"en","advisory_board_meeting_id":39,"description":null,"deleted_at":null}]},{"id":40,"advisory_board_id":203,"next_meeting":"2021-01-28 00:00:00","created_at":"2024-02-20T09:34:05.000000Z","updated_at":"2024-02-20T09:34:05.000000Z","deleted_at":null,"description":null,"translations":[{"id":406,"locale":"bg","advisory_board_meeting_id":40,"description":null,"deleted_at":null},{"id":407,"locale":"en","advisory_board_meeting_id":40,"description":null,"deleted_at":null}]},{"id":41,"advisory_board_id":203,"next_meeting":"2021-03-05 00:00:00","created_at":"2024-02-20T09:35:55.000000Z","updated_at":"2024-02-20T09:35:55.000000Z","deleted_at":null,"description":null,"translations":[{"id":408,"locale":"bg","advisory_board_meeting_id":41,"description":null,"deleted_at":null},{"id":409,"locale":"en","advisory_board_meeting_id":41,"description":null,"deleted_at":null}]},{"id":42,"advisory_board_id":203,"next_meeting":"2021-04-07 00:00:00","created_at":"2024-02-20T09:36:24.000000Z","updated_at":"2024-02-20T09:36:24.000000Z","deleted_at":null,"description":null,"translations":[{"id":410,"locale":"bg","advisory_board_meeting_id":42,"description":null,"deleted_at":null},{"id":411,"locale":"en","advisory_board_meeting_id":42,"description":null,"deleted_at":null}]},{"id":43,"advisory_board_id":203,"next_meeting":"2021-11-04 00:00:00","created_at":"2024-02-20T09:36:55.000000Z","updated_at":"2024-02-20T09:36:55.000000Z","deleted_at":null,"description":null,"translations":[{"id":412,"locale":"bg","advisory_board_meeting_id":43,"description":null,"deleted_at":null},{"id":413,"locale":"en","advisory_board_meeting_id":43,"description":null,"deleted_at":null}]},{"id":44,"advisory_board_id":203,"next_meeting":"2021-12-06 00:00:00","created_at":"2024-02-20T09:37:28.000000Z","updated_at":"2024-02-20T09:37:28.000000Z","deleted_at":null,"description":null,"translations":[{"id":414,"locale":"bg","advisory_board_meeting_id":44,"description":null,"deleted_at":null},{"id":415,"locale":"en","advisory_board_meeting_id":44,"description":null,"deleted_at":null}]},{"id":45,"advisory_board_id":203,"next_meeting":"2022-04-06 00:00:00","created_at":"2024-02-20T09:38:46.000000Z","updated_at":"2024-02-20T09:38:46.000000Z","deleted_at":null,"description":null,"translations":[{"id":416,"locale":"bg","advisory_board_meeting_id":45,"description":null,"deleted_at":null},{"id":417,"locale":"en","advisory_board_meeting_id":45,"description":null,"deleted_at":null}]},{"id":46,"advisory_board_id":203,"next_meeting":"2022-05-03 00:00:00","created_at":"2024-02-20T09:40:10.000000Z","updated_at":"2024-02-20T09:40:10.000000Z","deleted_at":null,"description":null,"translations":[{"id":418,"locale":"bg","advisory_board_meeting_id":46,"description":null,"deleted_at":null},{"id":419,"locale":"en","advisory_board_meeting_id":46,"description":null,"deleted_at":null}]},{"id":47,"advisory_board_id":203,"next_meeting":"2022-05-16 00:00:00","created_at":"2024-02-20T09:40:52.000000Z","updated_at":"2024-02-20T09:40:52.000000Z","deleted_at":null,"description":null,"translations":[{"id":420,"locale":"bg","advisory_board_meeting_id":47,"description":null,"deleted_at":null},{"id":421,"locale":"en","advisory_board_meeting_id":47,"description":null,"deleted_at":null}]},{"id":48,"advisory_board_id":203,"next_meeting":"2022-05-27 00:00:00","created_at":"2024-02-20T09:41:52.000000Z","updated_at":"2024-02-20T09:41:52.000000Z","deleted_at":null,"description":null,"translations":[{"id":422,"locale":"bg","advisory_board_meeting_id":48,"description":null,"deleted_at":null},{"id":423,"locale":"en","advisory_board_meeting_id":48,"description":null,"deleted_at":null}]},{"id":49,"advisory_board_id":203,"next_meeting":"2022-06-08 00:00:00","created_at":"2024-02-20T09:42:22.000000Z","updated_at":"2024-02-20T09:42:22.000000Z","deleted_at":null,"description":null,"translations":[{"id":424,"locale":"bg","advisory_board_meeting_id":49,"description":null,"deleted_at":null},{"id":425,"locale":"en","advisory_board_meeting_id":49,"description":null,"deleted_at":null}]},{"id":50,"advisory_board_id":203,"next_meeting":"2022-06-14 00:00:00","created_at":"2024-02-20T09:42:56.000000Z","updated_at":"2024-02-20T09:42:56.000000Z","deleted_at":null,"description":null,"translations":[{"id":426,"locale":"bg","advisory_board_meeting_id":50,"description":null,"deleted_at":null},{"id":427,"locale":"en","advisory_board_meeting_id":50,"description":null,"deleted_at":null}]},{"id":51,"advisory_board_id":203,"next_meeting":"2022-07-06 00:00:00","created_at":"2024-02-20T09:43:28.000000Z","updated_at":"2024-02-20T09:43:28.000000Z","deleted_at":null,"description":null,"translations":[{"id":428,"locale":"bg","advisory_board_meeting_id":51,"description":null,"deleted_at":null},{"id":429,"locale":"en","advisory_board_meeting_id":51,"description":null,"deleted_at":null}]},{"id":52,"advisory_board_id":203,"next_meeting":"2022-07-13 00:00:00","created_at":"2024-02-20T09:44:07.000000Z","updated_at":"2024-02-20T09:44:07.000000Z","deleted_at":null,"description":null,"translations":[{"id":430,"locale":"bg","advisory_board_meeting_id":52,"description":null,"deleted_at":null},{"id":431,"locale":"en","advisory_board_meeting_id":52,"description":null,"deleted_at":null}]},{"id":53,"advisory_board_id":203,"next_meeting":"2022-07-20 00:00:00","created_at":"2024-02-20T09:44:38.000000Z","updated_at":"2024-02-20T09:44:38.000000Z","deleted_at":null,"description":null,"translations":[{"id":432,"locale":"bg","advisory_board_meeting_id":53,"description":null,"deleted_at":null},{"id":433,"locale":"en","advisory_board_meeting_id":53,"description":null,"deleted_at":null}]},{"id":54,"advisory_board_id":203,"next_meeting":"2022-07-28 00:00:00","created_at":"2024-02-20T09:45:09.000000Z","updated_at":"2024-02-20T09:45:09.000000Z","deleted_at":null,"description":null,"translations":[{"id":434,"locale":"bg","advisory_board_meeting_id":54,"description":null,"deleted_at":null},{"id":435,"locale":"en","advisory_board_meeting_id":54,"description":null,"deleted_at":null}]},{"id":55,"advisory_board_id":203,"next_meeting":"2022-10-04 00:00:00","created_at":"2024-02-20T09:45:40.000000Z","updated_at":"2024-02-20T09:45:40.000000Z","deleted_at":null,"description":null,"translations":[{"id":436,"locale":"bg","advisory_board_meeting_id":55,"description":null,"deleted_at":null},{"id":437,"locale":"en","advisory_board_meeting_id":55,"description":null,"deleted_at":null}]},{"id":56,"advisory_board_id":203,"next_meeting":"2022-12-01 00:00:00","created_at":"2024-02-20T09:46:14.000000Z","updated_at":"2024-02-20T09:46:14.000000Z","deleted_at":null,"description":null,"translations":[{"id":438,"locale":"bg","advisory_board_meeting_id":56,"description":null,"deleted_at":null},{"id":439,"locale":"en","advisory_board_meeting_id":56,"description":null,"deleted_at":null}]},{"id":57,"advisory_board_id":203,"next_meeting":"2022-12-23 00:00:00","created_at":"2024-02-20T09:46:47.000000Z","updated_at":"2024-02-20T09:46:47.000000Z","deleted_at":null,"description":null,"translations":[{"id":440,"locale":"bg","advisory_board_meeting_id":57,"description":null,"deleted_at":null},{"id":441,"locale":"en","advisory_board_meeting_id":57,"description":null,"deleted_at":null}]},{"id":58,"advisory_board_id":203,"next_meeting":"2023-01-04 00:00:00","created_at":"2024-02-20T09:47:47.000000Z","updated_at":"2024-02-20T09:47:47.000000Z","deleted_at":null,"description":null,"translations":[{"id":442,"locale":"bg","advisory_board_meeting_id":58,"description":null,"deleted_at":null},{"id":443,"locale":"en","advisory_board_meeting_id":58,"description":null,"deleted_at":null}]},{"id":59,"advisory_board_id":203,"next_meeting":"2023-01-11 00:00:00","created_at":"2024-02-20T09:48:21.000000Z","updated_at":"2024-02-20T09:48:21.000000Z","deleted_at":null,"description":null,"translations":[{"id":444,"locale":"bg","advisory_board_meeting_id":59,"description":null,"de</t>
   </si>
   <si>
     <t>Съвет за икономически анализи</t>
   </si>
   <si>
     <t>Междусекторни политики</t>
   </si>
   <si>
     <t>Съвет за координация и сътрудничество</t>
   </si>
   <si>
     <t>[{"id":83,"advisory_board_id":2121,"next_meeting":"2024-10-22 00:00:00","created_at":"2024-10-09T12:52:38.000000Z","updated_at":"2024-10-09T12:52:38.000000Z","deleted_at":null,"description":"\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435","translations":[{"id":492,"locale":"bg","advisory_board_meeting_id":83,"description":"\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435","deleted_at":null},{"id":493,"locale":"en","advisory_board_meeting_id":83,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":84,"advisory_board_id":2121,"next_meeting":"2024-10-11 00:00:00","created_at":"2024-10-10T08:15:48.000000Z","updated_at":"2024-10-10T08:15:48.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u041a\u0421 - \u0438\u0437\u0432\u044a\u043d\u0440\u0435\u0434\u043d\u043e&amp;nbsp;&lt;\/p&gt;","translations":[{"id":494,"locale":"bg","advisory_board_meeting_id":84,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u041a\u0421 - \u0438\u0437\u0432\u044a\u043d\u0440\u0435\u0434\u043d\u043e&amp;nbsp;&lt;\/p&gt;","deleted_at":null},{"id":495,"locale":"en","advisory_board_meeting_id":84,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u041a\u0421 - \u0438\u0437\u0432\u044a\u043d\u0440\u0435\u0434\u043d\u043e&amp;nbsp;&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":85,"advisory_board_id":2121,"next_meeting":"2024-12-11 00:00:00","created_at":"2024-10-10T08:17:15.000000Z","updated_at":"2024-10-10T08:17:15.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0433\u043e\u0434\u0438\u0448\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430&lt;\/p&gt;","translations":[{"id":496,"locale":"bg","advisory_board_meeting_id":85,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0433\u043e\u0434\u0438\u0448\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430&lt;\/p&gt;","deleted_at":null},{"id":497,"locale":"en","advisory_board_meeting_id":85,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0433\u043e\u0434\u0438\u0448\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":86,"advisory_board_id":2121,"next_meeting":"2024-06-18 00:00:00","created_at":"2024-10-10T08:17:55.000000Z","updated_at":"2024-10-10T08:17:55.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u044e\u043d\u0438&lt;\/p&gt;","translations":[{"id":498,"locale":"bg","advisory_board_meeting_id":86,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u044e\u043d\u0438&lt;\/p&gt;","deleted_at":null},{"id":499,"locale":"en","advisory_board_meeting_id":86,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u044e\u043d\u0438&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":87,"advisory_board_id":2121,"next_meeting":"2023-03-20 00:00:00","created_at":"2024-10-10T08:19:32.000000Z","updated_at":"2024-10-10T08:19:32.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","translations":[{"id":500,"locale":"bg","advisory_board_meeting_id":87,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","deleted_at":null},{"id":501,"locale":"en","advisory_board_meeting_id":87,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":88,"advisory_board_id":2121,"next_meeting":"2022-01-19 00:00:00","created_at":"2024-10-10T08:20:35.000000Z","updated_at":"2024-10-10T08:20:35.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","translations":[{"id":502,"locale":"bg","advisory_board_meeting_id":88,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","deleted_at":null},{"id":503,"locale":"en","advisory_board_meeting_id":88,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":89,"advisory_board_id":2121,"next_meeting":"2024-11-06 00:00:00","created_at":"2024-11-05T09:17:55.000000Z","updated_at":"2024-11-05T09:17:55.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0422\u0435\u0441\u0442&lt;\/p&gt;","translations":[{"id":504,"locale":"bg","advisory_board_meeting_id":89,"description":"&lt;p&gt;\u0422\u0435\u0441\u0442&lt;\/p&gt;","deleted_at":null},{"id":505,"locale":"en","advisory_board_meeting_id":89,"description":"&lt;p&gt;Test&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Съвет за координация на участието в Глобалната инициатива "Партньорство за открито управление"</t>
   </si>
   <si>
     <t>[{"id":68,"advisory_board_id":2109,"next_meeting":"2023-12-19 00:00:00","created_at":"2024-03-12T09:12:11.000000Z","updated_at":"2024-03-12T09:12:11.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u044f&lt;\/p&gt;","translations":[{"id":462,"locale":"bg","advisory_board_meeting_id":68,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u044f&lt;\/p&gt;","deleted_at":null},{"id":463,"locale":"en","advisory_board_meeting_id":68,"description":"&lt;p&gt;Meeting of the Council of Coordination&lt;\/p&gt;","deleted_at":null}]},{"id":107,"advisory_board_id":2109,"next_meeting":"2024-11-22 00:00:00","created_at":"2025-10-30T12:25:15.000000Z","updated_at":"2025-10-30T12:25:15.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041f\u0440\u043e\u0442\u043e\u043a\u043e\u043b \u043e\u0442 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435, \u043f\u0440\u043e\u0432\u0435\u0434\u0435\u043d\u043e \u043d\u0430 22.11.2024&lt;\/p&gt;","translations":[{"id":538,"locale":"bg","advisory_board_meeting_id":107,"description":"&lt;p&gt;\u041f\u0440\u043e\u0442\u043e\u043a\u043e\u043b \u043e\u0442 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435, \u043f\u0440\u043e\u0432\u0435\u0434\u0435\u043d\u043e \u043d\u0430 22.11.2024&lt;\/p&gt;","deleted_at":null},{"id":539,"locale":"en","advisory_board_meeting_id":107,"description":"&lt;p&gt;\"Minutes of the meeting held on November 22, 2024&lt;\/p&gt;","deleted_at":null}]},{"id":116,"advisory_board_id":2109,"next_meeting":"2022-12-15 00:00:00","created_at":"2025-11-17T13:27:38.000000Z","updated_at":"2025-11-17T13:27:38.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435&amp;nbsp;&lt;\/p&gt;","translations":[{"id":556,"locale":"bg","advisory_board_meeting_id":116,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435&amp;nbsp;&lt;\/p&gt;","deleted_at":null},{"id":557,"locale":"en","advisory_board_meeting_id":116,"description":"&lt;p&gt;Meeting&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
+    <t>Съвет за криминологични изследвания</t>
+  </si>
+  <si>
+    <t>[{"id":154,"advisory_board_id":2133,"next_meeting":"2023-02-24 00:00:00","created_at":"2026-01-14T16:56:49.000000Z","updated_at":"2026-01-14T16:56:49.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 3, 24 \u0444\u0435\u0432\u0440\u0443\u0430\u0440\u0438 2023 \u0433.&lt;\/p&gt;","translations":[{"id":632,"locale":"bg","advisory_board_meeting_id":154,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 3, 24 \u0444\u0435\u0432\u0440\u0443\u0430\u0440\u0438 2023 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":633,"locale":"en","advisory_board_meeting_id":154,"description":"&lt;p&gt;Meeting \u2116 3, 24 February 2023&lt;\/p&gt;","deleted_at":null}]},{"id":153,"advisory_board_id":2133,"next_meeting":"2023-01-09 00:00:00","created_at":"2026-01-14T16:44:38.000000Z","updated_at":"2026-01-14T16:57:20.000000Z","deleted_at":null,"description":"&lt;p&gt;&amp;nbsp;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 2, 9 \u044f\u043d\u0443\u0430\u0440\u0438 2023 \u0433.&lt;\/p&gt;","translations":[{"id":630,"locale":"bg","advisory_board_meeting_id":153,"description":"&lt;p&gt;&amp;nbsp;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 2, 9 \u044f\u043d\u0443\u0430\u0440\u0438 2023 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":631,"locale":"en","advisory_board_meeting_id":153,"description":"&lt;p&gt;Meeting \u21161, 9 January 2023&lt;\/p&gt;","deleted_at":null}]},{"id":144,"advisory_board_id":2133,"next_meeting":"2022-11-28 00:00:00","created_at":"2025-12-12T15:40:36.000000Z","updated_at":"2026-01-14T16:58:16.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 1, 22 \u043d\u043e\u0435\u043c\u0432\u0440\u0438 2022 \u0433.&lt;\/p&gt;","translations":[{"id":612,"locale":"bg","advisory_board_meeting_id":144,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 1, 22 \u043d\u043e\u0435\u043c\u0432\u0440\u0438 2022 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":613,"locale":"en","advisory_board_meeting_id":144,"description":"&lt;p&gt;Meeting \u21161, 22 November 2022&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
     <t>Съвет за кръгова икономика</t>
   </si>
   <si>
     <t>Съвет за прилагане на Националния координационен механизъм за върховенство на правото</t>
   </si>
   <si>
     <t>[{"id":132,"advisory_board_id":2141,"next_meeting":"2022-09-19 00:00:00","created_at":"2025-12-02T08:34:41.000000Z","updated_at":"2025-12-02T10:21:33.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":588,"locale":"bg","advisory_board_meeting_id":132,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":589,"locale":"en","advisory_board_meeting_id":132,"description":"&lt;p&gt;Session of the Council for the Implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":134,"advisory_board_id":2141,"next_meeting":"2022-12-05 00:00:00","created_at":"2025-12-03T08:25:03.000000Z","updated_at":"2025-12-03T08:25:03.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":592,"locale":"bg","advisory_board_meeting_id":134,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":593,"locale":"en","advisory_board_meeting_id":134,"description":"&lt;p&gt;Session of the Council for the Implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":135,"advisory_board_id":2141,"next_meeting":"2023-06-26 00:00:00","created_at":"2025-12-03T09:16:39.000000Z","updated_at":"2025-12-03T09:16:39.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":594,"locale":"bg","advisory_board_meeting_id":135,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":595,"locale":"en","advisory_board_meeting_id":135,"description":"&lt;p&gt;Session of the Council for the Implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":142,"advisory_board_id":2141,"next_meeting":"2023-09-18 00:00:00","created_at":"2025-12-12T10:00:14.000000Z","updated_at":"2025-12-12T10:00:14.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":608,"locale":"bg","advisory_board_meeting_id":142,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":609,"locale":"en","advisory_board_meeting_id":142,"description":"&lt;p&gt;Session of the Council for the implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":143,"advisory_board_id":2141,"next_meeting":"2024-02-19 00:00:00","created_at":"2025-12-12T10:11:52.000000Z","updated_at":"2025-12-12T10:11:52.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":610,"locale":"bg","advisory_board_meeting_id":143,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":611,"locale":"en","advisory_board_meeting_id":143,"description":"&lt;p&gt;Session of the Council for the implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Съвет по европейските въпроси</t>
   </si>
   <si>
-    <t>[{"id":139,"advisory_board_id":33,"next_meeting":"2025-12-08 00:00:00","created_at":"2025-12-05T14:24:06.000000Z","updated_at":"2025-12-05T14:24:06.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":602,"locale":"bg","advisory_board_meeting_id":139,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":603,"locale":"en","advisory_board_meeting_id":139,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":140,"advisory_board_id":33,"next_meeting":"2025-01-13 00:00:00","created_at":"2025-12-05T14:30:11.000000Z","updated_at":"2025-12-05T14:30:11.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":604,"locale":"bg","advisory_board_meeting_id":140,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":605,"locale":"en","advisory_board_meeting_id":140,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":147,"advisory_board_id":33,"next_meeting":"2025-12-15 00:00:00","created_at":"2025-12-22T14:11:26.000000Z","updated_at":"2025-12-22T14:11:26.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":618,"locale":"bg","advisory_board_meeting_id":147,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":619,"locale":"en","advisory_board_meeting_id":147,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":148,"advisory_board_id":33,"next_meeting":"2025-12-01 00:00:00","created_at":"2025-12-22T14:12:03.000000Z","updated_at":"2025-12-22T14:12:03.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":620,"locale":"bg","advisory_board_meeting_id":148,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":621,"locale":"en","advisory_board_meeting_id":148,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]}]</t>
+    <t>[{"id":139,"advisory_board_id":33,"next_meeting":"2025-12-08 00:00:00","created_at":"2025-12-05T14:24:06.000000Z","updated_at":"2025-12-05T14:24:06.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":602,"locale":"bg","advisory_board_meeting_id":139,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":603,"locale":"en","advisory_board_meeting_id":139,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":140,"advisory_board_id":33,"next_meeting":"2025-01-13 00:00:00","created_at":"2025-12-05T14:30:11.000000Z","updated_at":"2025-12-05T14:30:11.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":604,"locale":"bg","advisory_board_meeting_id":140,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":605,"locale":"en","advisory_board_meeting_id":140,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":147,"advisory_board_id":33,"next_meeting":"2025-12-15 00:00:00","created_at":"2025-12-22T14:11:26.000000Z","updated_at":"2025-12-22T14:11:26.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":618,"locale":"bg","advisory_board_meeting_id":147,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":619,"locale":"en","advisory_board_meeting_id":147,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":148,"advisory_board_id":33,"next_meeting":"2025-12-01 00:00:00","created_at":"2025-12-22T14:12:03.000000Z","updated_at":"2025-12-22T14:12:03.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":620,"locale":"bg","advisory_board_meeting_id":148,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":621,"locale":"en","advisory_board_meeting_id":148,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":155,"advisory_board_id":33,"next_meeting":"2026-01-12 00:00:00","created_at":"2026-01-21T09:17:38.000000Z","updated_at":"2026-01-21T09:17:38.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":634,"locale":"bg","advisory_board_meeting_id":155,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":635,"locale":"en","advisory_board_meeting_id":155,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":156,"advisory_board_id":33,"next_meeting":"2026-01-19 00:00:00","created_at":"2026-01-21T09:17:49.000000Z","updated_at":"2026-01-21T09:17:49.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":636,"locale":"bg","advisory_board_meeting_id":156,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":637,"locale":"en","advisory_board_meeting_id":156,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Съвет по цифровото десетилетие</t>
   </si>
   <si>
     <t>Наука и технологии</t>
   </si>
   <si>
     <t>[{"id":114,"advisory_board_id":2132,"next_meeting":"2023-11-23 00:00:00","created_at":"2025-11-10T09:03:11.000000Z","updated_at":"2025-11-10T09:03:11.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u0437\u0430 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u0410\u043d\u0430\u043b\u0438\u0437 \u043d\u0430 \u0441\u044a\u0441\u0442\u043e\u044f\u043d\u0438\u0435\u0442\u043e \u043d\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0430\u0442\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u0432 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0438 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438 \u043f\u0440\u043e\u0433\u043d\u043e\u0437\u043d\u0438 \u0442\u0440\u0430\u0435\u043a\u0442\u043e\u0440\u0438\u0438 \u0437\u0430 \u0440\u0430\u0432\u043d\u0438\u0449\u0435\u0442\u043e \u043d\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0438\u0442\u0435 \u0446\u0435\u043b\u0438 \u043d\u0430 \u0420 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f.&lt;\/p&gt;","translations":[{"id":552,"locale":"bg","advisory_board_meeting_id":114,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u0437\u0430 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u0410\u043d\u0430\u043b\u0438\u0437 \u043d\u0430 \u0441\u044a\u0441\u0442\u043e\u044f\u043d\u0438\u0435\u0442\u043e \u043d\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0430\u0442\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u0432 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0438 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438 \u043f\u0440\u043e\u0433\u043d\u043e\u0437\u043d\u0438 \u0442\u0440\u0430\u0435\u043a\u0442\u043e\u0440\u0438\u0438 \u0437\u0430 \u0440\u0430\u0432\u043d\u0438\u0449\u0435\u0442\u043e \u043d\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0438\u0442\u0435 \u0446\u0435\u043b\u0438 \u043d\u0430 \u0420 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f.&lt;\/p&gt;","deleted_at":null},{"id":553,"locale":"en","advisory_board_meeting_id":114,"description":"&lt;p&gt;Regular meeting to discuss and adopt an Analysis of the state of digital transformation in Bulgaria and discuss and adopt national forecast trajectories for the level of digital goals of the Republic of Bulgaria.\r\n&lt;\/p&gt;&lt;p&gt;&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":117,"advisory_board_id":2132,"next_meeting":"2024-03-05 00:00:00","created_at":"2025-11-17T13:38:02.000000Z","updated_at":"2025-11-17T13:38:02.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u0437\u0430 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u0410\u043a\u0442\u0443\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u0435\u043d \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u0447\u0435\u0441\u043a\u0438 \u0434\u043e\u043a\u0443\u043c\u0435\u043d\u0442 \"\u0426\u0438\u0444\u0440\u043e\u0432\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0437\u0430 \u043f\u0435\u0440\u0438\u043e\u0434\u0430 2024 - 2030 \u0433.\" \u0438 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u044a\u0442\u043d\u0430 \u043a\u0430\u0440\u0442\u0430 \u0437\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0434\u043e 2030 \u0433.&lt;\/p&gt;","translations":[{"id":558,"locale":"bg","advisory_board_meeting_id":117,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u0437\u0430 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u0410\u043a\u0442\u0443\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u0435\u043d \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u0447\u0435\u0441\u043a\u0438 \u0434\u043e\u043a\u0443\u043c\u0435\u043d\u0442 \"\u0426\u0438\u0444\u0440\u043e\u0432\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0437\u0430 \u043f\u0435\u0440\u0438\u043e\u0434\u0430 2024 - 2030 \u0433.\" \u0438 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u044a\u0442\u043d\u0430 \u043a\u0430\u0440\u0442\u0430 \u0437\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0434\u043e 2030 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":559,"locale":"en","advisory_board_meeting_id":117,"description":"&lt;p&gt;Regular meeting to discuss and adopt the Updated National Strategic Document \"Digital Transformation of Bulgaria for the period 2024 - 2030\" and the National Roadmap for Digital Transformation of Bulgaria until 2030.\r\n&lt;\/p&gt;&lt;p&gt;&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Консултативен съвет към Агенция по вписванията</t>
   </si>
   <si>
     <t>Бизнес среда</t>
   </si>
   <si>
     <t>Друг централен орган</t>
   </si>
   <si>
     <t>Неактивен</t>
   </si>
   <si>
     <t>Консултативен съвет към Националната агенция за приходите</t>
   </si>
@@ -237,53 +249,50 @@
     <t>[{"id":401,"advisory_board_id":301,"next_meeting":"2009-12-05 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":7,"locale":"bg","advisory_board_meeting_id":401,"description":"","deleted_at":null},{"id":8,"locale":"en","advisory_board_meeting_id":401,"description":"","deleted_at":null}]},{"id":402,"advisory_board_id":301,"next_meeting":"2009-12-02 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":9,"locale":"bg","advisory_board_meeting_id":402,"description":"","deleted_at":null},{"id":10,"locale":"en","advisory_board_meeting_id":402,"description":"","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Консултативен съвет по пенсионна реформа</t>
   </si>
   <si>
     <t>Координационен съвет за изпълнение и мониторинг на Националния план за изпълнение на Европейската гаранция за младежта 2014-2020 г.</t>
   </si>
   <si>
     <t>Младежка политика</t>
   </si>
   <si>
     <t>Междуведомствен консултативен съвет по устойчиво развитие</t>
   </si>
   <si>
     <t>Национален консултативен съвет за редки болести</t>
   </si>
   <si>
     <t>Здравеопазване</t>
   </si>
   <si>
     <t>Национален съвет за ограничаване на остеопорозата</t>
   </si>
   <si>
     <t>Национален съвет по данъчна политика</t>
-  </si>
-[...1 lines deleted...]
-    <t>Финанси и данъчна политика</t>
   </si>
   <si>
     <t>Национален съвет по иновации</t>
   </si>
   <si>
     <t>Национален съвет по нематериално културно наследство</t>
   </si>
   <si>
     <t>Култура</t>
   </si>
   <si>
     <t>Национален съвет по психично здраве</t>
   </si>
   <si>
     <t>Национален съвет по трудова миграция</t>
   </si>
   <si>
     <t>[{"id":411,"advisory_board_id":53,"next_meeting":"2008-09-19 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":27,"locale":"bg","advisory_board_meeting_id":411,"description":"","deleted_at":null},{"id":28,"locale":"en","advisory_board_meeting_id":411,"description":"","deleted_at":null}]},{"id":412,"advisory_board_id":53,"next_meeting":"2009-01-09 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":29,"locale":"bg","advisory_board_meeting_id":412,"description":"","deleted_at":null},{"id":30,"locale":"en","advisory_board_meeting_id":412,"description":"","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Национален управляващ съвет за ограничаване и премахване на детския труд</t>
   </si>
   <si>
     <t>Съвет за икономически растеж</t>
   </si>
@@ -653,62 +662,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2002/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/31/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/12/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1503/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/201/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1603/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/203/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2112/view" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2121/view" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2109/view" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2116/view" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2141/view" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/33/view" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2132/view" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/412/view" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/415/view" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/411/view" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/601/view" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/302/view" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/902/view" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/410/view" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/403/view" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/301/view" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/406/view" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/901/view" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/41/view" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/405/view" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/57/view" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/44/view" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/48/view" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/416/view" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/409/view" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/53/view" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/56/view" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/24/view" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/40/view" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2111/view" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/29/view" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/32/view" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/46/view" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/413/view" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2002/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1601/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/31/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/12/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1503/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/201/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1603/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/203/view" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2112/view" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2121/view" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2109/view" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2133/view" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2116/view" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2141/view" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/33/view" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2132/view" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/412/view" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/415/view" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/411/view" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/601/view" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/302/view" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/902/view" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/410/view" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/403/view" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/301/view" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/406/view" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/901/view" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/41/view" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/405/view" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/57/view" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/44/view" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/48/view" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/416/view" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/409/view" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/53/view" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/56/view" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/24/view" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/40/view" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2111/view" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/29/view" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/32/view" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/46/view" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/413/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I44"/>
+  <dimension ref="A1:I46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A44" sqref="A44"/>
+      <selection activeCell="A46" sqref="A46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="38656.703" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
@@ -759,1206 +768,1263 @@
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3" t="s">
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>24</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F5" t="s">
         <v>25</v>
       </c>
-      <c r="C5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="G6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H6" t="s">
         <v>16</v>
       </c>
       <c r="I6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H7" t="s">
         <v>16</v>
       </c>
       <c r="I7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H8" t="s">
         <v>16</v>
       </c>
       <c r="I8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
+      </c>
+      <c r="G9">
+        <v>4</v>
       </c>
       <c r="H9" t="s">
         <v>16</v>
       </c>
       <c r="I9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
-      <c r="G10">
-[...1 lines deleted...]
-      </c>
       <c r="H10" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="I10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>14</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H11" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="I11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>14</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H12" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="I12" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B13" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>14</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="G13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H13" t="s">
         <v>39</v>
       </c>
       <c r="I13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>14</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
+      <c r="G14">
+        <v>4</v>
+      </c>
       <c r="H14" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="I14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B15" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C15" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>25</v>
+      </c>
+      <c r="G15">
+        <v>4</v>
       </c>
       <c r="H15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I15" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B16" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="I16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B17" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>46</v>
-      </c>
-[...13 lines deleted...]
-        <v>47</v>
       </c>
       <c r="I17" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>48</v>
       </c>
-      <c r="B18" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I18" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>15</v>
       </c>
-      <c r="G19">
-[...1 lines deleted...]
-      </c>
       <c r="H19" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="I19" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B20" t="s">
+        <v>53</v>
+      </c>
+      <c r="C20" t="s">
         <v>54</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>15</v>
       </c>
+      <c r="G20">
+        <v>6</v>
+      </c>
       <c r="H20" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I20" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B21" t="s">
         <v>57</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
+      <c r="G21">
+        <v>0</v>
+      </c>
       <c r="H21" t="s">
         <v>16</v>
       </c>
       <c r="I21" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B22" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>15</v>
       </c>
-      <c r="G22">
-[...1 lines deleted...]
-      </c>
       <c r="H22" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="I22" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B23" t="s">
         <v>59</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>16</v>
       </c>
       <c r="I23" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>15</v>
       </c>
+      <c r="G24">
+        <v>6</v>
+      </c>
       <c r="H24" t="s">
         <v>16</v>
       </c>
       <c r="I24" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>16</v>
       </c>
       <c r="I25" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B26" t="s">
         <v>65</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="I26" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B27" t="s">
         <v>67</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>16</v>
       </c>
       <c r="I27" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B28" t="s">
         <v>69</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="I28" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B29" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>16</v>
       </c>
       <c r="I29" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B30" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>16</v>
       </c>
       <c r="I30" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B31" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
         <v>16</v>
       </c>
       <c r="I31" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C32" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>16</v>
       </c>
       <c r="I32" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B33" t="s">
         <v>76</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>15</v>
       </c>
-      <c r="G33">
-[...1 lines deleted...]
-      </c>
       <c r="H33" t="s">
         <v>16</v>
       </c>
       <c r="I33" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B34" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="C34" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>16</v>
       </c>
       <c r="I34" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B35" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
+      <c r="G35">
+        <v>4</v>
+      </c>
       <c r="H35" t="s">
         <v>16</v>
       </c>
       <c r="I35" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B36" t="s">
-        <v>19</v>
+        <v>81</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="I36" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B37" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>16</v>
       </c>
       <c r="I37" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B38" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F38" t="s">
         <v>15</v>
       </c>
-      <c r="G38">
-[...1 lines deleted...]
-      </c>
       <c r="H38" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="I38" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B39" t="s">
-        <v>85</v>
+        <v>22</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>16</v>
       </c>
       <c r="I39" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B40" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>15</v>
       </c>
       <c r="G40">
         <v>12</v>
       </c>
       <c r="H40" t="s">
         <v>16</v>
       </c>
       <c r="I40" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B41" t="s">
         <v>88</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="F41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>16</v>
       </c>
       <c r="I41" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B42" t="s">
+        <v>37</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
         <v>89</v>
       </c>
-      <c r="B42" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F42" t="s">
         <v>15</v>
       </c>
       <c r="G42">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="H42" t="s">
         <v>16</v>
       </c>
       <c r="I42" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B43" t="s">
         <v>19</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>15</v>
       </c>
-      <c r="G43">
-[...1 lines deleted...]
-      </c>
       <c r="H43" t="s">
         <v>16</v>
       </c>
       <c r="I43" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>15</v>
       </c>
+      <c r="G44">
+        <v>2</v>
+      </c>
       <c r="H44" t="s">
         <v>16</v>
       </c>
       <c r="I44" t="s">
-        <v>51</v>
+        <v>55</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
+        <v>22</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45">
+        <v>12</v>
+      </c>
+      <c r="H45" t="s">
+        <v>16</v>
+      </c>
+      <c r="I45" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
+        <v>76</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>24</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
+        <v>16</v>
+      </c>
+      <c r="I46" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="A21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="A22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="A23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="A24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="A25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="A26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="A27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="A28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="A29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="A30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="A31" r:id="rId_hyperlink_29"/>
     <hyperlink ref="A32" r:id="rId_hyperlink_30"/>
     <hyperlink ref="A33" r:id="rId_hyperlink_31"/>
     <hyperlink ref="A34" r:id="rId_hyperlink_32"/>
     <hyperlink ref="A35" r:id="rId_hyperlink_33"/>
     <hyperlink ref="A36" r:id="rId_hyperlink_34"/>
     <hyperlink ref="A37" r:id="rId_hyperlink_35"/>
     <hyperlink ref="A38" r:id="rId_hyperlink_36"/>
     <hyperlink ref="A39" r:id="rId_hyperlink_37"/>
     <hyperlink ref="A40" r:id="rId_hyperlink_38"/>
     <hyperlink ref="A41" r:id="rId_hyperlink_39"/>
     <hyperlink ref="A42" r:id="rId_hyperlink_40"/>
     <hyperlink ref="A43" r:id="rId_hyperlink_41"/>
     <hyperlink ref="A44" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="A45" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="A46" r:id="rId_hyperlink_44"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>