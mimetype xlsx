--- v0 (2026-01-31)
+++ v1 (2026-03-21)
@@ -47,51 +47,51 @@
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
     <t>Бр. заседания в периода</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>Съвет по международно осиновяване</t>
   </si>
   <si>
-    <t>Правосъдие и вътрешни работи</t>
+    <t>16. Правосъдие</t>
   </si>
   <si>
     <t>Министерството на правосъдието</t>
   </si>
   <si>
     <t>Закон</t>
   </si>
   <si>
     <t>Заместник-министър</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>[]</t>
   </si>
   <si>
     <t>Активен</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -448,51 +448,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2134/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>