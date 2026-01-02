--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>СПРАВКА "КОНСУЛТАТИВНИ СЪВЕТИ"</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
@@ -66,74 +66,50 @@
     <t>Статус</t>
   </si>
   <si>
     <t>Национален архивен съвет</t>
   </si>
   <si>
     <t>Държавна администрация</t>
   </si>
   <si>
     <t>Министър-председател</t>
   </si>
   <si>
     <t>Закон</t>
   </si>
   <si>
     <t>Председател на държавна агенция</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>[]</t>
   </si>
   <si>
     <t>Активен</t>
-  </si>
-[...22 lines deleted...]
-    <t>[{"id":83,"advisory_board_id":2121,"next_meeting":"2024-10-22 00:00:00","created_at":"2024-10-09T12:52:38.000000Z","updated_at":"2024-10-09T12:52:38.000000Z","deleted_at":null,"description":"\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435","translations":[{"id":492,"locale":"bg","advisory_board_meeting_id":83,"description":"\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435","deleted_at":null},{"id":493,"locale":"en","advisory_board_meeting_id":83,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":84,"advisory_board_id":2121,"next_meeting":"2024-10-11 00:00:00","created_at":"2024-10-10T08:15:48.000000Z","updated_at":"2024-10-10T08:15:48.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u041a\u0421 - \u0438\u0437\u0432\u044a\u043d\u0440\u0435\u0434\u043d\u043e&amp;nbsp;&lt;\/p&gt;","translations":[{"id":494,"locale":"bg","advisory_board_meeting_id":84,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u041a\u0421 - \u0438\u0437\u0432\u044a\u043d\u0440\u0435\u0434\u043d\u043e&amp;nbsp;&lt;\/p&gt;","deleted_at":null},{"id":495,"locale":"en","advisory_board_meeting_id":84,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u041a\u0421 - \u0438\u0437\u0432\u044a\u043d\u0440\u0435\u0434\u043d\u043e&amp;nbsp;&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":85,"advisory_board_id":2121,"next_meeting":"2024-12-11 00:00:00","created_at":"2024-10-10T08:17:15.000000Z","updated_at":"2024-10-10T08:17:15.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0433\u043e\u0434\u0438\u0448\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430&lt;\/p&gt;","translations":[{"id":496,"locale":"bg","advisory_board_meeting_id":85,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0433\u043e\u0434\u0438\u0448\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430&lt;\/p&gt;","deleted_at":null},{"id":497,"locale":"en","advisory_board_meeting_id":85,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0433\u043e\u0434\u0438\u0448\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":86,"advisory_board_id":2121,"next_meeting":"2024-06-18 00:00:00","created_at":"2024-10-10T08:17:55.000000Z","updated_at":"2024-10-10T08:17:55.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u044e\u043d\u0438&lt;\/p&gt;","translations":[{"id":498,"locale":"bg","advisory_board_meeting_id":86,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u044e\u043d\u0438&lt;\/p&gt;","deleted_at":null},{"id":499,"locale":"en","advisory_board_meeting_id":86,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u044e\u043d\u0438&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":87,"advisory_board_id":2121,"next_meeting":"2023-03-20 00:00:00","created_at":"2024-10-10T08:19:32.000000Z","updated_at":"2024-10-10T08:19:32.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","translations":[{"id":500,"locale":"bg","advisory_board_meeting_id":87,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","deleted_at":null},{"id":501,"locale":"en","advisory_board_meeting_id":87,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":88,"advisory_board_id":2121,"next_meeting":"2022-01-19 00:00:00","created_at":"2024-10-10T08:20:35.000000Z","updated_at":"2024-10-10T08:20:35.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","translations":[{"id":502,"locale":"bg","advisory_board_meeting_id":88,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","deleted_at":null},{"id":503,"locale":"en","advisory_board_meeting_id":88,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":89,"advisory_board_id":2121,"next_meeting":"2024-11-06 00:00:00","created_at":"2024-11-05T09:17:55.000000Z","updated_at":"2024-11-05T09:17:55.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0422\u0435\u0441\u0442&lt;\/p&gt;","translations":[{"id":504,"locale":"bg","advisory_board_meeting_id":89,"description":"&lt;p&gt;\u0422\u0435\u0441\u0442&lt;\/p&gt;","deleted_at":null},{"id":505,"locale":"en","advisory_board_meeting_id":89,"description":"&lt;p&gt;Test&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Съвет за електронно управление</t>
   </si>
   <si>
     <t>Междусекторни политики</t>
   </si>
   <si>
     <t>[{"id":2105,"advisory_board_id":701,"next_meeting":"2014-10-17 00:00:00","created_at":"2023-12-19T07:41:27.000000Z","updated_at":"2023-12-19T07:41:27.000000Z","deleted_at":null,"description":"","translations":[{"id":149,"locale":"bg","advisory_board_meeting_id":2105,"description":"","deleted_at":null},{"id":150,"locale":"en","advisory_board_meeting_id":2105,"description":"","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Неактивен</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -467,74 +443,74 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/23/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/47/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2121/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/701/view" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/23/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/701/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I6"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A6" sqref="A6"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="5957.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="470.599" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
@@ -585,126 +561,66 @@
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I4" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      <c r="B5" t="s">
         <v>21</v>
-      </c>
-[...48 lines deleted...]
-        <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
-    <hyperlink ref="A5" r:id="rId_hyperlink_3"/>
-    <hyperlink ref="A6" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>