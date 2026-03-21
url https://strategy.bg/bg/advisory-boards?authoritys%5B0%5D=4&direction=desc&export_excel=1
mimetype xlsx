--- v0 (2025-12-17)
+++ v1 (2026-03-21)
@@ -47,51 +47,51 @@
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
     <t>Бр. заседания в периода</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>Национален съвет за закрила на детето</t>
   </si>
   <si>
-    <t>Социална политика и заетост</t>
+    <t>15. Пазар на труда и социална политика</t>
   </si>
   <si>
     <t>Държавна агенция</t>
   </si>
   <si>
     <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>Председател на държавна агенция</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>[{"id":137,"advisory_board_id":31,"next_meeting":"2025-03-28 00:00:00","created_at":"2025-12-05T13:21:37.000000Z","updated_at":"2025-12-05T13:21:37.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 28 \u043c\u0430\u0440\u0442 2025 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 52-\u0440\u043e\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","translations":[{"id":598,"locale":"bg","advisory_board_meeting_id":137,"description":"&lt;p&gt;\u041d\u0430 28 \u043c\u0430\u0440\u0442 2025 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 52-\u0440\u043e\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","deleted_at":null},{"id":599,"locale":"en","advisory_board_meeting_id":137,"description":"&lt;p&gt;On March 28, 2025, the 52nd regular meeting of the National Council for Child Protection was held in Hall 5 of the Ministry of Labor and Social Policy.&lt;\/p&gt;","deleted_at":null}]},{"id":145,"advisory_board_id":31,"next_meeting":"2024-12-10 00:00:00","created_at":"2025-12-15T14:40:39.000000Z","updated_at":"2025-12-15T15:00:56.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 10 \u0434\u0435\u043a\u0435\u043c\u0432\u0440\u0438 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 51-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","translations":[{"id":614,"locale":"bg","advisory_board_meeting_id":145,"description":"&lt;p&gt;\u041d\u0430 10 \u0434\u0435\u043a\u0435\u043c\u0432\u0440\u0438 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 51-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","deleted_at":null},{"id":615,"locale":"en","advisory_board_meeting_id":145,"description":"&lt;p&gt;On December 10, 2024, the 51st regular meeting of the National Council for Child Protection was held in Hall 5 of the Ministry of Labor and Social Policy.&lt;\/p&gt;","deleted_at":null}]},{"id":146,"advisory_board_id":31,"next_meeting":"2024-03-01 00:00:00","created_at":"2025-12-15T14:50:12.000000Z","updated_at":"2025-12-15T15:01:09.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 1 \u043c\u0430\u0440\u0442 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 \u044e\u0431\u0438\u043b\u0435\u0439\u043d\u043e\u0442\u043e 50-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","translations":[{"id":616,"locale":"bg","advisory_board_meeting_id":146,"description":"&lt;p&gt;\u041d\u0430 1 \u043c\u0430\u0440\u0442 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 \u044e\u0431\u0438\u043b\u0435\u0439\u043d\u043e\u0442\u043e 50-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","deleted_at":null},{"id":617,"locale":"en","advisory_board_meeting_id":146,"description":"&lt;p&gt;On March 1, 2024, in Hall 5 of the Ministry of Labor and Social Policy, the anniversary 50th regular meeting of the National Council for Child Protection was held.&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Активен</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -448,51 +448,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/31/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="7452.18" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>