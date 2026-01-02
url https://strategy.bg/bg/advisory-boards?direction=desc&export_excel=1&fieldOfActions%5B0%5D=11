--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>СПРАВКА "КОНСУЛТАТИВНИ СЪВЕТИ"</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
@@ -75,50 +75,53 @@
     <t>Министерски съвет</t>
   </si>
   <si>
     <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>Заместник министър-председател</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>[]</t>
   </si>
   <si>
     <t>Активен</t>
   </si>
   <si>
     <t>Консултативен съвет за сътрудничество между държавните органи и лицата, осъществяващи икономически дейности, свързани с нефт и продукти от нефтен произход</t>
   </si>
   <si>
     <t>Министър</t>
   </si>
   <si>
     <t>Закон</t>
+  </si>
+  <si>
+    <t>Да</t>
   </si>
   <si>
     <t>Съвет по енергийна сигурност</t>
   </si>
   <si>
     <t>Енергиен борд</t>
   </si>
   <si>
     <t>Неактивен</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -564,115 +567,118 @@
       </c>
       <c r="H3" t="s">
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>21</v>
+      </c>
+      <c r="G4">
+        <v>2</v>
       </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5">
         <v>12</v>
       </c>
       <c r="H5" t="s">
         <v>16</v>
       </c>
       <c r="I5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>14</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6">
         <v>12</v>
       </c>
       <c r="H6" t="s">
         <v>16</v>
       </c>
       <c r="I6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>