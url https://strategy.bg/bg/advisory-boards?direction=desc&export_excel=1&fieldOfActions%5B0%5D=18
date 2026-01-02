--- v0 (2025-11-05)
+++ v1 (2026-01-02)
@@ -12,110 +12,113 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>СПРАВКА "КОНСУЛТАТИВНИ СЪВЕТИ"</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
     <t>Бр. заседания в периода</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>Национален консултативен съвет за младежта</t>
   </si>
   <si>
     <t>Младежка политика</t>
   </si>
   <si>
     <t>Министерски съвет</t>
   </si>
   <si>
     <t>Закон</t>
   </si>
   <si>
     <t>Министър</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
+    <t>[{"id":122,"advisory_board_id":2001,"next_meeting":"2024-10-17 00:00:00","created_at":"2025-11-20T13:32:15.000000Z","updated_at":"2025-11-20T13:32:15.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041f\u0440\u043e\u0442\u043e\u043a\u043e\u043b\r\n&lt;\/p&gt;&lt;p&gt;\u043e\u0442 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043d\u0441\u0443\u043b\u0442\u0430\u0442\u0438\u0432\u0435\u043d \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u043c\u043b\u0430\u0434\u0435\u0436\u0442\u0430\r\n&lt;\/p&gt;&lt;p&gt;17.10.2024 \u0433. \u043e\u0442 14:00 \u0447.&lt;\/p&gt;","translations":[{"id":568,"locale":"bg","advisory_board_meeting_id":122,"description":"&lt;p&gt;\u041f\u0440\u043e\u0442\u043e\u043a\u043e\u043b\r\n&lt;\/p&gt;&lt;p&gt;\u043e\u0442 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043d\u0441\u0443\u043b\u0442\u0430\u0442\u0438\u0432\u0435\u043d \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u043c\u043b\u0430\u0434\u0435\u0436\u0442\u0430\r\n&lt;\/p&gt;&lt;p&gt;17.10.2024 \u0433. \u043e\u0442 14:00 \u0447.&lt;\/p&gt;","deleted_at":null},{"id":569,"locale":"en","advisory_board_meeting_id":122,"description":"&lt;p&gt;\u041f\u0440\u043e\u0442\u043e\u043a\u043e\u043b\r\n&lt;\/p&gt;&lt;p&gt;\u043e\u0442 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043d\u0441\u0443\u043b\u0442\u0430\u0442\u0438\u0432\u0435\u043d \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u043c\u043b\u0430\u0434\u0435\u0436\u0442\u0430\r\n&lt;\/p&gt;&lt;p&gt;17.10.2024 \u0433. \u043e\u0442 14:00 \u0447.&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Активен</t>
+  </si>
+  <si>
+    <t>Координационен съвет за изпълнение и мониторинг на Националния план за изпълнение на Европейската гаранция за младежта 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
+  </si>
+  <si>
     <t>[]</t>
-  </si>
-[...7 lines deleted...]
-    <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>Неактивен</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -463,51 +466,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2001/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/901/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="2039.645" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
@@ -555,54 +558,54 @@
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 