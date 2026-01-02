--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>СПРАВКА "КОНСУЛТАТИВНИ СЪВЕТИ"</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
@@ -77,66 +77,69 @@
   <si>
     <t>Закон</t>
   </si>
   <si>
     <t>Министър</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>[]</t>
   </si>
   <si>
     <t>Активен</t>
   </si>
   <si>
     <t>Национален съвет за наука и иновации</t>
   </si>
   <si>
     <t>Съвет за интелигентен растеж</t>
   </si>
   <si>
     <t>Министър-председател</t>
   </si>
   <si>
+    <t>Съвет по иновации и научни изследвания</t>
+  </si>
+  <si>
     <t>Съвет по националния радиочестотен спектър</t>
   </si>
   <si>
+    <t>Съвет по цифровото десетилетие</t>
+  </si>
+  <si>
+    <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
+  </si>
+  <si>
+    <t>[{"id":114,"advisory_board_id":2132,"next_meeting":"2023-11-23 00:00:00","created_at":"2025-11-10T09:03:11.000000Z","updated_at":"2025-11-10T09:03:11.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u0437\u0430 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u0410\u043d\u0430\u043b\u0438\u0437 \u043d\u0430 \u0441\u044a\u0441\u0442\u043e\u044f\u043d\u0438\u0435\u0442\u043e \u043d\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0430\u0442\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u0432 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0438 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438 \u043f\u0440\u043e\u0433\u043d\u043e\u0437\u043d\u0438 \u0442\u0440\u0430\u0435\u043a\u0442\u043e\u0440\u0438\u0438 \u0437\u0430 \u0440\u0430\u0432\u043d\u0438\u0449\u0435\u0442\u043e \u043d\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0438\u0442\u0435 \u0446\u0435\u043b\u0438 \u043d\u0430 \u0420 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f.&lt;\/p&gt;","translations":[{"id":552,"locale":"bg","advisory_board_meeting_id":114,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u0437\u0430 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u0410\u043d\u0430\u043b\u0438\u0437 \u043d\u0430 \u0441\u044a\u0441\u0442\u043e\u044f\u043d\u0438\u0435\u0442\u043e \u043d\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0430\u0442\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u0432 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0438 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438 \u043f\u0440\u043e\u0433\u043d\u043e\u0437\u043d\u0438 \u0442\u0440\u0430\u0435\u043a\u0442\u043e\u0440\u0438\u0438 \u0437\u0430 \u0440\u0430\u0432\u043d\u0438\u0449\u0435\u0442\u043e \u043d\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0438\u0442\u0435 \u0446\u0435\u043b\u0438 \u043d\u0430 \u0420 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f.&lt;\/p&gt;","deleted_at":null},{"id":553,"locale":"en","advisory_board_meeting_id":114,"description":"&lt;p&gt;Regular meeting to discuss and adopt an Analysis of the state of digital transformation in Bulgaria and discuss and adopt national forecast trajectories for the level of digital goals of the Republic of Bulgaria.\r\n&lt;\/p&gt;&lt;p&gt;&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":117,"advisory_board_id":2132,"next_meeting":"2024-03-05 00:00:00","created_at":"2025-11-17T13:38:02.000000Z","updated_at":"2025-11-17T13:38:02.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u0437\u0430 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u0410\u043a\u0442\u0443\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u0435\u043d \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u0447\u0435\u0441\u043a\u0438 \u0434\u043e\u043a\u0443\u043c\u0435\u043d\u0442 \"\u0426\u0438\u0444\u0440\u043e\u0432\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0437\u0430 \u043f\u0435\u0440\u0438\u043e\u0434\u0430 2024 - 2030 \u0433.\" \u0438 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u044a\u0442\u043d\u0430 \u043a\u0430\u0440\u0442\u0430 \u0437\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0434\u043e 2030 \u0433.&lt;\/p&gt;","translations":[{"id":558,"locale":"bg","advisory_board_meeting_id":117,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u0437\u0430 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u0410\u043a\u0442\u0443\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u0435\u043d \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u0447\u0435\u0441\u043a\u0438 \u0434\u043e\u043a\u0443\u043c\u0435\u043d\u0442 \"\u0426\u0438\u0444\u0440\u043e\u0432\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0437\u0430 \u043f\u0435\u0440\u0438\u043e\u0434\u0430 2024 - 2030 \u0433.\" \u0438 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u044a\u0442\u043d\u0430 \u043a\u0430\u0440\u0442\u0430 \u0437\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0434\u043e 2030 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":559,"locale":"en","advisory_board_meeting_id":117,"description":"&lt;p&gt;Regular meeting to discuss and adopt the Updated National Strategic Document \"Digital Transformation of Bulgaria for the period 2024 - 2030\" and the National Roadmap for Digital Transformation of Bulgaria until 2030.\r\n&lt;\/p&gt;&lt;p&gt;&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Координационен съвет за информационно общество</t>
+  </si>
+  <si>
     <t>Председател на държавна агенция</t>
-  </si>
-[...10 lines deleted...]
-    <t>Координационен съвет за информационно общество</t>
   </si>
   <si>
     <t>Неактивен</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -461,74 +464,74 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1504/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/54/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1501/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/34/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2132/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/4/view" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1504/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/54/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1501/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2140/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/34/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2132/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/4/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I8"/>
+  <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A8" sqref="A8"/>
+      <selection activeCell="A9" sqref="A9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="2651.924" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="6771.489" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
@@ -625,137 +628,164 @@
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5">
         <v>2</v>
       </c>
       <c r="H5" t="s">
         <v>16</v>
       </c>
       <c r="I5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="H6" t="s">
         <v>16</v>
       </c>
       <c r="I6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>14</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
+      <c r="G7">
+        <v>4</v>
+      </c>
       <c r="H7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="I7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
-      <c r="G8">
+      <c r="H8" t="s">
+        <v>25</v>
+      </c>
+      <c r="I8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9">
         <v>4</v>
       </c>
-      <c r="H8" t="s">
+      <c r="H9" t="s">
         <v>16</v>
       </c>
-      <c r="I8" t="s">
-        <v>27</v>
+      <c r="I9" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="A9" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>