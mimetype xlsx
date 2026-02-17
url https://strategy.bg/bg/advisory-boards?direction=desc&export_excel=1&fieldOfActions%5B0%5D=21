--- v0 (2026-01-02)
+++ v1 (2026-02-17)
@@ -584,53 +584,50 @@
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
-      <c r="G4">
-[...1 lines deleted...]
-      </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>