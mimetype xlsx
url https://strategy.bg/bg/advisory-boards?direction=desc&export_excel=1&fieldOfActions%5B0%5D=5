--- v0 (2025-11-04)
+++ v1 (2026-02-17)
@@ -53,81 +53,81 @@
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
     <t>Бр. заседания в периода</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>Координационен съвет за подготовка на Република България за членство в еврозоната</t>
   </si>
   <si>
     <t>Финанси и данъчна политика</t>
   </si>
   <si>
     <t>Министерски съвет</t>
   </si>
   <si>
+    <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
+  </si>
+  <si>
+    <t>Министър</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>[]</t>
+  </si>
+  <si>
+    <t>Активен</t>
+  </si>
+  <si>
+    <t>Консултативен съвет за финансово управление и контрол</t>
+  </si>
+  <si>
     <t>Закон</t>
   </si>
   <si>
-    <t>Министър</t>
-[...13 lines deleted...]
-  <si>
     <t>Председател на държавна агенция</t>
   </si>
   <si>
     <t>[{"id":101,"advisory_board_id":101,"next_meeting":"2009-03-30 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":1,"locale":"bg","advisory_board_meeting_id":101,"description":"","deleted_at":null},{"id":2,"locale":"en","advisory_board_meeting_id":101,"description":"","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Неактивен</t>
   </si>
   <si>
     <t>Национален съвет по данъчна политика</t>
-  </si>
-[...1 lines deleted...]
-    <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>Съвет по държавен вътрешен финансов контрол</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -540,136 +540,133 @@
         <v>8</v>
       </c>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
-      <c r="G3">
-[...1 lines deleted...]
-      </c>
       <c r="H3" t="s">
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>14</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>16</v>
       </c>
       <c r="I5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>14</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>16</v>
       </c>
       <c r="I6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>