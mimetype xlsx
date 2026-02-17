--- v0 (2026-01-02)
+++ v1 (2026-02-17)
@@ -83,63 +83,63 @@
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>[]</t>
   </si>
   <si>
     <t>Активен</t>
   </si>
   <si>
     <t>Междуведомствен съвет за скрининг на преките чуждестранни инвестиции, свързани със сигурността или обществения ред</t>
   </si>
   <si>
     <t>Заместник министър-председател</t>
   </si>
   <si>
     <t>Междуведомствен съвет по отбранителна индустрия и сигурност на доставките към Министерския съвет</t>
   </si>
   <si>
     <t>Министър</t>
   </si>
   <si>
     <t>Междуведомствен съвет по участието на Република България в НАТО и ОПСО на ЕС</t>
   </si>
   <si>
+    <t>Съвета по сигурността</t>
+  </si>
+  <si>
+    <t>Министър-председател</t>
+  </si>
+  <si>
     <t>Съвет за координация на политиките за българите извън Република България</t>
   </si>
   <si>
-    <t>Министър-председател</t>
-[...1 lines deleted...]
-  <si>
     <t>Съвет „Международно сътрудничество за развитие и регионално сътрудничество"</t>
   </si>
   <si>
     <t>Съвет по отбрана</t>
-  </si>
-[...1 lines deleted...]
-    <t>Съвет по сигурността</t>
   </si>
   <si>
     <t>Консултативен съвет по международноправни въпроси</t>
   </si>
   <si>
     <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>Неактивен</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -470,51 +470,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2118/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/7/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/10/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2117/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/55/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/59/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/36/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/410/view" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2118/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/7/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/10/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/36/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2117/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/55/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/59/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/410/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="135.538" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
@@ -668,133 +668,133 @@
         <v>16</v>
       </c>
       <c r="I6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
+      <c r="G7">
+        <v>4</v>
+      </c>
       <c r="H7" t="s">
         <v>16</v>
       </c>
       <c r="I7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="H8" t="s">
         <v>16</v>
       </c>
       <c r="I8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
+      </c>
+      <c r="G9">
+        <v>0</v>
       </c>
       <c r="H9" t="s">
         <v>16</v>
       </c>
       <c r="I9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="H10" t="s">
         <v>16</v>
       </c>
       <c r="I10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>14</v>
       </c>
       <c r="F11" t="s">