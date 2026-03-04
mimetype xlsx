--- v0 (2026-01-08)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>СПРАВКА "КОНСУЛТАТИВНИ СЪВЕТИ"</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
@@ -74,65 +74,74 @@
   <si>
     <t>Министър</t>
   </si>
   <si>
     <t>Закон</t>
   </si>
   <si>
     <t>Заместник министър-председател</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>[]</t>
   </si>
   <si>
     <t>Активен</t>
   </si>
   <si>
     <t>Висш консултативен съвет по водите</t>
   </si>
   <si>
     <t>Министерски съвет</t>
   </si>
   <si>
+    <t>Висш съвет по фармация</t>
+  </si>
+  <si>
+    <t>Здравеопазване</t>
+  </si>
+  <si>
     <t>Консултативен съвет във връзка с Европейската зелена сделка</t>
   </si>
   <si>
     <t>Енергетика</t>
   </si>
   <si>
     <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>Консултативен съвет за насърчаване на малките и средните предприятия</t>
   </si>
   <si>
     <t>Бизнес среда</t>
   </si>
   <si>
+    <t>[{"id":151,"advisory_board_id":50,"next_meeting":"2020-10-15 00:00:00","created_at":"2026-01-14T12:16:08.000000Z","updated_at":"2026-01-14T12:16:08.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041f\u0440\u043e\u0432\u0435\u0434\u0435\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041a\u043e\u043d\u0441\u0443\u043b\u0442\u0430\u0442\u0438\u0432\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u043d\u0430 15 \u043e\u043a\u0442\u043e\u043c\u0432\u0440\u0438 2020 \u0433.&amp;nbsp; \u0441 \u043e\u0441\u043d\u043e\u0432\u043d\u0430 \u0446\u0435\u043b \u0434\u0430 \u0441\u0430 \u043e\u0431\u0441\u044a\u0434\u0438 \u043f\u0440\u043e\u0435\u043a\u0442\u0430 \u043d\u0430 \u201e\u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u044f \u0437\u0430 \u043c\u0430\u043b\u043a\u0438 \u0438 \u0441\u0440\u0435\u0434\u043d\u0438 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u044f\u0442\u0438\u044f (\u041c\u0421\u041f) 2021 \u2013 2027 \u0433.\u201c.&amp;nbsp;&lt;\/p&gt;&lt;p&gt; \u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e \u043f\u0440\u043e\u0442\u0435\u0447\u0435 \u043f\u0440\u0438 \u0441\u043b\u0435\u0434\u043d\u0438\u044f \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434: \r\n&lt;\/p&gt;&lt;p&gt;1.\t\u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043d\u0430 \u0410\u043d\u0430\u043b\u0438\u0437 \u043d\u0430 \u0441\u044a\u0441\u0442\u043e\u044f\u043d\u0438\u0435\u0442\u043e \u043d\u0430 \u043c\u0430\u043b\u043a\u0438\u0442\u0435 \u0438 \u0441\u0440\u0435\u0434\u043d\u0438\u0442\u0435 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u044f\u0442\u0438\u044f\u201c;\r\n&lt;\/p&gt;&lt;p&gt;2.\t\u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u044f \u0437\u0430 \u043c\u0430\u043b\u043a\u0438\u0442\u0435 \u0438 \u0441\u0440\u0435\u0434\u043d\u0438\u0442\u0435 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u044f\u0442\u0438\u044f 2021-2027 \u0433.;\r\n&lt;\/p&gt;&lt;p&gt;3.\t\u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u044f \u0437\u0430 \u043c\u0430\u043b\u043a\u0438\u0442\u0435 \u0438 \u0441\u0440\u0435\u0434\u043d\u0438\u0442\u0435 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u044f\u0442\u0438\u044f 2021-2027 \u0433.;\r\n&lt;\/p&gt;&lt;p&gt;4.\t\u0414\u0440\u0443\u0433\u0438\r\n&lt;\/p&gt;&lt;p&gt;&lt;br&gt;&lt;\/p&gt;","translations":[{"id":626,"locale":"bg","advisory_board_meeting_id":151,"description":"&lt;p&gt;\u041f\u0440\u043e\u0432\u0435\u0434\u0435\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041a\u043e\u043d\u0441\u0443\u043b\u0442\u0430\u0442\u0438\u0432\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u043d\u0430 15 \u043e\u043a\u0442\u043e\u043c\u0432\u0440\u0438 2020 \u0433.&amp;nbsp; \u0441 \u043e\u0441\u043d\u043e\u0432\u043d\u0430 \u0446\u0435\u043b \u0434\u0430 \u0441\u0430 \u043e\u0431\u0441\u044a\u0434\u0438 \u043f\u0440\u043e\u0435\u043a\u0442\u0430 \u043d\u0430 \u201e\u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u044f \u0437\u0430 \u043c\u0430\u043b\u043a\u0438 \u0438 \u0441\u0440\u0435\u0434\u043d\u0438 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u044f\u0442\u0438\u044f (\u041c\u0421\u041f) 2021 \u2013 2027 \u0433.\u201c.&amp;nbsp;&lt;\/p&gt;&lt;p&gt; \u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e \u043f\u0440\u043e\u0442\u0435\u0447\u0435 \u043f\u0440\u0438 \u0441\u043b\u0435\u0434\u043d\u0438\u044f \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434: \r\n&lt;\/p&gt;&lt;p&gt;1.\t\u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043d\u0430 \u0410\u043d\u0430\u043b\u0438\u0437 \u043d\u0430 \u0441\u044a\u0441\u0442\u043e\u044f\u043d\u0438\u0435\u0442\u043e \u043d\u0430 \u043c\u0430\u043b\u043a\u0438\u0442\u0435 \u0438 \u0441\u0440\u0435\u0434\u043d\u0438\u0442\u0435 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u044f\u0442\u0438\u044f\u201c;\r\n&lt;\/p&gt;&lt;p&gt;2.\t\u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u044f \u0437\u0430 \u043c\u0430\u043b\u043a\u0438\u0442\u0435 \u0438 \u0441\u0440\u0435\u0434\u043d\u0438\u0442\u0435 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u044f\u0442\u0438\u044f 2021-2027 \u0433.;\r\n&lt;\/p&gt;&lt;p&gt;3.\t\u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u044f \u0437\u0430 \u043c\u0430\u043b\u043a\u0438\u0442\u0435 \u0438 \u0441\u0440\u0435\u0434\u043d\u0438\u0442\u0435 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u044f\u0442\u0438\u044f 2021-2027 \u0433.;\r\n&lt;\/p&gt;&lt;p&gt;4.\t\u0414\u0440\u0443\u0433\u0438\r\n&lt;\/p&gt;&lt;p&gt;&lt;br&gt;&lt;\/p&gt;","deleted_at":null},{"id":627,"locale":"en","advisory_board_meeting_id":151,"description":"&lt;p&gt;A meeting of the Consultative Council for Small and Medium sized enterprises&amp;nbsp; was held on October 15, 2020.&lt;\/p&gt;&lt;p&gt;The main purpose of discussing was the draft of the \"National Strategy for Small and Medium-sized Enterprises (SMEs) 2021 - 2027\".&lt;\/p&gt;&lt;p&gt;&lt;span style=\"font-size: 1rem;\"&gt;The meeting took place under the following agenda:&lt;\/span&gt;&lt;\/p&gt;&lt;p&gt;&lt;span style=\"font-size: 1rem;\"&gt;1. Presentation of the Analysis of the Status of Small and Medium-sized Enterprises\";&lt;\/span&gt;&lt;\/p&gt;&lt;p&gt;&lt;span style=\"font-size: 1rem;\"&gt;2. Presentation of the draft of the National Strategy for Small and Medium-sized Enterprises 2021-2027;&lt;\/span&gt;&lt;\/p&gt;&lt;p&gt;&lt;span style=\"font-size: 1rem;\"&gt;3. Discussion of the draft of the National Strategy for Small and Medium-sized Enterprises 2021-2027;&lt;\/span&gt;&lt;\/p&gt;&lt;p&gt;&lt;span style=\"font-size: 1rem;\"&gt;4. Other&lt;\/span&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":152,"advisory_board_id":50,"next_meeting":"2023-11-07 00:00:00","created_at":"2026-01-14T12:24:41.000000Z","updated_at":"2026-01-14T12:24:41.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 7-\u043c\u0438 \u043d\u043e\u0435\u043c\u0432\u0440\u0438 2023 \u0433. \u0432 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e \u043d\u0430 \u0438\u043a\u043e\u043d\u043e\u043c\u0438\u043a\u0430\u0442\u0430 \u0438 \u0438\u043d\u0434\u0443\u0441\u0442\u0440\u0438\u044f\u0442\u0430, \u0443\u043b. \u201e\u0421\u043b\u0430\u0432\u044f\u043d\u0441\u043a\u0430\u201d \u2116 8, \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041a\u043e\u043d\u0441\u0443\u043b\u0442\u0430\u0442\u0438\u0432\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u043d\u0430\u0441\u044a\u0440\u0447\u0430\u0432\u0430\u043d\u0435 \u043d\u0430 \u043c\u0430\u043b\u043a\u0438\u0442\u0435 \u0438 \u0441\u0440\u0435\u0434\u043d\u0438\u0442\u0435 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u044f\u0442\u0438\u044f. \u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e \u0431\u0435 \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b\u0441\u0442\u0432\u0430\u043d\u043e \u043e\u0442 \u0433-\u0436\u0430 \u0418\u0440\u0438\u043d\u0430 \u0429\u043e\u043d\u043e\u0432\u0430, \u0437\u0430\u043c\u0435\u0441\u0442\u043d\u0438\u043a-\u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440 \u043d\u0430 \u0438\u043a\u043e\u043d\u043e\u043c\u0438\u043a\u0430\u0442\u0430 \u0438 \u0438\u043d\u0434\u0443\u0441\u0442\u0440\u0438\u044f\u0442\u0430.&lt;\/p&gt;&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e \u043f\u0440\u043e\u0442\u0435\u0447\u0435 \u043f\u0440\u0438 \u0441\u043b\u0435\u0434\u043d\u0438\u044f \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434:&lt;\/p&gt;&lt;p&gt;1.\t\u041f\u0440\u0435\u0433\u043b\u0435\u0434 \u043d\u0430 \u0413\u043e\u0434\u0438\u0448\u043d\u0438\u0442\u0435 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438 \u0437\u0430 \u0438\u0437\u043f\u044a\u043b\u043d\u0435\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430\u0442\u0430 \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u044f \u0437\u0430 \u043d\u0430\u0441\u044a\u0440\u0447\u0430\u0432\u0430\u043d\u0435 \u043d\u0430 \u041c\u0421\u041f 2021-2027 \u0433.\r\n&lt;\/p&gt;&lt;p&gt;2.\t\u041f\u0440\u0435\u0433\u043b\u0435\u0434 \u043d\u0430 \u043c\u0435\u0440\u043a\u0438 \u0438 \u043f\u0440\u043e\u0446\u0435\u0434\u0443\u0440\u0438 \u0437\u0430 \u043f\u043e\u0434\u043f\u043e\u043c\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u043c\u0438\u043a\u0440\u043e-, \u043c\u0430\u043b\u043a\u0438 \u0438 \u0441\u0440\u0435\u0434\u043d\u0438 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u044f\u0442\u0438\u044f \u0437\u0430 \u043f\u0440\u0435\u043e\u0434\u043e\u043b\u044f\u0432\u0430\u043d\u0435 \u043d\u0430 \u043f\u0430\u043d\u0434\u0435\u043c\u0438\u044f\u0442\u0430 COVID-19 \u0432\u044a\u0432 \u0432\u0440\u044a\u0437\u043a\u0430 \u0441 \u043f\u0440\u0435\u043f\u043e\u0440\u044a\u043a\u0438\u0442\u0435 \u043e\u0442 \u043e\u0434\u0438\u0442\u0435\u043d \u0434\u043e\u043a\u043b\u0430\u0434 \u2116 0300200920 \u043d\u0430 \u0421\u043c\u0435\u0442\u043d\u0430 \u043f\u0430\u043b\u0430\u0442\u0430.\r\n&lt;\/p&gt;&lt;p&gt;3.\t\u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043d\u0430 \u0418\u043d\u0438\u0446\u0438\u0430\u0442\u0438\u0432\u0430\u0442\u0430 \u041c\u0440\u0435\u0436\u0430 \u0437\u0430 \u041c\u0421\u041f \u2013 \u0434\u0438\u0441\u043a\u0443\u0441\u0438\u044f \u0437\u0430 \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u043c\u0440\u0435\u0436\u0430\u0442\u0430. \u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043d\u0430 \u0438\u043d\u0438\u0446\u0438\u0430\u0442\u0438\u0432\u0430\u0442\u0430 \u0415\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438 \u043d\u0430\u0433\u0440\u0430\u0434\u0438 \u0437\u0430 \u043d\u0430\u0441\u044a\u0440\u0447\u0430\u0432\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u0435\u043c\u0430\u0447\u0435\u0441\u0442\u0432\u043e\u0442\u043e \u043a\u0430\u0442\u043e \u0432\u044a\u0437\u043c\u043e\u0436\u043d\u043e\u0441\u0442 \u0437\u0430 \u043e\u0431\u043c\u044f\u043d\u0430 \u043d\u0430 \u0434\u043e\u0431\u0440\u0438 \u043f\u0440\u0430\u043a\u0442\u0438\u043a\u0438.\r\n&lt;\/p&gt;&lt;p&gt;4.\t\u0410\u043a\u0442\u0443\u0430\u043b\u043d\u0438 \u0442\u0435\u043c\u0438 \u0438 \u0438\u043d\u0438\u0446\u0438\u0430\u0442\u0438\u0432\u0438 \u043d\u0430 \u0415\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0430\u0442\u0430 \u043a\u043e\u043c\u0438\u0441\u0438\u044f, \u043f\u043e\u043f\u0430\u0434\u0430\u0449\u0438 \u0432 \u043e\u0431\u0445\u0432\u0430\u0442\u0430 \u043d\u0430 \u0434\u0435\u0439\u043d\u043e\u0441\u0442\u0442\u0430 \u043d\u0430 \u041f\u043e\u0441\u043b\u0430\u043d\u0438\u0446\u0438\u0442\u0435 \u043d\u0430 \u041c\u0421\u041f (\u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043e\u0442 \u0441\u0442\u0440\u0430\u043d\u0430 \u043d\u0430 \u041f\u043e\u0441\u043b\u0430\u043d\u0438\u043a\u0430 \u043d\u0430 \u041c\u0421\u041f \u0437\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u2013 \u0433-\u0436\u0430 \u041c\u0438\u043b\u0435\u043d\u0430 \u0410\u043d\u0433\u0435\u043b\u043e\u0432\u0430).\r\n&lt;\/p&gt;&lt;p&gt;5.\t\u0414\u0440\u0443\u0433\u0438.\r\n&lt;\/p&gt;&lt;p&gt;&lt;br&gt;&lt;\/p&gt;","translations":[{"id":628,"locale":"bg","advisory_board_meeting_id":152,"description":"&lt;p&gt;\u041d\u0430 7-\u043c\u0438 \u043d\u043e\u0435\u043c\u0432\u0440\u0438 2023 \u0433. \u0432 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e \u043d\u0430 \u0438\u043a\u043e\u043d\u043e\u043c\u0438\u043a\u0430\u0442\u0430 \u0438 \u0438\u043d\u0434\u0443\u0441\u0442\u0440\u0438\u044f\u0442\u0430, \u0443\u043b. \u201e\u0421\u043b\u0430\u0432\u044f\u043d\u0441\u043a\u0430\u201d \u2116 8, \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041a\u043e\u043d\u0441\u0443\u043b\u0442\u0430\u0442\u0438\u0432\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u043d\u0430\u0441\u044a\u0440\u0447\u0430\u0432\u0430\u043d\u0435 \u043d\u0430 \u043c\u0430\u043b\u043a\u0438\u0442\u0435 \u0438 \u0441\u0440\u0435\u0434\u043d\u0438\u0442\u0435 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u044f\u0442\u0438\u044f. \u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e \u0431\u0435 \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b\u0441\u0442\u0432\u0430\u043d\u043e \u043e\u0442 \u0433-\u0436\u0430 \u0418\u0440\u0438\u043d\u0430 \u0429\u043e\u043d\u043e\u0432\u0430, \u0437\u0430\u043c\u0435\u0441\u0442\u043d\u0438\u043a-\u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440 \u043d\u0430 \u0438\u043a\u043e\u043d\u043e\u043c\u0438\u043a\u0430\u0442\u0430 \u0438 \u0438\u043d\u0434\u0443\u0441\u0442\u0440\u0438\u044f\u0442\u0430.&lt;\/p&gt;&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e \u043f\u0440\u043e\u0442\u0435\u0447\u0435 \u043f\u0440\u0438 \u0441\u043b\u0435\u0434\u043d\u0438\u044f \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434:&lt;\/p&gt;&lt;p&gt;1.\t\u041f\u0440\u0435\u0433\u043b\u0435\u0434 \u043d\u0430 \u0413\u043e\u0434\u0438\u0448\u043d\u0438\u0442\u0435 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438 \u0437\u0430 \u0438\u0437\u043f\u044a\u043b\u043d\u0435\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430\u0442\u0430 \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u044f \u0437\u0430 \u043d\u0430\u0441\u044a\u0440\u0447\u0430\u0432\u0430\u043d\u0435 \u043d\u0430 \u041c\u0421\u041f 2021-2027 \u0433.\r\n&lt;\/p&gt;&lt;p&gt;2.\t\u041f\u0440\u0435\u0433\u043b\u0435\u0434 \u043d\u0430 \u043c\u0435\u0440\u043a\u0438 \u0438 \u043f\u0440\u043e\u0446\u0435\u0434\u0443\u0440\u0438 \u0437\u0430 \u043f\u043e\u0434\u043f\u043e\u043c\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u043c\u0438\u043a\u0440\u043e-, \u043c\u0430\u043b\u043a\u0438 \u0438 \u0441\u0440\u0435\u0434\u043d\u0438 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u044f\u0442\u0438\u044f \u0437\u0430 \u043f\u0440\u0435\u043e\u0434\u043e\u043b\u044f\u0432\u0430\u043d\u0435 \u043d\u0430 \u043f\u0430\u043d\u0434\u0435\u043c\u0438\u044f\u0442\u0430 COVID-19 \u0432\u044a\u0432 \u0432\u0440\u044a\u0437\u043a\u0430 \u0441 \u043f\u0440\u0435\u043f\u043e\u0440\u044a\u043a\u0438\u0442\u0435 \u043e\u0442 \u043e\u0434\u0438\u0442\u0435\u043d \u0434\u043e\u043a\u043b\u0430\u0434 \u2116 0300200920 \u043d\u0430 \u0421\u043c\u0435\u0442\u043d\u0430 \u043f\u0430\u043b\u0430\u0442\u0430.\r\n&lt;\/p&gt;&lt;p&gt;3.\t\u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043d\u0430 \u0418\u043d\u0438\u0446\u0438\u0430\u0442\u0438\u0432\u0430\u0442\u0430 \u041c\u0440\u0435\u0436\u0430 \u0437\u0430 \u041c\u0421\u041f \u2013 \u0434\u0438\u0441\u043a\u0443\u0441\u0438\u044f \u0437\u0430 \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u043c\u0440\u0435\u0436\u0430\u0442\u0430. \u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043d\u0430 \u0438\u043d\u0438\u0446\u0438\u0430\u0442\u0438\u0432\u0430\u0442\u0430 \u0415\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438 \u043d\u0430\u0433\u0440\u0430\u0434\u0438 \u0437\u0430 \u043d\u0430\u0441\u044a\u0440\u0447\u0430\u0432\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u0435\u0434\u043f\u0440\u0438\u0435\u043c\u0430\u0447\u0435\u0441\u0442\u0432\u043e\u0442\u043e \u043a\u0430\u0442\u043e \u0432\u044a\u0437\u043c\u043e\u0436\u043d\u043e\u0441\u0442 \u0437\u0430 \u043e\u0431\u043c\u044f\u043d\u0430 \u043d\u0430 \u0434\u043e\u0431\u0440\u0438 \u043f\u0440\u0430\u043a\u0442\u0438\u043a\u0438.\r\n&lt;\/p&gt;&lt;p&gt;4.\t\u0410\u043a\u0442\u0443\u0430\u043b\u043d\u0438 \u0442\u0435\u043c\u0438 \u0438 \u0438\u043d\u0438\u0446\u0438\u0430\u0442\u0438\u0432\u0438 \u043d\u0430 \u0415\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0430\u0442\u0430 \u043a\u043e\u043c\u0438\u0441\u0438\u044f, \u043f\u043e\u043f\u0430\u0434\u0430\u0449\u0438 \u0432 \u043e\u0431\u0445\u0432\u0430\u0442\u0430 \u043d\u0430 \u0434\u0435\u0439\u043d\u043e\u0441\u0442\u0442\u0430 \u043d\u0430 \u041f\u043e\u0441\u043b\u0430\u043d\u0438\u0446\u0438\u0442\u0435 \u043d\u0430 \u041c\u0421\u041f (\u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043e\u0442 \u0441\u0442\u0440\u0430\u043d\u0430 \u043d\u0430 \u041f\u043e\u0441\u043b\u0430\u043d\u0438\u043a\u0430 \u043d\u0430 \u041c\u0421\u041f \u0437\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u2013 \u0433-\u0436\u0430 \u041c\u0438\u043b\u0435\u043d\u0430 \u0410\u043d\u0433\u0435\u043b\u043e\u0432\u0430).\r\n&lt;\/p&gt;&lt;p&gt;5.\t\u0414\u0440\u0443\u0433\u0438.\r\n&lt;\/p&gt;&lt;p&gt;&lt;br&gt;&lt;\/p&gt;","deleted_at":null},{"id":629,"locale":"en","advisory_board_meeting_id":152,"description":"&lt;p&gt;On November 7, 2023, a meeting of the Consultative Council for Small and Medium-sized Enterprises was held at the Ministry of Economy and Industry, 8 Slavyanska Street. The meeting was chaired by Ms. Irina Shtonova, Deputy Minister of Economy and Industry.&lt;\/p&gt;&lt;p&gt;&lt;span style=\"font-size: 1rem;\"&gt;The meeting took place under the following agenda:&lt;\/span&gt;&lt;\/p&gt;&lt;p&gt;&lt;span style=\"font-size: 1rem;\"&gt;1. Review of the Annual Programs for the Implementation of the National Strategy for&amp;nbsp; SMEs 2021-2027.&lt;\/span&gt;&lt;\/p&gt;&lt;p&gt;&lt;span style=\"font-size: 1rem;\"&gt;2. Review of measures and procedures to support micro, small and medium-sized enterprises to overcome the COVID-19 pandemic in connection with the recommendations of audit report No. 0300200920 of the Court of Accounts.&lt;\/span&gt;&lt;\/p&gt;&lt;p&gt;&lt;span style=\"font-size: 1rem;\"&gt;3. Presentation of the SME Network Initiative - discussion on the development of the network. Presentation of the European Entrepreneurship Promotion Awards initiative as an opportunity for the exchange of good practices.&lt;\/span&gt;&lt;\/p&gt;&lt;p&gt;&lt;span style=\"font-size: 1rem;\"&gt;4. Current topics and initiatives of the European Commission falling within the scope of the SME Ambassadors' activities (Presentation by the SME Ambassador for Bulgaria \u2013 Ms. Milena Angelova).&lt;\/span&gt;&lt;\/p&gt;&lt;p&gt;&lt;span style=\"font-size: 1rem;\"&gt;5. Others.&lt;\/span&gt;&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
     <t>Консултативен съвет за сътрудничество между държавните органи и лицата, осъществяващи икономически дейности, свързани с нефт и продукти от нефтен произход</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Консултативен съвет за сътрудничество по въпросите на частната охранителна дейност</t>
   </si>
   <si>
     <t>Правосъдие и вътрешни работи</t>
   </si>
   <si>
     <t>Председател на държавна агенция</t>
   </si>
   <si>
     <t>Консултативен съвет по въпросите на военноинвалидите и военнопострадалите</t>
   </si>
   <si>
     <t>Външна политика, сигурност и отбрана</t>
   </si>
   <si>
     <t>Консултативно-експертен съвет за лечебни растения</t>
   </si>
   <si>
     <t>Координационен съвет за подготовка на Република България за членство в еврозоната</t>
@@ -203,366 +212,381 @@
   <si>
     <t>Национален статистически съвет</t>
   </si>
   <si>
     <t>Междусекторни политики</t>
   </si>
   <si>
     <t>Национален съвет за закрила на детето</t>
   </si>
   <si>
     <t>Социална политика и заетост</t>
   </si>
   <si>
     <t>Държавна агенция</t>
   </si>
   <si>
     <t>[{"id":137,"advisory_board_id":31,"next_meeting":"2025-03-28 00:00:00","created_at":"2025-12-05T13:21:37.000000Z","updated_at":"2025-12-05T13:21:37.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 28 \u043c\u0430\u0440\u0442 2025 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 52-\u0440\u043e\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","translations":[{"id":598,"locale":"bg","advisory_board_meeting_id":137,"description":"&lt;p&gt;\u041d\u0430 28 \u043c\u0430\u0440\u0442 2025 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 52-\u0440\u043e\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","deleted_at":null},{"id":599,"locale":"en","advisory_board_meeting_id":137,"description":"&lt;p&gt;On March 28, 2025, the 52nd regular meeting of the National Council for Child Protection was held in Hall 5 of the Ministry of Labor and Social Policy.&lt;\/p&gt;","deleted_at":null}]},{"id":145,"advisory_board_id":31,"next_meeting":"2024-12-10 00:00:00","created_at":"2025-12-15T14:40:39.000000Z","updated_at":"2025-12-15T15:00:56.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 10 \u0434\u0435\u043a\u0435\u043c\u0432\u0440\u0438 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 51-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","translations":[{"id":614,"locale":"bg","advisory_board_meeting_id":145,"description":"&lt;p&gt;\u041d\u0430 10 \u0434\u0435\u043a\u0435\u043c\u0432\u0440\u0438 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 51-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","deleted_at":null},{"id":615,"locale":"en","advisory_board_meeting_id":145,"description":"&lt;p&gt;On December 10, 2024, the 51st regular meeting of the National Council for Child Protection was held in Hall 5 of the Ministry of Labor and Social Policy.&lt;\/p&gt;","deleted_at":null}]},{"id":146,"advisory_board_id":31,"next_meeting":"2024-03-01 00:00:00","created_at":"2025-12-15T14:50:12.000000Z","updated_at":"2025-12-15T15:01:09.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 1 \u043c\u0430\u0440\u0442 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 \u044e\u0431\u0438\u043b\u0435\u0439\u043d\u043e\u0442\u043e 50-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","translations":[{"id":616,"locale":"bg","advisory_board_meeting_id":146,"description":"&lt;p&gt;\u041d\u0430 1 \u043c\u0430\u0440\u0442 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 \u044e\u0431\u0438\u043b\u0435\u0439\u043d\u043e\u0442\u043e 50-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","deleted_at":null},{"id":617,"locale":"en","advisory_board_meeting_id":146,"description":"&lt;p&gt;On March 1, 2024, in Hall 5 of the Ministry of Labor and Social Policy, the anniversary 50th regular meeting of the National Council for Child Protection was held.&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Национален съвет за защита на потребителите</t>
   </si>
   <si>
     <t>Защита на потребителите</t>
   </si>
   <si>
-    <t>Национален съвет за кино</t>
+    <t>Национален съвет за кредитиране на студентите и докторантите</t>
+  </si>
+  <si>
+    <t>Образование</t>
+  </si>
+  <si>
+    <t>Национален съвет за насърчаване на заетостта</t>
+  </si>
+  <si>
+    <t>Заместник-министър</t>
+  </si>
+  <si>
+    <t>[{"id":3512,"advisory_board_id":43,"next_meeting":"2018-01-30 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":233,"locale":"bg","advisory_board_meeting_id":3512,"description":"","deleted_at":null},{"id":234,"locale":"en","advisory_board_meeting_id":3512,"description":"","deleted_at":null}]},{"id":3513,"advisory_board_id":43,"next_meeting":"2018-05-08 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":251,"locale":"bg","advisory_board_meeting_id":3513,"description":"","deleted_at":null},{"id":252,"locale":"en","advisory_board_meeting_id":3513,"description":"","deleted_at":null}]},{"id":3510,"advisory_board_id":43,"next_meeting":"2018-01-18 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":275,"locale":"bg","advisory_board_meeting_id":3510,"description":"","deleted_at":null},{"id":276,"locale":"en","advisory_board_meeting_id":3510,"description":"","deleted_at":null}]},{"id":3511,"advisory_board_id":43,"next_meeting":"2018-01-25 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":277,"locale":"bg","advisory_board_meeting_id":3511,"description":"","deleted_at":null},{"id":278,"locale":"en","advisory_board_meeting_id":3511,"description":"","deleted_at":null}]},{"id":3514,"advisory_board_id":43,"next_meeting":"2018-06-11 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":279,"locale":"bg","advisory_board_meeting_id":3514,"description":"","deleted_at":null},{"id":280,"locale":"en","advisory_board_meeting_id":3514,"description":"","deleted_at":null}]},{"id":3515,"advisory_board_id":43,"next_meeting":"2018-07-16 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":281,"locale":"bg","advisory_board_meeting_id":3515,"description":"","deleted_at":null},{"id":282,"locale":"en","advisory_board_meeting_id":3515,"description":"","deleted_at":null}]},{"id":3516,"advisory_board_id":43,"next_meeting":"2018-10-25 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":283,"locale":"bg","advisory_board_meeting_id":3516,"description":"","deleted_at":null},{"id":284,"locale":"en","advisory_board_meeting_id":3516,"description":"","deleted_at":null}]},{"id":3517,"advisory_board_id":43,"next_meeting":"2018-11-08 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":285,"locale":"bg","advisory_board_meeting_id":3517,"description":"","deleted_at":null},{"id":286,"locale":"en","advisory_board_meeting_id":3517,"description":"","deleted_at":null}]},{"id":3518,"advisory_board_id":43,"next_meeting":"2018-11-29 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":287,"locale":"bg","advisory_board_meeting_id":3518,"description":"","deleted_at":null},{"id":288,"locale":"en","advisory_board_meeting_id":3518,"description":"","deleted_at":null}]},{"id":3519,"advisory_board_id":43,"next_meeting":"2018-12-20 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":289,"locale":"bg","advisory_board_meeting_id":3519,"description":"","deleted_at":null},{"id":290,"locale":"en","advisory_board_meeting_id":3519,"description":"","deleted_at":null}]},{"id":3520,"advisory_board_id":43,"next_meeting":"2019-02-12 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":291,"locale":"bg","advisory_board_meeting_id":3520,"description":"","deleted_at":null},{"id":292,"locale":"en","advisory_board_meeting_id":3520,"description":"","deleted_at":null}]},{"id":3521,"advisory_board_id":43,"next_meeting":"2019-05-16 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":293,"locale":"bg","advisory_board_meeting_id":3521,"description":"","deleted_at":null},{"id":294,"locale":"en","advisory_board_meeting_id":3521,"description":"","deleted_at":null}]},{"id":3522,"advisory_board_id":43,"next_meeting":"2019-06-14 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":295,"locale":"bg","advisory_board_meeting_id":3522,"description":"","deleted_at":null},{"id":296,"locale":"en","advisory_board_meeting_id":3522,"description":"","deleted_at":null}]},{"id":3601,"advisory_board_id":43,"next_meeting":"2019-10-25 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":299,"locale":"bg","advisory_board_meeting_id":3601,"description":"","deleted_at":null},{"id":300,"locale":"en","advisory_board_meeting_id":3601,"description":"","deleted_at":null}]},{"id":3602,"advisory_board_id":43,"next_meeting":"2019-11-27 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":301,"locale":"bg","advisory_board_meeting_id":3602,"description":"","deleted_at":null},{"id":302,"locale":"en","advisory_board_meeting_id":3602,"description":"","deleted_at":null}]},{"id":3603,"advisory_board_id":43,"next_meeting":"2017-01-18 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":303,"locale":"bg","advisory_board_meeting_id":3603,"description":"","deleted_at":null},{"id":304,"locale":"en","advisory_board_meeting_id":3603,"description":"","deleted_at":null}]},{"id":3604,"advisory_board_id":43,"next_meeting":"2017-01-26 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":305,"locale":"bg","advisory_board_meeting_id":3604,"description":"","deleted_at":null},{"id":306,"locale":"en","advisory_board_meeting_id":3604,"description":"","deleted_at":null}]},{"id":3605,"advisory_board_id":43,"next_meeting":"2017-02-13 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":307,"locale":"bg","advisory_board_meeting_id":3605,"description":"","deleted_at":null},{"id":308,"locale":"en","advisory_board_meeting_id":3605,"description":"","deleted_at":null}]},{"id":3606,"advisory_board_id":43,"next_meeting":"2017-03-02 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":309,"locale":"bg","advisory_board_meeting_id":3606,"description":"","deleted_at":null},{"id":310,"locale":"en","advisory_board_meeting_id":3606,"description":"","deleted_at":null}]},{"id":3607,"advisory_board_id":43,"next_meeting":"2017-05-23 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":311,"locale":"bg","advisory_board_meeting_id":3607,"description":"","deleted_at":null},{"id":312,"locale":"en","advisory_board_meeting_id":3607,"description":"","deleted_at":null}]},{"id":3608,"advisory_board_id":43,"next_meeting":"2017-07-12 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":313,"locale":"bg","advisory_board_meeting_id":3608,"description":"","deleted_at":null},{"id":314,"locale":"en","advisory_board_meeting_id":3608,"description":"","deleted_at":null}]},{"id":3609,"advisory_board_id":43,"next_meeting":"2017-09-05 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":315,"locale":"bg","advisory_board_meeting_id":3609,"description":"","deleted_at":null},{"id":316,"locale":"en","advisory_board_meeting_id":3609,"description":"","deleted_at":null}]},{"id":3610,"advisory_board_id":43,"next_meeting":"2017-11-01 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":317,"locale":"bg","advisory_board_meeting_id":3610,"description":"","deleted_at":null},{"id":318,"locale":"en","advisory_board_meeting_id":3610,"description":"","deleted_at":null}]},{"id":3611,"advisory_board_id":43,"next_meeting":"2017-11-10 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":319,"locale":"bg","advisory_board_meeting_id":3611,"description":"","deleted_at":null},{"id":320,"locale":"en","advisory_board_meeting_id":3611,"description":"","deleted_at":null}]},{"id":3612,"advisory_board_id":43,"next_meeting":"2017-11-30 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":321,"locale":"bg","advisory_board_meeting_id":3612,"description":"","deleted_at":null},{"id":322,"locale":"en","advisory_board_meeting_id":3612,"description":"","deleted_at":null}]},{"id":3613,"advisory_board_id":43,"next_meeting":"2017-12-21 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":323,"locale":"bg","advisory_board_meeting_id":3613,"description":"","deleted_at":null},{"id":324,"locale":"en","advisory_board_meeting_id":3613,"description":"","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Национален съвет за наука и иновации</t>
+  </si>
+  <si>
+    <t>Национален съвет за подпомагане и компенсация на пострадали от престъпления</t>
+  </si>
+  <si>
+    <t>Национален съвет за превенция и защита от домашното насилие</t>
+  </si>
+  <si>
+    <t>Национален съвет за сътрудничество по етническите и интеграционните въпроси</t>
+  </si>
+  <si>
+    <t>Национален съвет за тристранно сътрудничество</t>
+  </si>
+  <si>
+    <t>Национален съвет за хората с увреждания</t>
+  </si>
+  <si>
+    <t>Национален съвет по антикорупционни политики</t>
+  </si>
+  <si>
+    <t>Национален съвет по библиотечно дело</t>
   </si>
   <si>
     <t>Култура</t>
   </si>
   <si>
-    <t>Национален съвет за кредитиране на студентите и докторантите</t>
-[...37 lines deleted...]
-  <si>
     <t>Национален съвет по биологичното разнообразие</t>
   </si>
   <si>
     <t>[{"id":70,"advisory_board_id":35,"next_meeting":"2024-04-26 00:00:00","created_at":"2024-04-11T08:19:02.000000Z","updated_at":"2024-04-11T08:19:02.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043f\u0440\u0438\u043c\u0435\u0440&lt;\/p&gt;","translations":[{"id":466,"locale":"bg","advisory_board_meeting_id":70,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043f\u0440\u0438\u043c\u0435\u0440&lt;\/p&gt;","deleted_at":null},{"id":467,"locale":"en","advisory_board_meeting_id":70,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043f\u0440\u0438\u043c\u0435\u0440 2&lt;\/p&gt;","deleted_at":null}]},{"id":71,"advisory_board_id":35,"next_meeting":"2024-04-02 00:00:00","created_at":"2024-04-11T08:19:32.000000Z","updated_at":"2024-04-11T08:19:32.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043f\u0440\u0438\u043c\u0435\u0440 11&lt;\/p&gt;","translations":[{"id":468,"locale":"bg","advisory_board_meeting_id":71,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043f\u0440\u0438\u043c\u0435\u0440 11&lt;\/p&gt;","deleted_at":null},{"id":469,"locale":"en","advisory_board_meeting_id":71,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043f\u0440\u0438\u043c\u0435\u0440 11&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Национален съвет по въпросите на социалното включване</t>
   </si>
   <si>
     <t>Национален съвет по горите</t>
   </si>
   <si>
     <t>Национален съвет по демографска политика</t>
   </si>
   <si>
     <t>Национален съвет по медицинска експертиза</t>
   </si>
   <si>
-    <t>Здравеопазване</t>
-[...1 lines deleted...]
-  <si>
     <t>Национален съвет по метрология</t>
   </si>
   <si>
     <t>Национален съвет по миграция, граници, убежище и интеграция</t>
   </si>
   <si>
     <t>Национален съвет по наркотичните вещества</t>
   </si>
   <si>
     <t>[{"id":301,"advisory_board_id":18,"next_meeting":"2009-04-08 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":3,"locale":"bg","advisory_board_meeting_id":301,"description":"","deleted_at":null},{"id":4,"locale":"en","advisory_board_meeting_id":301,"description":"","deleted_at":null}]},{"id":302,"advisory_board_id":18,"next_meeting":"2009-06-11 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":5,"locale":"bg","advisory_board_meeting_id":302,"description":"","deleted_at":null},{"id":6,"locale":"en","advisory_board_meeting_id":302,"description":"","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Национален съвет по превенция на престъпността</t>
   </si>
   <si>
+    <t>Национален съвет по трудова миграция и трудова мобилност</t>
+  </si>
+  <si>
+    <t>Национален съвет по туризъм</t>
+  </si>
+  <si>
+    <t>Туризъм</t>
+  </si>
+  <si>
+    <t>Национален съвет по условията на труд</t>
+  </si>
+  <si>
+    <t>[{"id":1501,"advisory_board_id":21,"next_meeting":"2014-02-18 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":101,"locale":"bg","advisory_board_meeting_id":1501,"description":"","deleted_at":null},{"id":102,"locale":"en","advisory_board_meeting_id":1501,"description":"","deleted_at":null}]},{"id":1502,"advisory_board_id":21,"next_meeting":"2013-02-05 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":103,"locale":"bg","advisory_board_meeting_id":1502,"description":"","deleted_at":null},{"id":104,"locale":"en","advisory_board_meeting_id":1502,"description":"","deleted_at":null}]},{"id":1503,"advisory_board_id":21,"next_meeting":"2013-04-23 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":105,"locale":"bg","advisory_board_meeting_id":1503,"description":"","deleted_at":null},{"id":106,"locale":"en","advisory_board_meeting_id":1503,"description":"","deleted_at":null}]},{"id":1504,"advisory_board_id":21,"next_meeting":"2013-10-07 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":121,"locale":"bg","advisory_board_meeting_id":1504,"description":"","deleted_at":null},{"id":122,"locale":"en","advisory_board_meeting_id":1504,"description":"","deleted_at":null}]},{"id":1505,"advisory_board_id":21,"next_meeting":"2013-10-29 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":123,"locale":"bg","advisory_board_meeting_id":1505,"description":"","deleted_at":null},{"id":124,"locale":"en","advisory_board_meeting_id":1505,"description":"","deleted_at":null}]},{"id":1506,"advisory_board_id":21,"next_meeting":"2013-12-06 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":125,"locale":"bg","advisory_board_meeting_id":1506,"description":"","deleted_at":null},{"id":126,"locale":"en","advisory_board_meeting_id":1506,"description":"","deleted_at":null}]},{"id":2001,"advisory_board_id":21,"next_meeting":"2014-04-30 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":135,"locale":"bg","advisory_board_meeting_id":2001,"description":"","deleted_at":null},{"id":136,"locale":"en","advisory_board_meeting_id":2001,"description":"","deleted_at":null}]},{"id":118,"advisory_board_id":21,"next_meeting":"2021-11-02 00:00:00","created_at":"2025-11-20T12:31:35.000000Z","updated_at":"2025-11-20T12:31:35.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 02.11.2021 \u0433.&lt;\/p&gt;","translations":[{"id":560,"locale":"bg","advisory_board_meeting_id":118,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 02.11.2021 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":561,"locale":"en","advisory_board_meeting_id":118,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 02.11.2021 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":119,"advisory_board_id":21,"next_meeting":"2022-03-28 00:00:00","created_at":"2025-11-20T12:38:41.000000Z","updated_at":"2025-11-20T12:38:41.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 28.03.2022 \u0433.&lt;\/p&gt;","translations":[{"id":562,"locale":"bg","advisory_board_meeting_id":119,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 28.03.2022 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":563,"locale":"en","advisory_board_meeting_id":119,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 28.03.2022 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":120,"advisory_board_id":21,"next_meeting":"2022-06-10 00:00:00","created_at":"2025-11-20T12:47:16.000000Z","updated_at":"2025-11-20T12:47:16.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 10.06.2022 \u0433.&lt;\/p&gt;","translations":[{"id":564,"locale":"bg","advisory_board_meeting_id":120,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 10.06.2022 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":565,"locale":"en","advisory_board_meeting_id":120,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 10.06.2022 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":121,"advisory_board_id":21,"next_meeting":"2023-02-21 00:00:00","created_at":"2025-11-20T12:50:11.000000Z","updated_at":"2025-11-20T12:50:11.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 21.02.2023 \u0433.&lt;\/p&gt;","translations":[{"id":566,"locale":"bg","advisory_board_meeting_id":121,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 21.02.2023 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":567,"locale":"en","advisory_board_meeting_id":121,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 21.02.2023 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":124,"advisory_board_id":21,"next_meeting":"2023-11-30 00:00:00","created_at":"2025-11-21T09:32:28.000000Z","updated_at":"2025-11-21T09:32:28.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 30.11.2023 \u0433.&lt;\/p&gt;","translations":[{"id":572,"locale":"bg","advisory_board_meeting_id":124,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 30.11.2023 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":573,"locale":"en","advisory_board_meeting_id":124,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 30.11.2023 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":125,"advisory_board_id":21,"next_meeting":"2024-02-23 00:00:00","created_at":"2025-11-21T09:34:53.000000Z","updated_at":"2025-11-21T09:34:53.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 23.02.2024 \u0433.&lt;\/p&gt;","translations":[{"id":574,"locale":"bg","advisory_board_meeting_id":125,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 23.02.2024 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":575,"locale":"en","advisory_board_meeting_id":125,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 23.02.2024 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":126,"advisory_board_id":21,"next_meeting":"2024-06-06 00:00:00","created_at":"2025-11-21T09:37:32.000000Z","updated_at":"2025-11-21T09:37:32.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 06.06.2024 \u0433.&lt;\/p&gt;","translations":[{"id":576,"locale":"bg","advisory_board_meeting_id":126,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 06.06.2024 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":577,"locale":"en","advisory_board_meeting_id":126,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 06.06.2024 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":127,"advisory_board_id":21,"next_meeting":"2024-10-24 00:00:00","created_at":"2025-11-21T09:39:30.000000Z","updated_at":"2025-11-21T09:39:30.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 24.10.2024 \u0433.&lt;\/p&gt;","translations":[{"id":578,"locale":"bg","advisory_board_meeting_id":127,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 24.10.2024 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":579,"locale":"en","advisory_board_meeting_id":127,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 24.10.2024 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":128,"advisory_board_id":21,"next_meeting":"2025-02-07 00:00:00","created_at":"2025-11-21T09:41:42.000000Z","updated_at":"2025-11-21T09:41:42.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 07.02.2025 \u0433.&lt;\/p&gt;","translations":[{"id":580,"locale":"bg","advisory_board_meeting_id":128,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 07.02.2025 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":581,"locale":"en","advisory_board_meeting_id":128,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 07.02.2025 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":129,"advisory_board_id":21,"next_meeting":"2025-06-26 00:00:00","created_at":"2025-11-21T09:47:30.000000Z","updated_at":"2025-11-21T09:47:30.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 26.06.2025 \u0433.&lt;\/p&gt;","translations":[{"id":582,"locale":"bg","advisory_board_meeting_id":129,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 26.06.2025 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":583,"locale":"en","advisory_board_meeting_id":129,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 26.06.2025 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":130,"advisory_board_id":21,"next_meeting":"2025-10-31 00:00:00","created_at":"2025-11-21T11:39:35.000000Z","updated_at":"2025-11-21T11:39:35.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 31.10.2025 \u0433.&lt;\/p&gt;","translations":[{"id":584,"locale":"bg","advisory_board_meeting_id":130,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 31.10.2025 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":585,"locale":"en","advisory_board_meeting_id":130,"description":"&lt;p&gt;Meeting on October 31, 2025&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Национален съвет по читалищно дело</t>
+  </si>
+  <si>
+    <t>Съвета по сигурност към Министерския съвет</t>
+  </si>
+  <si>
+    <t>Съвет за административната реформа</t>
+  </si>
+  <si>
+    <t>[{"id":403,"advisory_board_id":203,"next_meeting":"2009-10-14 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":11,"locale":"bg","advisory_board_meeting_id":403,"description":"","deleted_at":null},{"id":12,"locale":"en","advisory_board_meeting_id":403,"description":"","deleted_at":null}]},{"id":404,"advisory_board_id":203,"next_meeting":"2009-10-29 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":13,"locale":"bg","advisory_board_meeting_id":404,"description":"","deleted_at":null},{"id":14,"locale":"en","advisory_board_meeting_id":404,"description":"","deleted_at":null}]},{"id":405,"advisory_board_id":203,"next_meeting":"2009-11-25 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":15,"locale":"bg","advisory_board_meeting_id":405,"description":"","deleted_at":null},{"id":16,"locale":"en","advisory_board_meeting_id":405,"description":"","deleted_at":null}]},{"id":406,"advisory_board_id":203,"next_meeting":"2009-12-17 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":17,"locale":"bg","advisory_board_meeting_id":406,"description":"","deleted_at":null},{"id":18,"locale":"en","advisory_board_meeting_id":406,"description":"","deleted_at":null}]},{"id":407,"advisory_board_id":203,"next_meeting":"2009-12-29 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":19,"locale":"bg","advisory_board_meeting_id":407,"description":"","deleted_at":null},{"id":20,"locale":"en","advisory_board_meeting_id":407,"description":"","deleted_at":null}]},{"id":408,"advisory_board_id":203,"next_meeting":"2010-02-11 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":21,"locale":"bg","advisory_board_meeting_id":408,"description":"","deleted_at":null},{"id":22,"locale":"en","advisory_board_meeting_id":408,"description":"","deleted_at":null}]},{"id":409,"advisory_board_id":203,"next_meeting":"2010-02-23 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":23,"locale":"bg","advisory_board_meeting_id":409,"description":"","deleted_at":null},{"id":24,"locale":"en","advisory_board_meeting_id":409,"description":"","deleted_at":null}]},{"id":410,"advisory_board_id":203,"next_meeting":"2010-03-19 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":25,"locale":"bg","advisory_board_meeting_id":410,"description":"","deleted_at":null},{"id":26,"locale":"en","advisory_board_meeting_id":410,"description":"","deleted_at":null}]},{"id":501,"advisory_board_id":203,"next_meeting":"2010-04-28 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":31,"locale":"bg","advisory_board_meeting_id":501,"description":"","deleted_at":null},{"id":32,"locale":"en","advisory_board_meeting_id":501,"description":"","deleted_at":null}]},{"id":603,"advisory_board_id":203,"next_meeting":"2010-05-18 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":33,"locale":"bg","advisory_board_meeting_id":603,"description":"","deleted_at":null},{"id":34,"locale":"en","advisory_board_meeting_id":603,"description":"","deleted_at":null}]},{"id":602,"advisory_board_id":203,"next_meeting":"2010-05-15 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":35,"locale":"bg","advisory_board_meeting_id":602,"description":"","deleted_at":null},{"id":36,"locale":"en","advisory_board_meeting_id":602,"description":"","deleted_at":null}]},{"id":605,"advisory_board_id":203,"next_meeting":"2010-06-15 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":37,"locale":"bg","advisory_board_meeting_id":605,"description":"","deleted_at":null},{"id":38,"locale":"en","advisory_board_meeting_id":605,"description":"","deleted_at":null}]},{"id":606,"advisory_board_id":203,"next_meeting":"2010-07-09 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":39,"locale":"bg","advisory_board_meeting_id":606,"description":"","deleted_at":null},{"id":40,"locale":"en","advisory_board_meeting_id":606,"description":"","deleted_at":null}]},{"id":607,"advisory_board_id":203,"next_meeting":"2010-07-16 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":41,"locale":"bg","advisory_board_meeting_id":607,"description":"","deleted_at":null},{"id":42,"locale":"en","advisory_board_meeting_id":607,"description":"","deleted_at":null}]},{"id":608,"advisory_board_id":203,"next_meeting":"2010-07-19 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":43,"locale":"bg","advisory_board_meeting_id":608,"description":"","deleted_at":null},{"id":44,"locale":"en","advisory_board_meeting_id":608,"description":"","deleted_at":null}]},{"id":701,"advisory_board_id":203,"next_meeting":"2010-09-23 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":45,"locale":"bg","advisory_board_meeting_id":701,"description":"","deleted_at":null},{"id":46,"locale":"en","advisory_board_meeting_id":701,"description":"","deleted_at":null}]},{"id":702,"advisory_board_id":203,"next_meeting":"2010-10-26 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":47,"locale":"bg","advisory_board_meeting_id":702,"description":"","deleted_at":null},{"id":48,"locale":"en","advisory_board_meeting_id":702,"description":"","deleted_at":null}]},{"id":804,"advisory_board_id":203,"next_meeting":"2010-11-25 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":55,"locale":"bg","advisory_board_meeting_id":804,"description":"","deleted_at":null},{"id":56,"locale":"en","advisory_board_meeting_id":804,"description":"","deleted_at":null}]},{"id":806,"advisory_board_id":203,"next_meeting":"2010-12-21 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":57,"locale":"bg","advisory_board_meeting_id":806,"description":"","deleted_at":null},{"id":58,"locale":"en","advisory_board_meeting_id":806,"description":"","deleted_at":null}]},{"id":807,"advisory_board_id":203,"next_meeting":"2011-02-08 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":59,"locale":"bg","advisory_board_meeting_id":807,"description":"","deleted_at":null},{"id":60,"locale":"en","advisory_board_meeting_id":807,"description":"","deleted_at":null}]},{"id":808,"advisory_board_id":203,"next_meeting":"2011-02-24 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":61,"locale":"bg","advisory_board_meeting_id":808,"description":"","deleted_at":null},{"id":62,"locale":"en","advisory_board_meeting_id":808,"description":"","deleted_at":null}]},{"id":809,"advisory_board_id":203,"next_meeting":"2011-04-19 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":63,"locale":"bg","advisory_board_meeting_id":809,"description":"","deleted_at":null},{"id":64,"locale":"en","advisory_board_meeting_id":809,"description":"","deleted_at":null}]},{"id":901,"advisory_board_id":203,"next_meeting":"2011-05-27 00:00:00","created_at":"2023-12-19T07:41:20.000000Z","updated_at":"2023-12-19T07:41:20.000000Z","deleted_at":null,"description":"","translations":[{"id":65,"locale":"bg","advisory_board_meeting_id":901,"description":"","deleted_at":null},{"id":66,"locale":"en","advisory_board_meeting_id":901,"description":"","deleted_at":null}]},{"id":1001,"advisory_board_id":203,"next_meeting":"2011-11-15 00:00:00","created_at":"2023-12-19T07:41:20.000000Z","updated_at":"2023-12-19T07:41:20.000000Z","deleted_at":null,"description":"","translations":[{"id":69,"locale":"bg","advisory_board_meeting_id":1001,"description":"","deleted_at":null},{"id":70,"locale":"en","advisory_board_meeting_id":1001,"description":"","deleted_at":null}]},{"id":1102,"advisory_board_id":203,"next_meeting":"2012-02-28 00:00:00","created_at":"2023-12-19T07:41:20.000000Z","updated_at":"2023-12-19T07:41:20.000000Z","deleted_at":null,"description":"","translations":[{"id":71,"locale":"bg","advisory_board_meeting_id":1102,"description":"","deleted_at":null},{"id":72,"locale":"en","advisory_board_meeting_id":1102,"description":"","deleted_at":null}]},{"id":1205,"advisory_board_id":203,"next_meeting":"2013-01-18 00:00:00","created_at":"2023-12-19T07:41:22.000000Z","updated_at":"2023-12-19T07:41:22.000000Z","deleted_at":null,"description":"","translations":[{"id":79,"locale":"bg","advisory_board_meeting_id":1205,"description":"","deleted_at":null},{"id":80,"locale":"en","advisory_board_meeting_id":1205,"description":"","deleted_at":null}]},{"id":1213,"advisory_board_id":203,"next_meeting":"2012-04-24 00:00:00","created_at":"2023-12-19T07:41:24.000000Z","updated_at":"2023-12-19T07:41:24.000000Z","deleted_at":null,"description":"","translations":[{"id":89,"locale":"bg","advisory_board_meeting_id":1213,"description":"","deleted_at":null},{"id":90,"locale":"en","advisory_board_meeting_id":1213,"description":"","deleted_at":null}]},{"id":1214,"advisory_board_id":203,"next_meeting":"2012-06-08 00:00:00","created_at":"2023-12-19T07:41:24.000000Z","updated_at":"2023-12-19T07:41:24.000000Z","deleted_at":null,"description":"","translations":[{"id":91,"locale":"bg","advisory_board_meeting_id":1214,"description":"","deleted_at":null},{"id":92,"locale":"en","advisory_board_meeting_id":1214,"description":"","deleted_at":null}]},{"id":1215,"advisory_board_id":203,"next_meeting":"2013-08-09 00:00:00","created_at":"2023-12-19T07:41:24.000000Z","updated_at":"2023-12-19T07:41:24.000000Z","deleted_at":null,"description":"","translations":[{"id":93,"locale":"bg","advisory_board_meeting_id":1215,"description":"","deleted_at":null},{"id":94,"locale":"en","advisory_board_meeting_id":1215,"description":"","deleted_at":null}]},{"id":1401,"advisory_board_id":203,"next_meeting":"2013-12-20 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":99,"locale":"bg","advisory_board_meeting_id":1401,"description":"","deleted_at":null},{"id":100,"locale":"en","advisory_board_meeting_id":1401,"description":"","deleted_at":null}]},{"id":8,"advisory_board_id":203,"next_meeting":"2013-10-11 00:00:00","created_at":"2024-02-20T08:07:42.000000Z","updated_at":"2024-02-20T08:07:42.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 11.10.2013 \u0433.&lt;\/p&gt;","translations":[{"id":342,"locale":"bg","advisory_board_meeting_id":8,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 11.10.2013 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":343,"locale":"en","advisory_board_meeting_id":8,"description":null,"deleted_at":null}]},{"id":9,"advisory_board_id":203,"next_meeting":"2014-06-19 00:00:00","created_at":"2024-02-20T08:10:37.000000Z","updated_at":"2024-02-20T08:10:37.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 19.06.2014&lt;\/p&gt;","translations":[{"id":344,"locale":"bg","advisory_board_meeting_id":9,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 19.06.2014&lt;\/p&gt;","deleted_at":null},{"id":345,"locale":"en","advisory_board_meeting_id":9,"description":null,"deleted_at":null}]},{"id":10,"advisory_board_id":203,"next_meeting":"2015-01-13 00:00:00","created_at":"2024-02-20T08:11:48.000000Z","updated_at":"2024-02-20T08:11:48.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 13.01.2015&lt;\/p&gt;","translations":[{"id":346,"locale":"bg","advisory_board_meeting_id":10,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 13.01.2015&lt;\/p&gt;","deleted_at":null},{"id":347,"locale":"en","advisory_board_meeting_id":10,"description":null,"deleted_at":null}]},{"id":12,"advisory_board_id":203,"next_meeting":"2014-03-31 00:00:00","created_at":"2024-02-20T08:31:05.000000Z","updated_at":"2024-02-20T08:31:05.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 31.03.2014&lt;\/p&gt;","translations":[{"id":350,"locale":"bg","advisory_board_meeting_id":12,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 31.03.2014&lt;\/p&gt;","deleted_at":null},{"id":351,"locale":"en","advisory_board_meeting_id":12,"description":null,"deleted_at":null}]},{"id":13,"advisory_board_id":203,"next_meeting":"2014-06-06 00:00:00","created_at":"2024-02-20T08:32:39.000000Z","updated_at":"2024-02-20T08:32:39.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 6.06.2014&lt;\/p&gt;","translations":[{"id":352,"locale":"bg","advisory_board_meeting_id":13,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043e\u0442 6.06.2014&lt;\/p&gt;","deleted_at":null},{"id":353,"locale":"en","advisory_board_meeting_id":13,"description":null,"deleted_at":null}]},{"id":14,"advisory_board_id":203,"next_meeting":"2015-03-05 00:00:00","created_at":"2024-02-20T08:39:53.000000Z","updated_at":"2024-02-20T08:40:39.000000Z","deleted_at":null,"description":null,"translations":[{"id":355,"locale":"en","advisory_board_meeting_id":14,"description":null,"deleted_at":null},{"id":354,"locale":"bg","advisory_board_meeting_id":14,"description":null,"deleted_at":null}]},{"id":15,"advisory_board_id":203,"next_meeting":"2015-04-17 00:00:00","created_at":"2024-02-20T08:41:23.000000Z","updated_at":"2024-02-20T08:41:23.000000Z","deleted_at":null,"description":null,"translations":[{"id":356,"locale":"bg","advisory_board_meeting_id":15,"description":null,"deleted_at":null},{"id":357,"locale":"en","advisory_board_meeting_id":15,"description":null,"deleted_at":null}]},{"id":16,"advisory_board_id":203,"next_meeting":"2015-05-22 00:00:00","created_at":"2024-02-20T08:42:22.000000Z","updated_at":"2024-02-20T08:42:22.000000Z","deleted_at":null,"description":null,"translations":[{"id":358,"locale":"bg","advisory_board_meeting_id":16,"description":null,"deleted_at":null},{"id":359,"locale":"en","advisory_board_meeting_id":16,"description":null,"deleted_at":null}]},{"id":17,"advisory_board_id":203,"next_meeting":"2015-06-11 00:00:00","created_at":"2024-02-20T08:43:21.000000Z","updated_at":"2024-02-20T08:43:21.000000Z","deleted_at":null,"description":null,"translations":[{"id":360,"locale":"bg","advisory_board_meeting_id":17,"description":null,"deleted_at":null},{"id":361,"locale":"en","advisory_board_meeting_id":17,"description":null,"deleted_at":null}]},{"id":18,"advisory_board_id":203,"next_meeting":"2015-07-13 00:00:00","created_at":"2024-02-20T08:49:17.000000Z","updated_at":"2024-02-20T08:49:17.000000Z","deleted_at":null,"description":null,"translations":[{"id":362,"locale":"bg","advisory_board_meeting_id":18,"description":null,"deleted_at":null},{"id":363,"locale":"en","advisory_board_meeting_id":18,"description":null,"deleted_at":null}]},{"id":19,"advisory_board_id":203,"next_meeting":"2015-12-10 00:00:00","created_at":"2024-02-20T08:49:57.000000Z","updated_at":"2024-02-20T08:49:57.000000Z","deleted_at":null,"description":null,"translations":[{"id":364,"locale":"bg","advisory_board_meeting_id":19,"description":null,"deleted_at":null},{"id":365,"locale":"en","advisory_board_meeting_id":19,"description":null,"deleted_at":null}]},{"id":20,"advisory_board_id":203,"next_meeting":"2016-03-30 00:00:00","created_at":"2024-02-20T08:51:01.000000Z","updated_at":"2024-02-20T08:51:01.000000Z","deleted_at":null,"description":null,"translations":[{"id":366,"locale":"bg","advisory_board_meeting_id":20,"description":null,"deleted_at":null},{"id":367,"locale":"en","advisory_board_meeting_id":20,"description":null,"deleted_at":null}]},{"id":21,"advisory_board_id":203,"next_meeting":"2016-09-08 00:00:00","created_at":"2024-02-20T08:51:44.000000Z","updated_at":"2024-02-20T08:51:44.000000Z","deleted_at":null,"description":null,"translations":[{"id":368,"locale":"bg","advisory_board_meeting_id":21,"description":null,"deleted_at":null},{"id":369,"locale":"en","advisory_board_meeting_id":21,"description":null,"deleted_at":null}]},{"id":22,"advisory_board_id":203,"next_meeting":"2017-10-25 00:00:00","created_at":"2024-02-20T08:52:39.000000Z","updated_at":"2024-02-20T08:52:39.000000Z","deleted_at":null,"description":null,"translations":[{"id":370,"locale":"bg","advisory_board_meeting_id":22,"description":null,"deleted_at":null},{"id":371,"locale":"en","advisory_board_meeting_id":22,"description":null,"deleted_at":null}]},{"id":23,"advisory_board_id":203,"next_meeting":"2018-02-21 00:00:00","created_at":"2024-02-20T08:54:01.000000Z","updated_at":"2024-02-20T08:54:01.000000Z","deleted_at":null,"description":null,"translations":[{"id":372,"locale":"bg","advisory_board_meeting_id":23,"description":null,"deleted_at":null},{"id":373,"locale":"en","advisory_board_meeting_id":23,"description":null,"deleted_at":null}]},{"id":24,"advisory_board_id":203,"next_meeting":"2018-07-16 00:00:00","created_at":"2024-02-20T08:55:36.000000Z","updated_at":"2024-02-20T08:55:36.000000Z","deleted_at":null,"description":null,"translations":[{"id":374,"locale":"bg","advisory_board_meeting_id":24,"description":null,"deleted_at":null},{"id":375,"locale":"en","advisory_board_meeting_id":24,"description":null,"deleted_at":null}]},{"id":25,"advisory_board_id":203,"next_meeting":"2018-12-19 00:00:00","created_at":"2024-02-20T08:56:40.000000Z","updated_at":"2024-02-20T08:56:40.000000Z","deleted_at":null,"description":null,"translations":[{"id":376,"locale":"bg","advisory_board_meeting_id":25,"description":null,"deleted_at":null},{"id":377,"locale":"en","advisory_board_meeting_id":25,"description":null,"deleted_at":null}]},{"id":26,"advisory_board_id":203,"next_meeting":"2019-02-12 00:00:00","created_at":"2024-02-20T09:22:03.000000Z","updated_at":"2024-02-20T09:22:03.000000Z","deleted_at":null,"description":null,"translations":[{"id":378,"locale":"bg","advisory_board_meeting_id":26,"description":null,"deleted_at":null},{"id":379,"locale":"en","advisory_board_meeting_id":26,"description":null,"deleted_at":null}]},{"id":27,"advisory_board_id":203,"next_meeting":"2019-02-27 00:00:00","created_at":"2024-02-20T09:23:25.000000Z","updated_at":"2024-02-20T09:23:25.000000Z","deleted_at":null,"description":null,"translations":[{"id":380,"locale":"bg","advisory_board_meeting_id":27,"description":null,"deleted_at":null},{"id":381,"locale":"en","advisory_board_meeting_id":27,"description":null,"deleted_at":null}]},{"id":28,"advisory_board_id":203,"next_meeting":"2019-03-26 00:00:00","created_at":"2024-02-20T09:24:09.000000Z","updated_at":"2024-02-20T09:24:09.000000Z","deleted_at":null,"description":null,"translations":[{"id":382,"locale":"bg","advisory_board_meeting_id":28,"description":null,"deleted_at":null},{"id":383,"locale":"en","advisory_board_meeting_id":28,"description":null,"deleted_at":null}]},{"id":29,"advisory_board_id":203,"next_meeting":"2019-04-10 00:00:00","created_at":"2024-02-20T09:24:41.000000Z","updated_at":"2024-02-20T09:24:41.000000Z","deleted_at":null,"description":null,"translations":[{"id":384,"locale":"bg","advisory_board_meeting_id":29,"description":null,"deleted_at":null},{"id":385,"locale":"en","advisory_board_meeting_id":29,"description":null,"deleted_at":null}]},{"id":30,"advisory_board_id":203,"next_meeting":"2019-09-16 00:00:00","created_at":"2024-02-20T09:25:17.000000Z","updated_at":"2024-02-20T09:25:17.000000Z","deleted_at":null,"description":null,"translations":[{"id":386,"locale":"bg","advisory_board_meeting_id":30,"description":null,"deleted_at":null},{"id":387,"locale":"en","advisory_board_meeting_id":30,"description":null,"deleted_at":null}]},{"id":31,"advisory_board_id":203,"next_meeting":"2020-02-19 00:00:00","created_at":"2024-02-20T09:26:43.000000Z","updated_at":"2024-02-20T09:26:43.000000Z","deleted_at":null,"description":null,"translations":[{"id":388,"locale":"bg","advisory_board_meeting_id":31,"description":null,"deleted_at":null},{"id":389,"locale":"en","advisory_board_meeting_id":31,"description":null,"deleted_at":null}]},{"id":32,"advisory_board_id":203,"next_meeting":"2020-03-10 00:00:00","created_at":"2024-02-20T09:27:20.000000Z","updated_at":"2024-02-20T09:27:20.000000Z","deleted_at":null,"description":null,"translations":[{"id":390,"locale":"bg","advisory_board_meeting_id":32,"description":null,"deleted_at":null},{"id":391,"locale":"en","advisory_board_meeting_id":32,"description":null,"deleted_at":null}]},{"id":33,"advisory_board_id":203,"next_meeting":"2020-03-25 00:00:00","created_at":"2024-02-20T09:27:55.000000Z","updated_at":"2024-02-20T09:27:55.000000Z","deleted_at":null,"description":null,"translations":[{"id":392,"locale":"bg","advisory_board_meeting_id":33,"description":null,"deleted_at":null},{"id":393,"locale":"en","advisory_board_meeting_id":33,"description":null,"deleted_at":null}]},{"id":34,"advisory_board_id":203,"next_meeting":"2020-06-03 00:00:00","created_at":"2024-02-20T09:28:25.000000Z","updated_at":"2024-02-20T09:28:25.000000Z","deleted_at":null,"description":null,"translations":[{"id":394,"locale":"bg","advisory_board_meeting_id":34,"description":null,"deleted_at":null},{"id":395,"locale":"en","advisory_board_meeting_id":34,"description":null,"deleted_at":null}]},{"id":35,"advisory_board_id":203,"next_meeting":"2020-09-03 00:00:00","created_at":"2024-02-20T09:28:56.000000Z","updated_at":"2024-02-20T09:28:56.000000Z","deleted_at":null,"description":null,"translations":[{"id":396,"locale":"bg","advisory_board_meeting_id":35,"description":null,"deleted_at":null},{"id":397,"locale":"en","advisory_board_meeting_id":35,"description":null,"deleted_at":null}]},{"id":36,"advisory_board_id":203,"next_meeting":"2020-09-10 00:00:00","created_at":"2024-02-20T09:29:29.000000Z","updated_at":"2024-02-20T09:29:29.000000Z","deleted_at":null,"description":null,"translations":[{"id":398,"locale":"bg","advisory_board_meeting_id":36,"description":null,"deleted_at":null},{"id":399,"locale":"en","advisory_board_meeting_id":36,"description":null,"deleted_at":null}]},{"id":37,"advisory_board_id":203,"next_meeting":"2020-09-24 00:00:00","created_at":"2024-02-20T09:30:00.000000Z","updated_at":"2024-02-20T09:30:00.000000Z","deleted_at":null,"description":null,"translations":[{"id":400,"locale":"bg","advisory_board_meeting_id":37,"description":null,"deleted_at":null},{"id":401,"locale":"en","advisory_board_meeting_id":37,"description":null,"deleted_at":null}]},{"id":38,"advisory_board_id":203,"next_meeting":"2020-12-15 00:00:00","created_at":"2024-02-20T09:30:34.000000Z","updated_at":"2024-02-20T09:30:34.000000Z","deleted_at":null,"description":null,"translations":[{"id":402,"locale":"bg","advisory_board_meeting_id":38,"description":null,"deleted_at":null},{"id":403,"locale":"en","advisory_board_meeting_id":38,"description":null,"deleted_at":null}]},{"id":39,"advisory_board_id":203,"next_meeting":"2020-12-18 00:00:00","created_at":"2024-02-20T09:32:23.000000Z","updated_at":"2024-02-20T09:32:23.000000Z","deleted_at":null,"description":null,"translations":[{"id":404,"locale":"bg","advisory_board_meeting_id":39,"description":null,"deleted_at":null},{"id":405,"locale":"en","advisory_board_meeting_id":39,"description":null,"deleted_at":null}]},{"id":40,"advisory_board_id":203,"next_meeting":"2021-01-28 00:00:00","created_at":"2024-02-20T09:34:05.000000Z","updated_at":"2024-02-20T09:34:05.000000Z","deleted_at":null,"description":null,"translations":[{"id":406,"locale":"bg","advisory_board_meeting_id":40,"description":null,"deleted_at":null},{"id":407,"locale":"en","advisory_board_meeting_id":40,"description":null,"deleted_at":null}]},{"id":41,"advisory_board_id":203,"next_meeting":"2021-03-05 00:00:00","created_at":"2024-02-20T09:35:55.000000Z","updated_at":"2024-02-20T09:35:55.000000Z","deleted_at":null,"description":null,"translations":[{"id":408,"locale":"bg","advisory_board_meeting_id":41,"description":null,"deleted_at":null},{"id":409,"locale":"en","advisory_board_meeting_id":41,"description":null,"deleted_at":null}]},{"id":42,"advisory_board_id":203,"next_meeting":"2021-04-07 00:00:00","created_at":"2024-02-20T09:36:24.000000Z","updated_at":"2024-02-20T09:36:24.000000Z","deleted_at":null,"description":null,"translations":[{"id":410,"locale":"bg","advisory_board_meeting_id":42,"description":null,"deleted_at":null},{"id":411,"locale":"en","advisory_board_meeting_id":42,"description":null,"deleted_at":null}]},{"id":43,"advisory_board_id":203,"next_meeting":"2021-11-04 00:00:00","created_at":"2024-02-20T09:36:55.000000Z","updated_at":"2024-02-20T09:36:55.000000Z","deleted_at":null,"description":null,"translations":[{"id":412,"locale":"bg","advisory_board_meeting_id":43,"description":null,"deleted_at":null},{"id":413,"locale":"en","advisory_board_meeting_id":43,"description":null,"deleted_at":null}]},{"id":44,"advisory_board_id":203,"next_meeting":"2021-12-06 00:00:00","created_at":"2024-02-20T09:37:28.000000Z","updated_at":"2024-02-20T09:37:28.000000Z","deleted_at":null,"description":null,"translations":[{"id":414,"locale":"bg","advisory_board_meeting_id":44,"description":null,"deleted_at":null},{"id":415,"locale":"en","advisory_board_meeting_id":44,"description":null,"deleted_at":null}]},{"id":45,"advisory_board_id":203,"next_meeting":"2022-04-06 00:00:00","created_at":"2024-02-20T09:38:46.000000Z","updated_at":"2024-02-20T09:38:46.000000Z","deleted_at":null,"description":null,"translations":[{"id":416,"locale":"bg","advisory_board_meeting_id":45,"description":null,"deleted_at":null},{"id":417,"locale":"en","advisory_board_meeting_id":45,"description":null,"deleted_at":null}]},{"id":46,"advisory_board_id":203,"next_meeting":"2022-05-03 00:00:00","created_at":"2024-02-20T09:40:10.000000Z","updated_at":"2024-02-20T09:40:10.000000Z","deleted_at":null,"description":null,"translations":[{"id":418,"locale":"bg","advisory_board_meeting_id":46,"description":null,"deleted_at":null},{"id":419,"locale":"en","advisory_board_meeting_id":46,"description":null,"deleted_at":null}]},{"id":47,"advisory_board_id":203,"next_meeting":"2022-05-16 00:00:00","created_at":"2024-02-20T09:40:52.000000Z","updated_at":"2024-02-20T09:40:52.000000Z","deleted_at":null,"description":null,"translations":[{"id":420,"locale":"bg","advisory_board_meeting_id":47,"description":null,"deleted_at":null},{"id":421,"locale":"en","advisory_board_meeting_id":47,"description":null,"deleted_at":null}]},{"id":48,"advisory_board_id":203,"next_meeting":"2022-05-27 00:00:00","created_at":"2024-02-20T09:41:52.000000Z","updated_at":"2024-02-20T09:41:52.000000Z","deleted_at":null,"description":null,"translations":[{"id":422,"locale":"bg","advisory_board_meeting_id":48,"description":null,"deleted_at":null},{"id":423,"locale":"en","advisory_board_meeting_id":48,"description":null,"deleted_at":null}]},{"id":49,"advisory_board_id":203,"next_meeting":"2022-06-08 00:00:00","created_at":"2024-02-20T09:42:22.000000Z","updated_at":"2024-02-20T09:42:22.000000Z","deleted_at":null,"description":null,"translations":[{"id":424,"locale":"bg","advisory_board_meeting_id":49,"description":null,"deleted_at":null},{"id":425,"locale":"en","advisory_board_meeting_id":49,"description":null,"deleted_at":null}]},{"id":50,"advisory_board_id":203,"next_meeting":"2022-06-14 00:00:00","created_at":"2024-02-20T09:42:56.000000Z","updated_at":"2024-02-20T09:42:56.000000Z","deleted_at":null,"description":null,"translations":[{"id":426,"locale":"bg","advisory_board_meeting_id":50,"description":null,"deleted_at":null},{"id":427,"locale":"en","advisory_board_meeting_id":50,"description":null,"deleted_at":null}]},{"id":51,"advisory_board_id":203,"next_meeting":"2022-07-06 00:00:00","created_at":"2024-02-20T09:43:28.000000Z","updated_at":"2024-02-20T09:43:28.000000Z","deleted_at":null,"description":null,"translations":[{"id":428,"locale":"bg","advisory_board_meeting_id":51,"description":null,"deleted_at":null},{"id":429,"locale":"en","advisory_board_meeting_id":51,"description":null,"deleted_at":null}]},{"id":52,"advisory_board_id":203,"next_meeting":"2022-07-13 00:00:00","created_at":"2024-02-20T09:44:07.000000Z","updated_at":"2024-02-20T09:44:07.000000Z","deleted_at":null,"description":null,"translations":[{"id":430,"locale":"bg","advisory_board_meeting_id":52,"description":null,"deleted_at":null},{"id":431,"locale":"en","advisory_board_meeting_id":52,"description":null,"deleted_at":null}]},{"id":53,"advisory_board_id":203,"next_meeting":"2022-07-20 00:00:00","created_at":"2024-02-20T09:44:38.000000Z","updated_at":"2024-02-20T09:44:38.000000Z","deleted_at":null,"description":null,"translations":[{"id":432,"locale":"bg","advisory_board_meeting_id":53,"description":null,"deleted_at":null},{"id":433,"locale":"en","advisory_board_meeting_id":53,"description":null,"deleted_at":null}]},{"id":54,"advisory_board_id":203,"next_meeting":"2022-07-28 00:00:00","created_at":"2024-02-20T09:45:09.000000Z","updated_at":"2024-02-20T09:45:09.000000Z","deleted_at":null,"description":null,"translations":[{"id":434,"locale":"bg","advisory_board_meeting_id":54,"description":null,"deleted_at":null},{"id":435,"locale":"en","advisory_board_meeting_id":54,"description":null,"deleted_at":null}]},{"id":55,"advisory_board_id":203,"next_meeting":"2022-10-04 00:00:00","created_at":"2024-02-20T09:45:40.000000Z","updated_at":"2024-02-20T09:45:40.000000Z","deleted_at":null,"description":null,"translations":[{"id":436,"locale":"bg","advisory_board_meeting_id":55,"description":null,"deleted_at":null},{"id":437,"locale":"en","advisory_board_meeting_id":55,"description":null,"deleted_at":null}]},{"id":56,"advisory_board_id":203,"next_meeting":"2022-12-01 00:00:00","created_at":"2024-02-20T09:46:14.000000Z","updated_at":"2024-02-20T09:46:14.000000Z","deleted_at":null,"description":null,"translations":[{"id":438,"locale":"bg","advisory_board_meeting_id":56,"description":null,"deleted_at":null},{"id":439,"locale":"en","advisory_board_meeting_id":56,"description":null,"deleted_at":null}]},{"id":57,"advisory_board_id":203,"next_meeting":"2022-12-23 00:00:00","created_at":"2024-02-20T09:46:47.000000Z","updated_at":"2024-02-20T09:46:47.000000Z","deleted_at":null,"description":null,"translations":[{"id":440,"locale":"bg","advisory_board_meeting_id":57,"description":null,"deleted_at":null},{"id":441,"locale":"en","advisory_board_meeting_id":57,"description":null,"deleted_at":null}]},{"id":58,"advisory_board_id":203,"next_meeting":"2023-01-04 00:00:00","created_at":"2024-02-20T09:47:47.000000Z","updated_at":"2024-02-20T09:47:47.000000Z","deleted_at":null,"description":null,"translations":[{"id":442,"locale":"bg","advisory_board_meeting_id":58,"description":null,"deleted_at":null},{"id":443,"locale":"en","advisory_board_meeting_id":58,"description":null,"deleted_at":null}]},{"id":59,"advisory_board_id":203,"next_meeting":"2023-01-11 00:00:00","created_at":"2024-02-20T09:48:21.000000Z","updated_at":"2024-02-20T09:48:21.000000Z","deleted_at":null,"description":null,"translations":[{"id":444,"locale":"bg","advisory_board_meeting_id":59,"description":null,"de</t>
+  </si>
+  <si>
+    <t>Съвет за българския жестов език</t>
+  </si>
+  <si>
+    <t>[{"id":158,"advisory_board_id":2101,"next_meeting":"2026-01-21 00:00:00","created_at":"2026-02-13T13:09:05.000000Z","updated_at":"2026-02-13T13:15:05.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043a\u044a\u043c \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430: 21.01.2026 \u0433.&lt;br&gt;\u0414\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434:&lt;br&gt;&lt;br&gt;1. \u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c&lt;br&gt;2. \u0420\u0430\u0437\u043d\u0438&lt;br&gt;&lt;br&gt;\u041f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430\u0449\u0438:&lt;br&gt;-&amp;nbsp; &amp;nbsp; 10 \u0447\u043b\u0435\u043d\u043e\u0432\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 (9 \u043d\u0430 \u0436\u0438\u0432\u043e, 1 \u043e\u043d\u043b\u0430\u0439\u043d)&lt;br&gt;-&amp;nbsp; &amp;nbsp; 2 \u043f\u0440\u0435\u0432\u043e\u0434\u0430\u0447\u0438 \u043e\u0442 \u0438 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a&lt;br&gt;&lt;br&gt;\u0422\u043e\u0447\u043a\u0430 1. \u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c&lt;br&gt;&lt;br&gt;\u041d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e \u043e\u0441\u0432\u0435\u043d \u0447\u043b\u0435\u043d\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430 \u0438 \u0435\u043a\u0438\u043f\u044a\u0442 \u043e\u0442 \u0434\u0438\u0440\u0435\u043a\u0446\u0438\u044f \u201e\u0412\u0438\u0435\u0448\u0435 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u201c \u0432 \u041c\u041e\u041d, \u0438\u0437\u0433\u043e\u0442\u0432\u0438\u043b \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0441 \u0443\u0447\u0430\u0441\u0442\u0438\u0435\u0442\u043e \u0438 \u043d\u0430 \u043f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u0438\u0442\u0435\u043b\u0438 \u043e\u0442 \u0434\u0438\u0440\u0435\u043a\u0446\u0438\u044f \u201e\u041f\u0440\u0438\u043e\u0431\u0449\u0430\u0432\u0430\u0449\u043e \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u201c.&lt;br&gt;\u0415\u043a\u0438\u043f\u044a\u0442, \u0438\u0437\u0433\u043e\u0442\u0432\u0438\u043b \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430, \u043d\u0430\u043f\u0440\u0430\u0432\u0438 \u043f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435\u0442\u043e \u0439, \u043a\u0430\u0442\u043e \u043f\u043e\u0434\u0447\u0435\u0440\u0442\u0430, \u0447\u0435 \u0442\u044f \u0435 \u043d\u0430\u0441\u043e\u0447\u0435\u043d\u0430 \u043a\u044a\u043c \u0441\u044a\u0437\u0434\u0430\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0441\u043f\u0435\u0446\u0438\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a (\u0411\u0416\u0415) \u043a\u044a\u043c \u0421\u043e\u0444\u0438\u0439\u0441\u043a\u0438\u044f \u0443\u043d\u0438\u0432\u0435\u0440\u0441\u0438\u0442\u0435\u0442 \u201e\u0421\u0432. \u041a\u043b\u0438\u043c\u0435\u043d\u0442 \u041e\u0445\u0440\u0438\u0434\u0441\u043a\u0438\u201c \u043a\u0430\u0442\u043e \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u0447\u0435\u0441\u043a\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u0438\u043d\u0432\u0435\u0441\u0442\u0438\u0446\u0438\u044f \u0437\u0430 \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435\u0442\u043e \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043d\u0430 \u0430\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u043d\u0438\u0432\u043e.&amp;nbsp;&lt;br&gt;\u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u0435 \u0441\u0442\u0440\u0443\u043a\u0442\u0443\u0440\u0438\u0440\u0430\u043d\u0430 \u0432 \u0447\u0435\u0442\u0438\u0440\u0438 \u043c\u043e\u0434\u0443\u043b\u0430 \u0441\u044a\u0441 \u0441\u044a\u043e\u0442\u0432\u0435\u0442\u043d\u0438\u0442\u0435 \u0434\u0435\u0439\u043d\u043e\u0441\u0442\u0438:&amp;nbsp;&lt;br&gt;-&amp;nbsp; &amp;nbsp; \u0420\u0430\u0437\u043a\u0440\u0438\u0432\u0430\u043d\u0435 \u043d\u0430 \u043d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0411\u0416\u0415, \u0430\u0434\u043c\u0438\u043d\u0438\u0441\u0442\u0440\u0438\u0440\u0430\u043d\u0435 \u0438 \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043a\u0430\u043f\u0430\u0446\u0438\u0442\u0435\u0442;&amp;nbsp;&lt;br&gt;-&amp;nbsp; &amp;nbsp; \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0430 \u0434\u0435\u0439\u043d\u043e\u0441\u0442;&amp;nbsp;&lt;br&gt;-&amp;nbsp; &amp;nbsp; \u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u043d\u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438 \u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435;&amp;nbsp;&lt;br&gt;-&amp;nbsp; &amp;nbsp; \u041c\u0435\u0436\u0434\u0443\u043d\u0430\u0440\u043e\u0434\u043d\u0430 \u0434\u0435\u0439\u043d\u043e\u0441\u0442.&lt;br&gt;\u0427\u043b\u0435\u043d\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0438\u043c\u0430\u0445\u0430 \u0432\u044a\u0437\u043c\u043e\u0436\u043d\u043e\u0441\u0442 \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0434\u0430 \u0441\u0435 \u0437\u0430\u043f\u043e\u0437\u043d\u0430\u044f\u0442 \u0441 \u043f\u0440\u043e\u0435\u043a\u0442\u0430 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0438 \u0434\u0430 \u0438\u0437\u0440\u0430\u0437\u044f\u0442 \u0441\u0432\u043e\u0438\u0442\u0435 \u0441\u0442\u0430\u043d\u043e\u0432\u0438\u0449\u0430 \u043f\u0440\u0435\u0434\u0438 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e. \u0412\u0438\u0436\u0434\u0430\u043d\u0438\u044f\u0442\u0430 \u043d\u0430 \u0447\u043b\u0435\u043d\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430, \u043e\u0442\u0440\u0430\u0437\u0435\u043d\u0438 \u0432 \u043f\u043e\u0441\u0442\u044a\u043f\u0438\u043b\u0438\u0442\u0435 \u0432 \u041c\u041e\u041d \u0441\u0442\u0430\u043d\u043e\u0432\u0438\u0449\u0430, \u0431\u044f\u0445\u0430 \u0438\u0437\u0440\u0430\u0437\u0435\u043d\u0438 \u0438 \u043e\u0431\u0441\u044a\u0434\u0435\u043d\u0438 \u043f\u043e \u0432\u0440\u0435\u043c\u0435 \u043d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e. \u0421\u0442\u0430\u043d\u043e\u0432\u0438\u0449\u0435\u0442\u043e \u043d\u0430 \u0435\u0434\u0438\u043d \u043e\u0442 \u043d\u0435\u043f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430\u0449\u0438\u0442\u0435 \u0447\u043b\u0435\u043d\u043e\u0432\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0431\u0435\u0448\u0435 \u043f\u0440\u043e\u0447\u0435\u0442\u0435\u043d\u043e \u043f\u043e \u0432\u0440\u0435\u043c\u0435 \u043d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e, \u043f\u043e\u0440\u0430\u0434\u0438 \u043d\u0435\u0432\u044a\u0437\u043c\u043e\u0436\u043d\u043e\u0441\u0442\u0442\u0430 \u043c\u0443 \u0434\u0430 \u0443\u0447\u0430\u0441\u0442\u0432\u0430 \u043b\u0438\u0447\u043d\u043e.&amp;nbsp;&lt;br&gt;\u041e\u0431\u043e\u0431\u0449\u0435\u043d\u0438 \u043f\u0440\u0435\u0434\u043b\u043e\u0436\u0435\u043d\u0438\u044f \u043e\u0442 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430, \u043a\u043e\u0438\u0442\u043e \u0421\u044a\u0432\u0435\u0442\u044a\u0442 \u043f\u043e \u0411\u0416\u0415 \u0441\u0447\u0438\u0442\u0430, \u0447\u0435 \u0441\u043b\u0435\u0434\u0432\u0430 \u0434\u0430 \u0431\u044a\u0434\u0430\u0442 \u043e\u0442\u0440\u0430\u0437\u0435\u043d\u0438 \u0432 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430:&lt;br&gt;- \u0414\u0430 \u0441\u0435 \u0438\u0437\u0432\u044a\u0440\u0448\u0438 \u043a\u043e\u0440\u0435\u043a\u0446\u0438\u044f \u0441 \u043f\u043e-\u0434\u043e\u0431\u0440\u0430 \u043e\u0431\u043e\u0441\u043d\u043e\u0432\u043a\u0430 \u043e\u0442\u043d\u043e\u0441\u043d\u043e \u0441\u044a\u0442\u0440\u0443\u0434\u043d\u0438\u0447\u0435\u0441\u0442\u0432\u043e \u043c\u0435\u0436\u0434\u0443 \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a (\u0411\u0416\u0415) \u043a\u044a\u043c \u0421\u043e\u0444\u0438\u0439\u0441\u043a\u0438\u044f \u0443\u043d\u0438\u0432\u0435\u0440\u0441\u0438\u0442\u0435\u0442 \u201e\u0421\u0432. \u041a\u043b\u0438\u043c\u0435\u043d\u0442 \u041e\u0445\u0440\u0438\u0434\u0441\u043a\u0438\u201c, \u043b\u0438\u0446\u0435\u043d\u0437\u0438\u0440\u0430\u043d\u0438\u0442\u0435 \u043f\u043e \u041d\u0410\u041f\u041e\u041e \u0434\u043e\u0441\u0442\u0430\u0432\u0447\u0438\u0446\u0438 \u043d\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u044f \u043f\u043e \u0411\u0416\u0415 \u0438 \u043f\u0440\u0435\u0432\u043e\u0434 \u043e\u0442\/\u043d\u0430 \u0411\u0416\u0415 \u0438 \u0434\u0440\u0443\u0433\u0438 \u0437\u0430\u0438\u043d\u0442\u0435\u0440\u0435\u0441\u043e\u0432\u0430\u043d\u0438 \u0441\u0442\u0440\u0430\u043d\u0438 \u0441 \u0446\u0435\u043b \u043f\u043e\u0432\u0438\u0448\u0430\u0432\u0430\u043d\u0435 \u043d\u0430 \u043a\u0430\u0447\u0435\u0441\u0442\u0432\u043e\u0442\u043e, \u0432\u0430\u043b\u0438\u0434\u0438\u0440\u0430\u043d\u0435 \u043d\u0430 \u0437\u043d\u0430\u043d\u0438\u044f \u043f\u043e \u0411\u0416\u0415, \u043f\u043e\u0432\u0438\u0448\u0430\u0432\u0430\u043d\u0435 \u043d\u0430 \u043a\u0432\u0430\u043b\u0438\u0444\u0438\u043a\u0430\u0446\u0438\u044f\u0442\u0430 \u043d\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0442\u0435 \u043f\u0440\u0435\u0432\u043e\u0434\u0430\u0447\u0438 \u0438 \u0434\u0440.&lt;br&gt;- \u0414\u0430 \u0441\u0435 \u0438\u0437\u043f\u0438\u0448\u0435 \u044f\u0441\u043d\u043e \u043e\u0431\u043e\u0441\u043e\u0431\u044f\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0411\u0416\u0415 \u043a\u044a\u043c \u0421\u043e\u0444\u0438\u0439\u0441\u043a\u0438\u044f \u0443\u043d\u0438\u0432\u0435\u0440\u0441\u0438\u0442\u0435\u0442 \u201e\u0421\u0432. \u041a\u043b\u0438\u043c\u0435\u043d\u0442 \u041e\u0445\u0440\u0438\u0434\u0441\u043a\u0438\u201c \u043a\u0430\u0442\u043e \u043d\u0435\u0437\u0430\u0432\u0438\u0441\u0438\u043c\u043e \u0437\u0432\u0435\u043d\u043e.&lt;br&gt;- \u0414\u0430 \u0441\u0435 \u0432\u043a\u043b\u044e\u0447\u0438 \u0433\u0440\u0443\u043f\u0430\u0442\u0430 \u043d\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438\u0442\u0435 \u043b\u0438\u0446\u0430 \u0432 \u0442\u0435\u043a\u0441\u0442\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 ,\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c \u0438 \u0433\u0440\u0443\u043f\u0430\u0442\u0430 \u043d\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438\u0442\u0435 \u043b\u0438\u0446\u0430 \u0434\u0430 \u0431\u044a\u0434\u0435 \u043f\u0440\u0435\u0434\u0432\u0438\u0434\u0435\u043d\u0430 \u043f\u0440\u0438 \u0440\u0430\u0437\u0440\u0430\u0431\u043e\u0442\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0432\u0441\u044f\u043a\u0430\u043a\u0432\u0438 \u043c\u043e\u0434\u0443\u043b\u0438 \u0432 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0411\u0416\u0415, \u043a\u0430\u043a\u0442\u043e \u0438 \u043d\u0430 \u0430\u043b\u0442\u0435\u0440\u043d\u0430\u0442\u0438\u0432\u043d\u0438 \u0441\u0440\u0435\u0434\u0441\u0442\u0432\u0430 \u0437\u0430 \u043a\u043e\u043c\u0443\u043d\u0438\u043a\u0430\u0446\u0438\u044f.&lt;br&gt;- \u0414\u0430 \u0441\u0435 \u0432\u043a\u043b\u044e\u0447\u0430\u0442 \u0442\u0435\u043a\u0441\u0442\u043e\u0432\u0435 \u0437\u0430 \u043f\u0430\u0440\u0442\u043d\u044c\u043e\u0440\u0441\u0442\u0432\u043e \u043f\u0440\u0438 \u0440\u0435\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0441 \u0434\u0440\u0443\u0433\u0438 \u0432\u0438\u0441\u0448\u0438 \u0443\u0447\u0438\u043b\u0438\u0449\u0430, \u0438\u043d\u0441\u0442\u0438\u0442\u0443\u0442\u0438 \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0430\u0442\u0430 \u0430\u043a\u0430\u0434\u0435\u043c\u0438\u044f \u043d\u0430 \u043d\u0430\u0443\u043a\u0438\u0442\u0435 \u0438 \u043d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0446\u0435\u043d\u0442\u0440\u043e\u0432\u0435 \u0432 \u0420\u0435\u043f\u0443\u0431\u043b\u0438\u043a\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0438 \u0438\u0437\u0432\u044a\u043d \u043d\u0435\u044f.&lt;br&gt;\u0420\u0435\u0437\u0443\u043b\u0442\u0430\u0442 \u043e\u0442 \u0433\u043b\u0430\u0441\u0443\u0432\u0430\u043d\u0435\u0442\u043e:&lt;br&gt;\u0412\u0441\u0438\u0447\u043a\u0438\u0442\u0435 10 \u043f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430\u0449\u0438 \u0447\u043b\u0435\u043d\u043e\u0432\u0435 \u0433\u043b\u0430\u0441\u0443\u0432\u0430\u0445\u0430 \u0432 \u043f\u043e\u0434\u043a\u0440\u0435\u043f\u0430 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430, \u0432 \u043a\u043e\u044f\u0442\u043e \u0434\u0430 \u0431\u044a\u0434\u0430\u0442 \u043e\u0442\u0440\u0430\u0437\u0435\u043d\u0438 \u0433\u043e\u0440\u0435\u043f\u043e\u0441\u043e\u0447\u0435\u043d\u0438\u0442\u0435 \u043e\u0431\u043e\u0431\u0449\u0435\u043d\u0438 \u043f\u0440\u0435\u0434\u043b\u043e\u0436\u0435\u043d\u0438\u044f.&lt;br&gt;\u041f\u0440\u043e\u0435\u043a\u0442\u044a\u0442 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0449\u0435 \u0431\u044a\u0434\u0435 \u043f\u0440\u0435\u0434\u043b\u043e\u0436\u0435\u043d \u0437\u0430 \u043e\u0434\u043e\u0431\u0440\u0435\u043d\u0438\u0435 \u043e\u0442 \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430, \u0441\u043b\u0435\u0434 \u043a\u043e\u0435\u0442\u043e \u0449\u0435 \u0431\u044a\u0434\u0435 \u043f\u0443\u0431\u043b\u0438\u043a\u0443\u0432\u0430\u043d \u0437\u0430 \u043e\u0431\u0449\u0435\u0441\u0442\u0432\u0435\u043d\u043e \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435.&lt;br&gt;&lt;br&gt;\u0422\u043e\u0447\u043a\u0430 2: \u0420\u0430\u0437\u043d\u0438. \u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043f\u0440\u0435\u0434 \u0421\u044a\u0432\u0435\u0442\u0430 \u043d\u0430 \u0438\u0437\u0432\u044a\u0440\u0448\u0435\u043d\u0438\u0442\u0435 \u043e\u0442 \u0435\u043a\u0438\u043f\u0430 \u043d\u0430 \u041c\u041e\u041d \u0434\u0435\u0439\u043d\u043e\u0441\u0442\u0438, \u043f\u0440\u0438\u0435\u0442\u0438 \u043d\u0430 \u043f\u0440\u0435\u0434\u0438\u0448\u043d\u043e\u0442\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430:&lt;\/p&gt;&lt;p&gt;&lt;br&gt;-&amp;nbsp; \u041e\u0434\u043e\u0431\u0440\u0435\u043d\u0430 \u0435 \u043e\u0442 \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0420\u0430\u0437\u0440\u0430\u0431\u043e\u0442\u0432\u0430\u043d\u0435 \u043d\u0430 \u0443\u0447\u0435\u0431\u043d\u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438, \u043c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u0438 \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u0430, \u0443\u0447\u0435\u0431\u043d\u0438 \u0440\u0435\u0441\u0443\u0440\u0441\u0438 \u0438 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u044f \u043f\u043e \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c. \u0412 \u041c\u041e\u041d \u0441\u0430 \u043f\u043e\u0441\u0442\u044a\u043f\u0438\u043b\u0438 \u0448\u0435\u0441\u0442 \u043f\u0440\u043e\u0435\u043a\u0442\u043d\u0438 \u043f\u0440\u0435\u0434\u043b\u043e\u0436\u0435\u043d\u0438\u044f \u043e\u0442 \u0441\u043f\u0435\u0446\u0438\u0430\u043b\u043d\u0438 \u0443\u0447\u0438\u043b\u0438\u0449\u0430 \u0437\u0430 \u0443\u0447\u0435\u043d\u0438\u0446\u0438 \u0441 \u0443\u0432\u0440\u0435\u0434\u0435\u043d \u0441\u043b\u0443\u0445. \u0415\u043a\u0438\u043f\u044a\u0442 \u0437\u0430 \u0443\u043f\u0440\u0430\u0432\u043b\u0435\u043d\u0438\u0435 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0435 \u043e\u0434\u043e\u0431\u0440\u0438\u043b \u043f\u0440\u043e\u0435\u043a\u0442\u0438\u0442\u0435 \u0438 \u043f\u0440\u0435\u0434\u0441\u0442\u043e\u0438 \u043e\u0440\u0433\u0430\u043d\u0438\u0437\u0430\u0446\u0438\u044f \u043d\u0430 \u0435\u043a\u0438\u043f\u0438\u0442\u0435 \u0438 \u0441\u0442\u0430\u0440\u0442\u0438\u0440\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0434\u0435\u0439\u043d\u043e\u0441\u0442\u0438\u0442\u0435 \u043f\u043e \u0433\u0440\u0443\u043f\u0438 \u0437\u0430 \u0440\u0430\u0437\u0440\u0430\u0431\u043e\u0442\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430:&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u041c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u043e \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u043e \u0437\u0430 \u043e\u0432\u043b\u0430\u0434\u044f\u0432\u0430\u043d\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043e\u0442 \u0433\u043b\u0443\u0445\u0438 \u0434\u0435\u0446\u0430 \u043e\u0442 \u0440\u0430\u043d\u043d\u0430 \u0432\u044a\u0437\u0440\u0430\u0441\u0442 (0 \u2013 3 \u0433.);&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u041d\u0430\u0434\u0433\u0440\u0430\u0436\u0434\u0430\u0449\u043e \u043c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u043e \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u043e \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u0438 \u0430\u043b\u0442\u0435\u0440\u043d\u0430\u0442\u0438\u0432\u043d\u0438 \u0441\u0440\u0435\u0434\u0441\u0442\u0432\u0430 \u0437\u0430 \u043a\u043e\u043c\u0443\u043d\u0438\u043a\u0430\u0446\u0438\u044f \u043d\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438 \u0443\u0447\u0435\u043d\u0438\u0446\u0438 (II \u2013 IV \u043a\u043b\u0430\u0441);&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u0423\u0447\u0435\u0431\u043d\u0438 \u0440\u0435\u0441\u0443\u0440\u0441\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u0438 \u0430\u043b\u0442\u0435\u0440\u043d\u0430\u0442\u0438\u0432\u043d\u0438 \u0441\u0440\u0435\u0434\u0441\u0442\u0432\u0430 \u0437\u0430 \u043a\u043e\u043c\u0443\u043d\u0438\u043a\u0430\u0446\u0438\u044f \u043d\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438 \u0434\u0435\u0446\u0430 \u0432 \u043f\u0440\u0435\u0434\u0443\u0447\u0438\u043b\u0438\u0449\u043d\u0430 \u0432\u044a\u0437\u0440\u0430\u0441\u0442 \u0438 \u043d\u0430\u0447\u0430\u043b\u0435\u043d \u0435\u0442\u0430\u043f;&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u0423\u0447\u0435\u0431\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430, \u043c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u043e \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u043e \u0438 \u043c\u0430\u0442\u0435\u0440\u0438\u0430\u043b\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u0438 \u0430\u043b\u0442\u0435\u0440\u043d\u0430\u0442\u0438\u0432\u043d\u0438 \u0441\u0440\u0435\u0434\u0441\u0442\u0432\u0430 \u0437\u0430 \u043a\u043e\u043c\u0443\u043d\u0438\u043a\u0430\u0446\u0438\u044f \u0437\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438 (\u0431\u0430\u0437\u043e\u0432\u043e \u043d\u0438\u0432\u043e) \u2013 \u0437\u0430 \u043e\u0431\u0443\u0447\u0438\u0442\u0435\u043b\u0438, \u0443\u0447\u0438\u0442\u0435\u043b\u0438 \u0438 \u0440\u043e\u0434\u0438\u0442\u0435\u043b\u0438;&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u041f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u0437\u0430 \u043f\u0435\u0434\u0430\u0433\u043e\u0433\u0438\u0447\u0435\u0441\u043a\u043e \u0432\u0437\u0430\u0438\u043c\u043e\u0434\u0435\u0439\u0441\u0442\u0432\u0438\u0435, \u0443\u0447\u0435\u0431\u043d\u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438 \u0438 \u0443\u0447\u0435\u0431\u043d\u0438 \u0440\u0435\u0441\u0443\u0440\u0441\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u043d\u0430 \u0434\u0435\u0446\u0430 \u0432 \u043f\u0440\u0435\u0434\u0443\u0447\u0438\u043b\u0438\u0449\u043d\u0430 \u0432\u044a\u0437\u0440\u0430\u0441\u0442 \u0438 \u0443\u0447\u0435\u043d\u0438\u0446\u0438 \u0432 \u043d\u0430\u0447\u0430\u043b\u0435\u043d \u0435\u0442\u0430\u043f (\u043d\u0438\u0432\u0430 \u04101 \u0438 \u04102 \u043e\u0442 \u041e\u0415\u0415\u0420);&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u0423\u0447\u0435\u0431\u043d\u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438, \u043c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u0438 \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u0430 \u0438 \u043e\u0431\u0443\u0447\u0438\u0442\u0435\u043b\u043d\u0438 \u043c\u0430\u0442\u0435\u0440\u0438\u0430\u043b\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u0437\u0430 \u043d\u0438\u0432\u0430 \u04101 \u0438 \u04102, \u0441 \u0440\u0430\u0437\u0433\u0440\u0430\u043d\u0438\u0447\u0435\u043d\u0438 \u0447\u0430\u0441\u0442\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0438\u0442\u0435\u043b\u0438, \u0443\u0447\u0438\u0442\u0435\u043b\u0438 \u0438 \u0440\u043e\u0434\u0438\u0442\u0435\u043b\u0438.&lt;br&gt;- \u0418\u0437\u043f\u0440\u0430\u0442\u0435\u043d\u043e \u0435 \u043e\u0444\u0438\u0446\u0438\u0430\u043b\u043d\u043e \u043f\u0438\u0441\u043c\u043e \u043a\u044a\u043c \u0438\u0437\u0434\u0430\u0442\u0435\u043b\u0441\u0442\u0432\u0430\u0442\u0430, \u0441 \u043a\u043e\u0435\u0442\u043e \u0441\u0430 \u0438\u043d\u0444\u043e\u0440\u043c\u0438\u0440\u0430\u043d\u0438 \u0437\u0430 \u043d\u0430\u043b\u0438\u0447\u0438\u0435\u0442\u043e \u043d\u0430 \u0421\u044a\u0432\u0435\u0442 \u0437\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043a\u044a\u043c \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430 \u0438 \u0437\u0430 \u0432\u044a\u0437\u043c\u043e\u0436\u043d\u043e\u0441\u0442\u0442\u0430 \u0434\u0430 \u0441\u0435 \u043e\u0431\u0440\u044a\u0449\u0430\u0442 \u043a\u044a\u043c \u043d\u0435\u0433\u043e \u043f\u0440\u0438 \u043f\u043e\u0434\u0433\u043e\u0442\u043e\u0432\u043a\u0430\u0442\u0430 \u043d\u0430 \u0438\u0437\u0434\u0430\u043d\u0438\u044f, \u0441\u0432\u044a\u0440\u0437\u0430\u043d\u0438 \u0441 \u0411\u0416\u0415, \u043e\u0442\u043d\u043e\u0441\u043d\u043e \u0430\u043a\u0442\u0443\u0430\u043b\u043d\u043e\u0441\u0442\u0442\u0430 \u043d\u0430 \u0442\u0435\u0440\u043c\u0438\u043d\u043e\u043b\u043e\u0433\u0438\u044f\u0442\u0430 \u0438 \u0438\u043d\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f\u0442\u0430, \u043e\u0442\u043d\u0430\u0441\u044f\u0449\u0430 \u0441\u0435 \u0434\u043e \u0411\u0416\u0415.&lt;br&gt;- \u0418\u0437\u043f\u0440\u0430\u0442\u0435\u043d\u043e \u0435 \u043e\u0444\u0438\u0446\u0438\u0430\u043b\u043d\u043e \u043f\u0438\u0441\u043c\u043e \u0434\u043e \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u0435\u043b\u0435\u043a\u0442\u0440\u043e\u043d\u043d\u0438 \u043c\u0435\u0434\u0438\u0438 (\u0421\u0415\u041c), \u0441 \u043a\u043e\u0435\u0442\u043e \u0441\u0430 \u0438\u043d\u0444\u043e\u0440\u043c\u0438\u0440\u0430\u043d\u0438 \u0437\u0430 \u0444\u0443\u043d\u043a\u0446\u0438\u0438\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043a\u044a\u043c \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430.&lt;br&gt;- \u0420\u0435\u0448\u0435\u043d\u0438\u044f\u0442\u0430 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0449\u0435 \u0431\u044a\u0434\u0430\u0442 \u043f\u0443\u0431\u043b\u0438\u043a\u0443\u0432\u0430\u043d\u0438 \u043d\u0430 \u0441\u0430\u0439\u0442\u0430 \u043d\u0430 \u041c\u041e\u041d \u0432 \u0440\u0443\u0431\u0440\u0438\u043a\u0430 \u201e\u0411\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c, \u043a\u0430\u043a\u0442\u043e \u0438 \u043d\u0430 \u041f\u043e\u0440\u0442\u0430\u043b\u0430 \u0437\u0430 \u043e\u0431\u0449\u0435\u0441\u0442\u0432\u0435\u043d\u0438 \u043a\u043e\u043d\u0441\u0443\u043b\u0442\u0430\u0446\u0438\u0438.&lt;br&gt;&lt;br&gt;&lt;\/p&gt;","translations":[{"id":640,"locale":"bg","advisory_board_meeting_id":158,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043a\u044a\u043c \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430: 21.01.2026 \u0433.&lt;br&gt;\u0414\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434:&lt;br&gt;&lt;br&gt;1. \u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c&lt;br&gt;2. \u0420\u0430\u0437\u043d\u0438&lt;br&gt;&lt;br&gt;\u041f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430\u0449\u0438:&lt;br&gt;-&amp;nbsp; &amp;nbsp; 10 \u0447\u043b\u0435\u043d\u043e\u0432\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 (9 \u043d\u0430 \u0436\u0438\u0432\u043e, 1 \u043e\u043d\u043b\u0430\u0439\u043d)&lt;br&gt;-&amp;nbsp; &amp;nbsp; 2 \u043f\u0440\u0435\u0432\u043e\u0434\u0430\u0447\u0438 \u043e\u0442 \u0438 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a&lt;br&gt;&lt;br&gt;\u0422\u043e\u0447\u043a\u0430 1. \u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c&lt;br&gt;&lt;br&gt;\u041d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e \u043e\u0441\u0432\u0435\u043d \u0447\u043b\u0435\u043d\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430 \u0438 \u0435\u043a\u0438\u043f\u044a\u0442 \u043e\u0442 \u0434\u0438\u0440\u0435\u043a\u0446\u0438\u044f \u201e\u0412\u0438\u0435\u0448\u0435 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u201c \u0432 \u041c\u041e\u041d, \u0438\u0437\u0433\u043e\u0442\u0432\u0438\u043b \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0441 \u0443\u0447\u0430\u0441\u0442\u0438\u0435\u0442\u043e \u0438 \u043d\u0430 \u043f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u0438\u0442\u0435\u043b\u0438 \u043e\u0442 \u0434\u0438\u0440\u0435\u043a\u0446\u0438\u044f \u201e\u041f\u0440\u0438\u043e\u0431\u0449\u0430\u0432\u0430\u0449\u043e \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u201c.&lt;br&gt;\u0415\u043a\u0438\u043f\u044a\u0442, \u0438\u0437\u0433\u043e\u0442\u0432\u0438\u043b \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430, \u043d\u0430\u043f\u0440\u0430\u0432\u0438 \u043f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435\u0442\u043e \u0439, \u043a\u0430\u0442\u043e \u043f\u043e\u0434\u0447\u0435\u0440\u0442\u0430, \u0447\u0435 \u0442\u044f \u0435 \u043d\u0430\u0441\u043e\u0447\u0435\u043d\u0430 \u043a\u044a\u043c \u0441\u044a\u0437\u0434\u0430\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0441\u043f\u0435\u0446\u0438\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a (\u0411\u0416\u0415) \u043a\u044a\u043c \u0421\u043e\u0444\u0438\u0439\u0441\u043a\u0438\u044f \u0443\u043d\u0438\u0432\u0435\u0440\u0441\u0438\u0442\u0435\u0442 \u201e\u0421\u0432. \u041a\u043b\u0438\u043c\u0435\u043d\u0442 \u041e\u0445\u0440\u0438\u0434\u0441\u043a\u0438\u201c \u043a\u0430\u0442\u043e \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u0447\u0435\u0441\u043a\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u0438\u043d\u0432\u0435\u0441\u0442\u0438\u0446\u0438\u044f \u0437\u0430 \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435\u0442\u043e \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043d\u0430 \u0430\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u043d\u0438\u0432\u043e.&amp;nbsp;&lt;br&gt;\u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u0435 \u0441\u0442\u0440\u0443\u043a\u0442\u0443\u0440\u0438\u0440\u0430\u043d\u0430 \u0432 \u0447\u0435\u0442\u0438\u0440\u0438 \u043c\u04</t>
+  </si>
+  <si>
+    <t>Съвет за защита на интелектуалната собственост</t>
+  </si>
+  <si>
+    <t>Съвет за икономически анализи</t>
+  </si>
+  <si>
+    <t>Съвет за интелигентен растеж</t>
+  </si>
+  <si>
+    <t>Съвет за координация в борбата с правонарушенията, засягащи финансовите интереси на Eвропейския съюз (АФКОС)</t>
+  </si>
+  <si>
+    <t>Съвет за координация и обмен на информация между органите, осъществяващи контрол на пазара на стоки</t>
+  </si>
+  <si>
+    <t>Съвет за координация и сътрудничество</t>
+  </si>
+  <si>
+    <t>[{"id":83,"advisory_board_id":2121,"next_meeting":"2024-10-22 00:00:00","created_at":"2024-10-09T12:52:38.000000Z","updated_at":"2024-10-09T12:52:38.000000Z","deleted_at":null,"description":"\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435","translations":[{"id":492,"locale":"bg","advisory_board_meeting_id":83,"description":"\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435","deleted_at":null},{"id":493,"locale":"en","advisory_board_meeting_id":83,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":84,"advisory_board_id":2121,"next_meeting":"2024-10-11 00:00:00","created_at":"2024-10-10T08:15:48.000000Z","updated_at":"2024-10-10T08:15:48.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u041a\u0421 - \u0438\u0437\u0432\u044a\u043d\u0440\u0435\u0434\u043d\u043e&amp;nbsp;&lt;\/p&gt;","translations":[{"id":494,"locale":"bg","advisory_board_meeting_id":84,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u041a\u0421 - \u0438\u0437\u0432\u044a\u043d\u0440\u0435\u0434\u043d\u043e&amp;nbsp;&lt;\/p&gt;","deleted_at":null},{"id":495,"locale":"en","advisory_board_meeting_id":84,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u041a\u0421 - \u0438\u0437\u0432\u044a\u043d\u0440\u0435\u0434\u043d\u043e&amp;nbsp;&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":85,"advisory_board_id":2121,"next_meeting":"2024-12-11 00:00:00","created_at":"2024-10-10T08:17:15.000000Z","updated_at":"2024-10-10T08:17:15.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0433\u043e\u0434\u0438\u0448\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430&lt;\/p&gt;","translations":[{"id":496,"locale":"bg","advisory_board_meeting_id":85,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0433\u043e\u0434\u0438\u0448\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430&lt;\/p&gt;","deleted_at":null},{"id":497,"locale":"en","advisory_board_meeting_id":85,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0433\u043e\u0434\u0438\u0448\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":86,"advisory_board_id":2121,"next_meeting":"2024-06-18 00:00:00","created_at":"2024-10-10T08:17:55.000000Z","updated_at":"2024-10-10T08:17:55.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u044e\u043d\u0438&lt;\/p&gt;","translations":[{"id":498,"locale":"bg","advisory_board_meeting_id":86,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u044e\u043d\u0438&lt;\/p&gt;","deleted_at":null},{"id":499,"locale":"en","advisory_board_meeting_id":86,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u044e\u043d\u0438&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":87,"advisory_board_id":2121,"next_meeting":"2023-03-20 00:00:00","created_at":"2024-10-10T08:19:32.000000Z","updated_at":"2024-10-10T08:19:32.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","translations":[{"id":500,"locale":"bg","advisory_board_meeting_id":87,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","deleted_at":null},{"id":501,"locale":"en","advisory_board_meeting_id":87,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":88,"advisory_board_id":2121,"next_meeting":"2022-01-19 00:00:00","created_at":"2024-10-10T08:20:35.000000Z","updated_at":"2024-10-10T08:20:35.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","translations":[{"id":502,"locale":"bg","advisory_board_meeting_id":88,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","deleted_at":null},{"id":503,"locale":"en","advisory_board_meeting_id":88,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":89,"advisory_board_id":2121,"next_meeting":"2024-11-06 00:00:00","created_at":"2024-11-05T09:17:55.000000Z","updated_at":"2024-11-05T09:17:55.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0422\u0435\u0441\u0442&lt;\/p&gt;","translations":[{"id":504,"locale":"bg","advisory_board_meeting_id":89,"description":"&lt;p&gt;\u0422\u0435\u0441\u0442&lt;\/p&gt;","deleted_at":null},{"id":505,"locale":"en","advisory_board_meeting_id":89,"description":"&lt;p&gt;Test&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Съвет за координация на политиките за българите извън Република България</t>
+  </si>
+  <si>
+    <t>Съвет за координация на участието в Глобалната инициатива "Партньорство за открито управление"</t>
+  </si>
+  <si>
+    <t>[{"id":68,"advisory_board_id":2109,"next_meeting":"2023-12-19 00:00:00","created_at":"2024-03-12T09:12:11.000000Z","updated_at":"2024-03-12T09:12:11.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u044f&lt;\/p&gt;","translations":[{"id":462,"locale":"bg","advisory_board_meeting_id":68,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u044f&lt;\/p&gt;","deleted_at":null},{"id":463,"locale":"en","advisory_board_meeting_id":68,"description":"&lt;p&gt;Meeting of the Council of Coordination&lt;\/p&gt;","deleted_at":null}]},{"id":107,"advisory_board_id":2109,"next_meeting":"2024-11-22 00:00:00","created_at":"2025-10-30T12:25:15.000000Z","updated_at":"2025-10-30T12:25:15.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041f\u0440\u043e\u0442\u043e\u043a\u043e\u043b \u043e\u0442 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435, \u043f\u0440\u043e\u0432\u0435\u0434\u0435\u043d\u043e \u043d\u0430 22.11.2024&lt;\/p&gt;","translations":[{"id":538,"locale":"bg","advisory_board_meeting_id":107,"description":"&lt;p&gt;\u041f\u0440\u043e\u0442\u043e\u043a\u043e\u043b \u043e\u0442 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435, \u043f\u0440\u043e\u0432\u0435\u0434\u0435\u043d\u043e \u043d\u0430 22.11.2024&lt;\/p&gt;","deleted_at":null},{"id":539,"locale":"en","advisory_board_meeting_id":107,"description":"&lt;p&gt;\"Minutes of the meeting held on November 22, 2024&lt;\/p&gt;","deleted_at":null}]},{"id":116,"advisory_board_id":2109,"next_meeting":"2022-12-15 00:00:00","created_at":"2025-11-17T13:27:38.000000Z","updated_at":"2025-11-17T13:27:38.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435&amp;nbsp;&lt;\/p&gt;","translations":[{"id":556,"locale":"bg","advisory_board_meeting_id":116,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435&amp;nbsp;&lt;\/p&gt;","deleted_at":null},{"id":557,"locale":"en","advisory_board_meeting_id":116,"description":"&lt;p&gt;Meeting&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Съвет за координация при управлението на средствата от Европейския съюз</t>
+  </si>
+  <si>
+    <t>[{"id":1203,"advisory_board_id":204,"next_meeting":"2012-10-16 00:00:00","created_at":"2023-12-19T07:41:21.000000Z","updated_at":"2023-12-19T07:41:21.000000Z","deleted_at":null,"description":"","translations":[{"id":73,"locale":"bg","advisory_board_meeting_id":1203,"description":"","deleted_at":null},{"id":74,"locale":"en","advisory_board_meeting_id":1203,"description":"","deleted_at":null}]},{"id":1202,"advisory_board_id":204,"next_meeting":"2012-11-09 00:00:00","created_at":"2023-12-19T07:41:21.000000Z","updated_at":"2023-12-19T07:41:21.000000Z","deleted_at":null,"description":"","translations":[{"id":75,"locale":"bg","advisory_board_meeting_id":1202,"description":"","deleted_at":null},{"id":76,"locale":"en","advisory_board_meeting_id":1202,"description":"","deleted_at":null}]},{"id":1204,"advisory_board_id":204,"next_meeting":"2012-12-15 00:00:00","created_at":"2023-12-19T07:41:21.000000Z","updated_at":"2023-12-19T07:41:21.000000Z","deleted_at":null,"description":"","translations":[{"id":77,"locale":"bg","advisory_board_meeting_id":1204,"description":"","deleted_at":null},{"id":78,"locale":"en","advisory_board_meeting_id":1204,"description":"","deleted_at":null}]},{"id":1301,"advisory_board_id":204,"next_meeting":"2013-05-16 00:00:00","created_at":"2023-12-19T07:41:22.000000Z","updated_at":"2023-12-19T07:41:22.000000Z","deleted_at":null,"description":"","translations":[{"id":83,"locale":"bg","advisory_board_meeting_id":1301,"description":"","deleted_at":null},{"id":84,"locale":"en","advisory_board_meeting_id":1301,"description":"","deleted_at":null}]},{"id":1211,"advisory_board_id":204,"next_meeting":"2013-03-07 00:00:00","created_at":"2023-12-19T07:41:24.000000Z","updated_at":"2023-12-19T07:41:24.000000Z","deleted_at":null,"description":"","translations":[{"id":85,"locale":"bg","advisory_board_meeting_id":1211,"description":"","deleted_at":null},{"id":86,"locale":"en","advisory_board_meeting_id":1211,"description":"","deleted_at":null}]},{"id":1212,"advisory_board_id":204,"next_meeting":"2013-02-27 00:00:00","created_at":"2023-12-19T07:41:24.000000Z","updated_at":"2023-12-19T07:41:24.000000Z","deleted_at":null,"description":"","translations":[{"id":87,"locale":"bg","advisory_board_meeting_id":1212,"description":"","deleted_at":null},{"id":88,"locale":"en","advisory_board_meeting_id":1212,"description":"","deleted_at":null}]},{"id":1305,"advisory_board_id":204,"next_meeting":"2013-09-10 00:00:00","created_at":"2023-12-19T07:41:24.000000Z","updated_at":"2023-12-19T07:41:24.000000Z","deleted_at":null,"description":"","translations":[{"id":97,"locale":"bg","advisory_board_meeting_id":1305,"description":"","deleted_at":null},{"id":98,"locale":"en","advisory_board_meeting_id":1305,"description":"","deleted_at":null}]},{"id":2302,"advisory_board_id":204,"next_meeting":"2015-06-03 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":107,"locale":"bg","advisory_board_meeting_id":2302,"description":"","deleted_at":null},{"id":108,"locale":"en","advisory_board_meeting_id":2302,"description":"","deleted_at":null}]},{"id":2303,"advisory_board_id":204,"next_meeting":"2015-05-18 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":109,"locale":"bg","advisory_board_meeting_id":2303,"description":"","deleted_at":null},{"id":110,"locale":"en","advisory_board_meeting_id":2303,"description":"","deleted_at":null}]},{"id":2304,"advisory_board_id":204,"next_meeting":"2015-06-17 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":111,"locale":"bg","advisory_board_meeting_id":2304,"description":"","deleted_at":null},{"id":112,"locale":"en","advisory_board_meeting_id":2304,"description":"","deleted_at":null}]},{"id":2305,"advisory_board_id":204,"next_meeting":"2015-06-18 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":113,"locale":"bg","advisory_board_meeting_id":2305,"description":"","deleted_at":null},{"id":114,"locale":"en","advisory_board_meeting_id":2305,"description":"","deleted_at":null}]},{"id":2306,"advisory_board_id":204,"next_meeting":"2015-06-22 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":115,"locale":"bg","advisory_board_meeting_id":2306,"description":"","deleted_at":null},{"id":116,"locale":"en","advisory_board_meeting_id":2306,"description":"","deleted_at":null}]},{"id":2308,"advisory_board_id":204,"next_meeting":"2015-07-13 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":117,"locale":"bg","advisory_board_meeting_id":2308,"description":"","deleted_at":null},{"id":118,"locale":"en","advisory_board_meeting_id":2308,"description":"","deleted_at":null}]},{"id":2309,"advisory_board_id":204,"next_meeting":"2015-07-20 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":119,"locale":"bg","advisory_board_meeting_id":2309,"description":"","deleted_at":null},{"id":120,"locale":"en","advisory_board_meeting_id":2309,"description":"","deleted_at":null}]},{"id":1601,"advisory_board_id":204,"next_meeting":"2014-02-19 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":127,"locale":"bg","advisory_board_meeting_id":1601,"description":"","deleted_at":null},{"id":128,"locale":"en","advisory_board_meeting_id":1601,"description":"","deleted_at":null}]},{"id":1701,"advisory_board_id":204,"next_meeting":"2014-04-02 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":129,"locale":"bg","advisory_board_meeting_id":1701,"description":"","deleted_at":null},{"id":130,"locale":"en","advisory_board_meeting_id":1701,"description":"","deleted_at":null}]},{"id":1702,"advisory_board_id":204,"next_meeting":"2014-04-07 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":131,"locale":"bg","advisory_board_meeting_id":1702,"description":"","deleted_at":null},{"id":132,"locale":"en","advisory_board_meeting_id":1702,"description":"","deleted_at":null}]},{"id":1801,"advisory_board_id":204,"next_meeting":"2014-05-13 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":133,"locale":"bg","advisory_board_meeting_id":1801,"description":"","deleted_at":null},{"id":134,"locale":"en","advisory_board_meeting_id":1801,"description":"","deleted_at":null}]},{"id":2101,"advisory_board_id":204,"next_meeting":"2014-09-03 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":137,"locale":"bg","advisory_board_meeting_id":2101,"description":"","deleted_at":null},{"id":138,"locale":"en","advisory_board_meeting_id":2101,"description":"","deleted_at":null}]},{"id":2102,"advisory_board_id":204,"next_meeting":"2014-09-18 00:00:00","created_at":"2023-12-19T07:41:27.000000Z","updated_at":"2023-12-19T07:41:27.000000Z","deleted_at":null,"description":"","translations":[{"id":139,"locale":"bg","advisory_board_meeting_id":2102,"description":"","deleted_at":null},{"id":140,"locale":"en","advisory_board_meeting_id":2102,"description":"","deleted_at":null}]},{"id":2110,"advisory_board_id":204,"next_meeting":"2014-11-25 00:00:00","created_at":"2023-12-19T07:41:27.000000Z","updated_at":"2023-12-19T07:41:27.000000Z","deleted_at":null,"description":"","translations":[{"id":141,"locale":"bg","advisory_board_meeting_id":2110,"description":"","deleted_at":null},{"id":142,"locale":"en","advisory_board_meeting_id":2110,"description":"","deleted_at":null}]},{"id":2104,"advisory_board_id":204,"next_meeting":"2014-07-08 00:00:00","created_at":"2023-12-19T07:41:27.000000Z","updated_at":"2023-12-19T07:41:27.000000Z","deleted_at":null,"description":"","translations":[{"id":143,"locale":"bg","advisory_board_meeting_id":2104,"description":"","deleted_at":null},{"id":144,"locale":"en","advisory_board_meeting_id":2104,"description":"","deleted_at":null}]},{"id":2103,"advisory_board_id":204,"next_meeting":"2014-06-18 00:00:00","created_at":"2023-12-19T07:41:27.000000Z","updated_at":"2023-12-19T07:41:27.000000Z","deleted_at":null,"description":"","translations":[{"id":145,"locale":"bg","advisory_board_meeting_id":2103,"description":"","deleted_at":null},{"id":146,"locale":"en","advisory_board_meeting_id":2103,"description":"","deleted_at":null}]},{"id":2109,"advisory_board_id":204,"next_meeting":"2014-12-02 00:00:00","created_at":"2023-12-19T07:41:27.000000Z","updated_at":"2023-12-19T07:41:27.000000Z","deleted_at":null,"description":"","translations":[{"id":147,"locale":"bg","advisory_board_meeting_id":2109,"description":"","deleted_at":null},{"id":148,"locale":"en","advisory_board_meeting_id":2109,"description":"","deleted_at":null}]},{"id":2106,"advisory_board_id":204,"next_meeting":"2014-11-12 00:00:00","created_at":"2023-12-19T07:41:28.000000Z","updated_at":"2023-12-19T07:41:28.000000Z","deleted_at":null,"description":"","translations":[{"id":151,"locale":"bg","advisory_board_meeting_id":2106,"description":"","deleted_at":null},{"id":152,"locale":"en","advisory_board_meeting_id":2106,"description":"","deleted_at":null}]},{"id":2107,"advisory_board_id":204,"next_meeting":"2014-11-17 00:00:00","created_at":"2023-12-19T07:41:28.000000Z","updated_at":"2023-12-19T07:41:28.000000Z","deleted_at":null,"description":"","translations":[{"id":153,"locale":"bg","advisory_board_meeting_id":2107,"description":"","deleted_at":null},{"id":154,"locale":"en","advisory_board_meeting_id":2107,"description":"","deleted_at":null}]},{"id":2108,"advisory_board_id":204,"next_meeting":"2014-03-17 00:00:00","created_at":"2023-12-19T07:41:28.000000Z","updated_at":"2023-12-19T07:41:28.000000Z","deleted_at":null,"description":"","translations":[{"id":155,"locale":"bg","advisory_board_meeting_id":2108,"description":"","deleted_at":null},{"id":156,"locale":"en","advisory_board_meeting_id":2108,"description":"","deleted_at":null}]},{"id":1904,"advisory_board_id":204,"next_meeting":"2014-05-31 00:00:00","created_at":"2023-12-19T07:41:28.000000Z","updated_at":"2023-12-19T07:41:28.000000Z","deleted_at":null,"description":"","translations":[{"id":157,"locale":"bg","advisory_board_meeting_id":1904,"description":"","deleted_at":null},{"id":158,"locale":"en","advisory_board_meeting_id":1904,"description":"","deleted_at":null}]},{"id":2111,"advisory_board_id":204,"next_meeting":"2014-12-09 00:00:00","created_at":"2023-12-19T07:41:28.000000Z","updated_at":"2023-12-19T07:41:28.000000Z","deleted_at":null,"description":"","translations":[{"id":159,"locale":"bg","advisory_board_meeting_id":2111,"description":"","deleted_at":null},{"id":160,"locale":"en","advisory_board_meeting_id":2111,"description":"","deleted_at":null}]},{"id":2112,"advisory_board_id":204,"next_meeting":"2014-12-17 00:00:00","created_at":"2023-12-19T07:41:28.000000Z","updated_at":"2023-12-19T07:41:28.000000Z","deleted_at":null,"description":"","translations":[{"id":161,"locale":"bg","advisory_board_meeting_id":2112,"description":"","deleted_at":null},{"id":162,"locale":"en","advisory_board_meeting_id":2112,"description":"","deleted_at":null}]},{"id":2113,"advisory_board_id":204,"next_meeting":"2015-01-30 00:00:00","created_at":"2023-12-19T07:41:29.000000Z","updated_at":"2023-12-19T07:41:29.000000Z","deleted_at":null,"description":"","translations":[{"id":163,"locale":"bg","advisory_board_meeting_id":2113,"description":"","deleted_at":null},{"id":164,"locale":"en","advisory_board_meeting_id":2113,"description":"","deleted_at":null}]},{"id":2115,"advisory_board_id":204,"next_meeting":"2015-02-13 00:00:00","created_at":"2023-12-19T07:41:29.000000Z","updated_at":"2023-12-19T07:41:29.000000Z","deleted_at":null,"description":"","translations":[{"id":165,"locale":"bg","advisory_board_meeting_id":2115,"description":"","deleted_at":null},{"id":166,"locale":"en","advisory_board_meeting_id":2115,"description":"","deleted_at":null}]},{"id":2116,"advisory_board_id":204,"next_meeting":"2015-03-13 00:00:00","created_at":"2023-12-19T07:41:29.000000Z","updated_at":"2023-12-19T07:41:29.000000Z","deleted_at":null,"description":"","translations":[{"id":167,"locale":"bg","advisory_board_meeting_id":2116,"description":"","deleted_at":null},{"id":168,"locale":"en","advisory_board_meeting_id":2116,"description":"","deleted_at":null}]},{"id":2117,"advisory_board_id":204,"next_meeting":"2015-04-03 00:00:00","created_at":"2023-12-19T07:41:29.000000Z","updated_at":"2023-12-19T07:41:29.000000Z","deleted_at":null,"description":"","translations":[{"id":169,"locale":"bg","advisory_board_meeting_id":2117,"description":"","deleted_at":null},{"id":170,"locale":"en","advisory_board_meeting_id":2117,"description":"","deleted_at":null}]},{"id":2118,"advisory_board_id":204,"next_meeting":"2015-05-05 00:00:00","created_at":"2023-12-19T07:41:29.000000Z","updated_at":"2023-12-19T07:41:29.000000Z","deleted_at":null,"description":"","translations":[{"id":171,"locale":"bg","advisory_board_meeting_id":2118,"description":"","deleted_at":null},{"id":172,"locale":"en","advisory_board_meeting_id":2118,"description":"","deleted_at":null}]},{"id":2201,"advisory_board_id":204,"next_meeting":"2015-05-12 00:00:00","created_at":"2023-12-19T07:41:29.000000Z","updated_at":"2023-12-19T07:41:29.000000Z","deleted_at":null,"description":"","translations":[{"id":173,"locale":"bg","advisory_board_meeting_id":2201,"description":"","deleted_at":null},{"id":174,"locale":"en","advisory_board_meeting_id":2201,"description":"","deleted_at":null}]},{"id":2301,"advisory_board_id":204,"next_meeting":"2015-06-01 00:00:00","created_at":"2023-12-19T07:41:30.000000Z","updated_at":"2023-12-19T07:41:30.000000Z","deleted_at":null,"description":"","translations":[{"id":175,"locale":"bg","advisory_board_meeting_id":2301,"description":"","deleted_at":null},{"id":176,"locale":"en","advisory_board_meeting_id":2301,"description":"","deleted_at":null}]},{"id":2310,"advisory_board_id":204,"next_meeting":"2015-07-30 00:00:00","created_at":"2023-12-19T07:41:30.000000Z","updated_at":"2023-12-19T07:41:30.000000Z","deleted_at":null,"description":"","translations":[{"id":177,"locale":"bg","advisory_board_meeting_id":2310,"description":"","deleted_at":null},{"id":178,"locale":"en","advisory_board_meeting_id":2310,"description":"","deleted_at":null}]},{"id":2311,"advisory_board_id":204,"next_meeting":"2015-08-13 00:00:00","created_at":"2023-12-19T07:41:30.000000Z","updated_at":"2023-12-19T07:41:30.000000Z","deleted_at":null,"description":"","translations":[{"id":179,"locale":"bg","advisory_board_meeting_id":2311,"description":"","deleted_at":null},{"id":180,"locale":"en","advisory_board_meeting_id":2311,"description":"","deleted_at":null}]},{"id":2312,"advisory_board_id":204,"next_meeting":"2015-09-04 00:00:00","created_at":"2023-12-19T07:41:31.000000Z","updated_at":"2023-12-19T07:41:31.000000Z","deleted_at":null,"description":"","translations":[{"id":181,"locale":"bg","advisory_board_meeting_id":2312,"description":"","deleted_at":null},{"id":182,"locale":"en","advisory_board_meeting_id":2312,"description":"","deleted_at":null}]},{"id":2313,"advisory_board_id":204,"next_meeting":"2015-09-10 00:00:00","created_at":"2023-12-19T07:41:31.000000Z","updated_at":"2023-12-19T07:41:31.000000Z","deleted_at":null,"description":"","translations":[{"id":183,"locale":"bg","advisory_board_meeting_id":2313,"description":"","deleted_at":null},{"id":184,"locale":"en","advisory_board_meeting_id":2313,"description":"","deleted_at":null}]},{"id":2314,"advisory_board_id":204,"next_meeting":"2015-09-24 00:00:00","created_at":"2023-12-19T07:41:32.000000Z","updated_at":"2023-12-19T07:41:32.000000Z","deleted_at":null,"description":"","translations":[{"id":185,"locale":"bg","advisory_board_meeting_id":2314,"description":"","deleted_at":null},{"id":186,"locale":"en","advisory_board_meeting_id":2314,"description":"","deleted_at":null}]},{"id":2315,"advisory_board_id":204,"next_meeting":"2015-09-23 00:00:00","created_at":"2023-12-19T07:41:32.000000Z","updated_at":"2023-12-19T07:41:32.000000Z","deleted_at":null,"description":"","translations":[{"id":187,"locale":"bg","advisory_board_meeting_id":2315,"description":"","deleted_at":null},{"id":188,"locale":"en","advisory_board_meeting_id":2315,"description":"","deleted_at":null}]},{"id":2317,"advisory_board_id":204,"next_meeting":"2015-10-12 00:00:00","created_at":"2023-12-19T07:41:32.000000Z","updated_at":"2023-12-19T07:41:32.000000Z","deleted_at":null,"description":"","translations":[{"id":189,"locale":"bg","advisory_board_meeting_id":2317,"description":"","deleted_at":null},{"id":190,"locale":"en","advisory_board_meeting_id":2317,"description":"","deleted_at":null}]},{"id":2318,"advisory_board_id":204,"next_meeting":"2015-10-05 00:00:00","created_at":"2023-12-19T07:41:32.000000Z","updated_at":"2023-12-19T07:41:32.000000Z","deleted_at":null,"description":"","translations":[{"id":191,"locale":"bg","advisory_board_meeting_id":2318,"description":"","deleted_at":null},{"id":192,"locale":"en","advisory_board_meeting_id":2318,"description":"","deleted_at":null}]},{"id":2319,"advisory_board_id":204,"next_meeting":"2015-10-19 00:00:00","created_at":"2023-12-19T07:41:36.000000Z","updated_at":"2023-12-19T07:41:36.000000Z","deleted_at":null,"description":"","translations":[{"id":193,"locale":"bg","advisory_board_meeting_id":2319,"description":"","deleted_at":null},{"id":194,"locale":"en","advisory_board_meeting_id":2319,"description":"","deleted_at":null}]},{"id":2320,"advisory_board_id":204,"next_meeting":"2015-10-27 00:00:00","created_at":"2023-12-19T07:41:36.000000Z","updated_at":"2023-12-19T07:41:36.000000Z","deleted_at":null,"description":"","translations":[{"id":195,"locale":"bg","advisory_board_meeting_id":2320,"description":"","deleted_at":null},{"id":196,"locale":"en","advisory_board_meeting_id":2320,"description":"","deleted_at":null}]},{"id":2401,"advisory_board_id":204,"next_meeting":"2015-11-04 00:00:00","created_at":"2023-12-19T07:41:37.000000Z","updated_at":"2023-12-19T07:41:37.000000Z","deleted_at":null,"description":"","translations":[{"id":197,"locale":"bg","advisory_board_meeting_id":2401,"description":"","deleted_at":null},{"id":198,"locale":"en","advisory_board_meeting_id":2401,"description":"","deleted_at":null}]},{"id":2402,"advisory_board_id":204,"next_meeting":"2015-11-12 00:00:00","created_at":"2023-12-19T07:41:37.000000Z","updated_at":"2023-12-19T07:41:37.000000Z","deleted_at":null,"description":"","translations":[{"id":199,"locale":"bg","advisory_board_meeting_id":2402,"description":"","deleted_at":null},{"id":200,"locale":"en","advisory_board_meeting_id":2402,"description":"","deleted_at":null}]},{"id":2403,"advisory_board_id":204,"next_meeting":"2015-11-16 00:00:00","created_at":"2023-12-19T07:41:37.000000Z","updated_at":"2023-12-19T07:41:37.000000Z","deleted_at":null,"description":"","translations":[{"id":201,"locale":"bg","advisory_board_meeting_id":2403,"description":"","deleted_at":null},{"id":202,"locale":"en","advisory_board_meeting_id":2403,"description":"","deleted_at":null}]},{"id":2501,"advisory_board_id":204,"next_meeting":"2015-12-09 00:00:00","created_at":"2023-12-19T07:41:37.000000Z","updated_at":"2023-12-19T07:41:37.000000Z","deleted_at":null,"description":"","translations":[{"id":203,"locale":"bg","advisory_board_meeting_id":2501,"description":"","deleted_at":null},{"id":204,"locale":"en","advisory_board_meeting_id":2501,"description":"","deleted_at":null}]},{"id":2502,"advisory_board_id":204,"next_meeting":"2016-01-06 00:00:00","created_at":"2023-12-19T07:41:37.000000Z","updated_at":"2023-12-19T07:41:37.000000Z","deleted_at":null,"description":"","translations":[{"id":205,"locale":"bg","advisory_board_meeting_id":2502,"description":"","deleted_at":null},{"id":206,"locale":"en","advisory_board_meeting_id":2502,"description":"","deleted_at":null}]},{"id":2503,"advisory_board_id":204,"next_meeting":"2016-01-14 00:00:00","created_at":"2023-12-19T07:41:37.000000Z","updated_at":"2023-12-19T07:41:37.000000Z","deleted_at":null,"description":"","translations":[{"id":207,"locale":"bg","advisory_board_meeting_id":2503,"description":"","deleted_at":null},{"id":208,"locale":"en","advisory_board_meeting_id":2503,"description":"","deleted_at":null}]},{"id":2504,"advisory_board_id":204,"next_meeting":"2016-01-18 00:00:00","created_at":"2023-12-19T07:41:37.000000Z","updated_at":"2023-12-19T07:41:37.000000Z","deleted_at":null,"description":"","translations":[{"id":209,"locale":"bg","advisory_board_meeting_id":2504,"description":"","deleted_at":null},{"id":210,"locale":"en","advisory_board_meeting_id":2504,"description":"","deleted_at":null}]},{"id":2602,"advisory_board_id":204,"next_meeting":"2016-02-23 00:00:00","created_at":"2023-12-19T07:41:37.000000Z","updated_at":"2023-12-19T07:41:37.000000Z","deleted_at":null,"description":"","translations":[{"id":211,"locale":"bg","advisory_board_meeting_id":2602,"description":"","deleted_at":null},{"id":212,"locale":"en","advisory_board_meeting_id":2602,"description":"","deleted_at":null}]},{"id":2701,"advisory_board_id":204,"next_meeting":"2016-03-30 00:00:00","created_at":"2023-12-19T07:41:41.000000Z","updated_at":"2023-12-19T07:41:41.000000Z","deleted_at":null,"description":"","translations":[{"id":213,"locale":"bg","advisory_board_meeting_id":2701,"description":"","deleted_at":null},{"id":214,"locale":"en","advisory_board_meeting_id":2701,"description":"","deleted_at":null}]},{"id":2702,"advisory_board_id":204,"next_meeting":"2016-03-21 00:00:00","created_at":"2023-12-19T07:41:43.000000Z","updated_at":"2023-12-19T07:41:43.000000Z","deleted_at":null,"description":"","translations":[{"id":215,"locale":"bg","advisory_board_meeting_id":2702,"description":"","deleted_at":null},{"id":216,"locale":"en","advisory_board_meeting_id":2702,"description":"","deleted_at":null}]},{"id":2704,"advisory_board_id":204,"next_meeting":"2016-03-31 00:00:00","created_at":"2023-12-19T07:41:43.000000Z","updated_at":"2023-12-19T07:41:43.000000Z","deleted_at":null,"description":"","translations":[{"id":217,"locale":"bg","advisory_board_meeting_id":2704,"description":"","deleted_at":null},{"id":218,"locale":"en","advisory_board_meeting_id":2704,"description":"","deleted_at":null}]},{"id":2802,"advisory_board_id":204,"next_meeting":"2016-06-03 00:00:00","created_at":"2023-12-19T07:41:43.000000Z","updated_at":"2023-12-19T07:41:43.000000Z","deleted_at":null,"description":"","translations":[{"id":219,"locale":"bg","advisory_board_meeting_id":2802,"description":"","deleted_at":null},{"id":220,"locale":"en","advisory_board_meeting_id":2802,"description":"","deleted_at":null}]},{"id":1902,"advisory_board_id":204,"next_meeting":"2014-05-22 00:00:00","created_at":"2023-12-19T07:41:44.000000Z","updated_at":"2023-12-19T07:41:44.000000Z","deleted_at":null,"description":"","translations":[{"id":221,"locale":"bg","advisory_board_meeting_id":1902,"description":"","deleted_at":null},{"id":222,"locale":"en","advisory_board_meeting_id":1902,"description":"","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Съвет за криминологични изследвания</t>
+  </si>
+  <si>
+    <t>[{"id":154,"advisory_board_id":2133,"next_meeting":"2023-02-24 00:00:00","created_at":"2026-01-14T16:56:49.000000Z","updated_at":"2026-01-14T16:56:49.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 3, 24 \u0444\u0435\u0432\u0440\u0443\u0430\u0440\u0438 2023 \u0433.&lt;\/p&gt;","translations":[{"id":632,"locale":"bg","advisory_board_meeting_id":154,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 3, 24 \u0444\u0435\u0432\u0440\u0443\u0430\u0440\u0438 2023 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":633,"locale":"en","advisory_board_meeting_id":154,"description":"&lt;p&gt;Meeting \u2116 3, 24 February 2023&lt;\/p&gt;","deleted_at":null}]},{"id":153,"advisory_board_id":2133,"next_meeting":"2023-01-09 00:00:00","created_at":"2026-01-14T16:44:38.000000Z","updated_at":"2026-01-14T16:57:20.000000Z","deleted_at":null,"description":"&lt;p&gt;&amp;nbsp;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 2, 9 \u044f\u043d\u0443\u0430\u0440\u0438 2023 \u0433.&lt;\/p&gt;","translations":[{"id":630,"locale":"bg","advisory_board_meeting_id":153,"description":"&lt;p&gt;&amp;nbsp;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 2, 9 \u044f\u043d\u0443\u0430\u0440\u0438 2023 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":631,"locale":"en","advisory_board_meeting_id":153,"description":"&lt;p&gt;Meeting \u21161, 9 January 2023&lt;\/p&gt;","deleted_at":null}]},{"id":144,"advisory_board_id":2133,"next_meeting":"2022-11-28 00:00:00","created_at":"2025-12-12T15:40:36.000000Z","updated_at":"2026-01-14T16:58:16.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 1, 22 \u043d\u043e\u0435\u043c\u0432\u0440\u0438 2022 \u0433.&lt;\/p&gt;","translations":[{"id":612,"locale":"bg","advisory_board_meeting_id":144,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 1, 22 \u043d\u043e\u0435\u043c\u0432\u0440\u0438 2022 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":613,"locale":"en","advisory_board_meeting_id":144,"description":"&lt;p&gt;Meeting \u21161, 22 November 2022&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Съвет за кръгова икономика</t>
+  </si>
+  <si>
+    <t>Съвет за прилагане на Националния координационен механизъм за върховенство на правото</t>
+  </si>
+  <si>
+    <t>[{"id":132,"advisory_board_id":2141,"next_meeting":"2022-09-19 00:00:00","created_at":"2025-12-02T08:34:41.000000Z","updated_at":"2025-12-02T10:21:33.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":588,"locale":"bg","advisory_board_meeting_id":132,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":589,"locale":"en","advisory_board_meeting_id":132,"description":"&lt;p&gt;Session of the Council for the Implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":134,"advisory_board_id":2141,"next_meeting":"2022-12-05 00:00:00","created_at":"2025-12-03T08:25:03.000000Z","updated_at":"2025-12-03T08:25:03.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":592,"locale":"bg","advisory_board_meeting_id":134,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":593,"locale":"en","advisory_board_meeting_id":134,"description":"&lt;p&gt;Session of the Council for the Implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":135,"advisory_board_id":2141,"next_meeting":"2023-06-26 00:00:00","created_at":"2025-12-03T09:16:39.000000Z","updated_at":"2025-12-03T09:16:39.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":594,"locale":"bg","advisory_board_meeting_id":135,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":595,"locale":"en","advisory_board_meeting_id":135,"description":"&lt;p&gt;Session of the Council for the Implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":142,"advisory_board_id":2141,"next_meeting":"2023-09-18 00:00:00","created_at":"2025-12-12T10:00:14.000000Z","updated_at":"2025-12-12T10:00:14.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":608,"locale":"bg","advisory_board_meeting_id":142,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":609,"locale":"en","advisory_board_meeting_id":142,"description":"&lt;p&gt;Session of the Council for the implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":143,"advisory_board_id":2141,"next_meeting":"2024-02-19 00:00:00","created_at":"2025-12-12T10:11:52.000000Z","updated_at":"2025-12-12T10:11:52.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":610,"locale":"bg","advisory_board_meeting_id":143,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":611,"locale":"en","advisory_board_meeting_id":143,"description":"&lt;p&gt;Session of the Council for the implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Съвет за развитие на гражданското общество</t>
+  </si>
+  <si>
+    <t>[{"id":67,"advisory_board_id":1902,"next_meeting":"2023-12-19 00:00:00","created_at":"2024-03-07T14:27:54.000000Z","updated_at":"2024-03-07T14:27:54.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u0420\u0413\u041e&lt;\/p&gt;","translations":[{"id":460,"locale":"bg","advisory_board_meeting_id":67,"description":"&lt;p&gt;\u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u0420\u0413\u041e&lt;\/p&gt;","deleted_at":null},{"id":461,"locale":"en","advisory_board_meeting_id":67,"description":"&lt;p&gt;\u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u0420\u0413\u041e&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Съвет „Международно сътрудничество за развитие и регионално сътрудничество"</t>
+  </si>
+  <si>
+    <t>Съвет "Партньорство за здраве"</t>
+  </si>
+  <si>
+    <t>Съвет по акредитация</t>
+  </si>
+  <si>
+    <t>Българска служба по акредитация</t>
+  </si>
+  <si>
+    <t>Изпълнителния директор на Българска служба по акредитация</t>
+  </si>
+  <si>
+    <t>Съвет по геодезия, картография и кадастър</t>
+  </si>
+  <si>
+    <t>Регионална политика</t>
+  </si>
+  <si>
+    <t>Съвет по гражданството</t>
+  </si>
+  <si>
+    <t>Съвет по децентрализация на държавното управление</t>
+  </si>
+  <si>
+    <t>[{"id":801,"advisory_board_id":28,"next_meeting":"2010-10-04 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":49,"locale":"bg","advisory_board_meeting_id":801,"description":"","deleted_at":null},{"id":50,"locale":"en","advisory_board_meeting_id":801,"description":"","deleted_at":null}]},{"id":802,"advisory_board_id":28,"next_meeting":"2010-07-29 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":51,"locale":"bg","advisory_board_meeting_id":802,"description":"","deleted_at":null},{"id":52,"locale":"en","advisory_board_meeting_id":802,"description":"","deleted_at":null}]},{"id":803,"advisory_board_id":28,"next_meeting":"2010-05-25 00:00:00","created_at":"2023-12-19T07:41:19.000000Z","updated_at":"2023-12-19T07:41:19.000000Z","deleted_at":null,"description":"","translations":[{"id":53,"locale":"bg","advisory_board_meeting_id":803,"description":"","deleted_at":null},{"id":54,"locale":"en","advisory_board_meeting_id":803,"description":"","deleted_at":null}]},{"id":1302,"advisory_board_id":28,"next_meeting":"2013-09-12 00:00:00","created_at":"2023-12-19T07:41:24.000000Z","updated_at":"2023-12-19T07:41:24.000000Z","deleted_at":null,"description":"","translations":[{"id":95,"locale":"bg","advisory_board_meeting_id":1302,"description":"","deleted_at":null},{"id":96,"locale":"en","advisory_board_meeting_id":1302,"description":"","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Съвет по европейските въпроси</t>
+  </si>
+  <si>
+    <t>[{"id":139,"advisory_board_id":33,"next_meeting":"2025-12-08 00:00:00","created_at":"2025-12-05T14:24:06.000000Z","updated_at":"2025-12-05T14:24:06.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":602,"locale":"bg","advisory_board_meeting_id":139,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":603,"locale":"en","advisory_board_meeting_id":139,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":140,"advisory_board_id":33,"next_meeting":"2025-01-13 00:00:00","created_at":"2025-12-05T14:30:11.000000Z","updated_at":"2025-12-05T14:30:11.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":604,"locale":"bg","advisory_board_meeting_id":140,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":605,"locale":"en","advisory_board_meeting_id":140,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":147,"advisory_board_id":33,"next_meeting":"2025-12-15 00:00:00","created_at":"2025-12-22T14:11:26.000000Z","updated_at":"2025-12-22T14:11:26.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":618,"locale":"bg","advisory_board_meeting_id":147,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":619,"locale":"en","advisory_board_meeting_id":147,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":148,"advisory_board_id":33,"next_meeting":"2025-12-01 00:00:00","created_at":"2025-12-22T14:12:03.000000Z","updated_at":"2025-12-22T14:12:03.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":620,"locale":"bg","advisory_board_meeting_id":148,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":621,"locale":"en","advisory_board_meeting_id":148,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":155,"advisory_board_id":33,"next_meeting":"2026-01-12 00:00:00","created_at":"2026-01-21T09:17:38.000000Z","updated_at":"2026-01-21T09:17:38.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":634,"locale":"bg","advisory_board_meeting_id":155,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":635,"locale":"en","advisory_board_meeting_id":155,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]},{"id":156,"advisory_board_id":33,"next_meeting":"2026-01-19 00:00:00","created_at":"2026-01-21T09:17:49.000000Z","updated_at":"2026-01-21T09:17:49.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","translations":[{"id":636,"locale":"bg","advisory_board_meeting_id":156,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null},{"id":637,"locale":"en","advisory_board_meeting_id":156,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u0438\u0442\u0435 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u044f \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u043e \u0435\u0432\u0440\u043e\u043f\u0435\u0439\u0441\u043a\u0438\u0442\u0435 \u0432\u044a\u043f\u0440\u043e\u0441\u0438 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u0442 \u0432\u0435\u0434\u043d\u044a\u0436 \u0441\u0435\u0434\u043c\u0438\u0447\u043d\u043e (\u043e\u0431\u0438\u043a\u043d\u043e\u0432\u0435\u043d\u043e \u0432\u0441\u0435\u043a\u0438 \u043f\u043e\u043d\u0435\u0434\u0435\u043b\u043d\u0438\u043a) \u043f\u043e \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0443\u0442\u0432\u044a\u0440\u0434\u0435\u043d \u043e\u0442 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043f\u0440\u0435\u0434\u0441\u0435\u0434\u0430\u0442\u0435\u043b \u0434\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434.&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Съвет по енергийна сигурност</t>
+  </si>
+  <si>
+    <t>Съвет по иновации и научни изследвания</t>
+  </si>
+  <si>
+    <t>Съвет по киберсигурността</t>
+  </si>
+  <si>
+    <t>Съвет по международно осиновяване</t>
+  </si>
+  <si>
+    <t>Министерството на правосъдието</t>
+  </si>
+  <si>
+    <t>Съвет по националния радиочестотен спектър</t>
+  </si>
+  <si>
+    <t>Съвет по отбрана</t>
+  </si>
+  <si>
+    <t>Съвет по цифровото десетилетие</t>
+  </si>
+  <si>
+    <t>[{"id":114,"advisory_board_id":2132,"next_meeting":"2023-11-23 00:00:00","created_at":"2025-11-10T09:03:11.000000Z","updated_at":"2025-11-10T09:03:11.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u0437\u0430 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u0410\u043d\u0430\u043b\u0438\u0437 \u043d\u0430 \u0441\u044a\u0441\u0442\u043e\u044f\u043d\u0438\u0435\u0442\u043e \u043d\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0430\u0442\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u0432 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0438 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438 \u043f\u0440\u043e\u0433\u043d\u043e\u0437\u043d\u0438 \u0442\u0440\u0430\u0435\u043a\u0442\u043e\u0440\u0438\u0438 \u0437\u0430 \u0440\u0430\u0432\u043d\u0438\u0449\u0435\u0442\u043e \u043d\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0438\u0442\u0435 \u0446\u0435\u043b\u0438 \u043d\u0430 \u0420 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f.&lt;\/p&gt;","translations":[{"id":552,"locale":"bg","advisory_board_meeting_id":114,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u0437\u0430 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u0410\u043d\u0430\u043b\u0438\u0437 \u043d\u0430 \u0441\u044a\u0441\u0442\u043e\u044f\u043d\u0438\u0435\u0442\u043e \u043d\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0430\u0442\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u0432 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0438 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438 \u043f\u0440\u043e\u0433\u043d\u043e\u0437\u043d\u0438 \u0442\u0440\u0430\u0435\u043a\u0442\u043e\u0440\u0438\u0438 \u0437\u0430 \u0440\u0430\u0432\u043d\u0438\u0449\u0435\u0442\u043e \u043d\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0438\u0442\u0435 \u0446\u0435\u043b\u0438 \u043d\u0430 \u0420 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f.&lt;\/p&gt;","deleted_at":null},{"id":553,"locale":"en","advisory_board_meeting_id":114,"description":"&lt;p&gt;Regular meeting to discuss and adopt an Analysis of the state of digital transformation in Bulgaria and discuss and adopt national forecast trajectories for the level of digital goals of the Republic of Bulgaria.\r\n&lt;\/p&gt;&lt;p&gt;&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":117,"advisory_board_id":2132,"next_meeting":"2024-03-05 00:00:00","created_at":"2025-11-17T13:38:02.000000Z","updated_at":"2025-11-17T13:38:02.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u0437\u0430 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u0410\u043a\u0442\u0443\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u0435\u043d \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u0447\u0435\u0441\u043a\u0438 \u0434\u043e\u043a\u0443\u043c\u0435\u043d\u0442 \"\u0426\u0438\u0444\u0440\u043e\u0432\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0437\u0430 \u043f\u0435\u0440\u0438\u043e\u0434\u0430 2024 - 2030 \u0433.\" \u0438 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u044a\u0442\u043d\u0430 \u043a\u0430\u0440\u0442\u0430 \u0437\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0434\u043e 2030 \u0433.&lt;\/p&gt;","translations":[{"id":558,"locale":"bg","advisory_board_meeting_id":117,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u0437\u0430 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u0438 \u043f\u0440\u0438\u0435\u043c\u0430\u043d\u0435 \u043d\u0430 \u0410\u043a\u0442\u0443\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u0435\u043d \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u0447\u0435\u0441\u043a\u0438 \u0434\u043e\u043a\u0443\u043c\u0435\u043d\u0442 \"\u0426\u0438\u0444\u0440\u043e\u0432\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0437\u0430 \u043f\u0435\u0440\u0438\u043e\u0434\u0430 2024 - 2030 \u0433.\" \u0438 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u044a\u0442\u043d\u0430 \u043a\u0430\u0440\u0442\u0430 \u0437\u0430 \u0446\u0438\u0444\u0440\u043e\u0432\u0430 \u0442\u0440\u0430\u043d\u0441\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0434\u043e 2030 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":559,"locale":"en","advisory_board_meeting_id":117,"description":"&lt;p&gt;Regular meeting to discuss and adopt the Updated National Strategic Document \"Digital Transformation of Bulgaria for the period 2024 - 2030\" and the National Roadmap for Digital Transformation of Bulgaria until 2030.\r\n&lt;\/p&gt;&lt;p&gt;&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Енергиен борд</t>
+  </si>
+  <si>
+    <t>Неактивен</t>
+  </si>
+  <si>
+    <t>Консултативен съвет за финансово управление и контрол</t>
+  </si>
+  <si>
+    <t>[{"id":101,"advisory_board_id":101,"next_meeting":"2009-03-30 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":1,"locale":"bg","advisory_board_meeting_id":101,"description":"","deleted_at":null},{"id":2,"locale":"en","advisory_board_meeting_id":101,"description":"","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Консултативен съвет за чуждестранни инвестиции и финансиране</t>
+  </si>
+  <si>
+    <t>Консултативен съвет към Агенция по вписванията</t>
+  </si>
+  <si>
+    <t>Консултативен съвет към Националната агенция за приходите</t>
+  </si>
+  <si>
+    <t>Национални</t>
+  </si>
+  <si>
+    <t>Консултативен съвет по биологично разнообразие</t>
+  </si>
+  <si>
+    <t>Консултативен съвет по въпросите на водния транспорт</t>
+  </si>
+  <si>
+    <t>Транспорт</t>
+  </si>
+  <si>
+    <t>[{"id":902,"advisory_board_id":411,"next_meeting":"2011-07-01 00:00:00","created_at":"2023-12-19T07:41:20.000000Z","updated_at":"2023-12-19T07:41:20.000000Z","deleted_at":null,"description":"","translations":[{"id":67,"locale":"bg","advisory_board_meeting_id":902,"description":"","deleted_at":null},{"id":68,"locale":"en","advisory_board_meeting_id":902,"description":"","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Консултативен съвет по въпросите на гражданското въздухоплаване</t>
+  </si>
+  <si>
+    <t>Консултативен съвет по въпросите на електронните съобщения, пощенските услуги, информационното общество и електронното управление</t>
+  </si>
+  <si>
+    <t>Консултативен съвет по корпоративна социална отговорност</t>
+  </si>
+  <si>
+    <t>Консултативен съвет по международноправни въпроси</t>
+  </si>
+  <si>
+    <t>Консултативен съвет по образованието на децата и учениците от етническите малцинства</t>
+  </si>
+  <si>
+    <t>Консултативен съвет по околна среда</t>
+  </si>
+  <si>
+    <t>[{"id":401,"advisory_board_id":301,"next_meeting":"2009-12-05 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":7,"locale":"bg","advisory_board_meeting_id":401,"description":"","deleted_at":null},{"id":8,"locale":"en","advisory_board_meeting_id":401,"description":"","deleted_at":null}]},{"id":402,"advisory_board_id":301,"next_meeting":"2009-12-02 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":9,"locale":"bg","advisory_board_meeting_id":402,"description":"","deleted_at":null},{"id":10,"locale":"en","advisory_board_meeting_id":402,"description":"","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Консултативен съвет по пенсионна реформа</t>
+  </si>
+  <si>
+    <t>Координационен съвет за изпълнение и мониторинг на Националния план за изпълнение на Европейската гаранция за младежта 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Координационен съвет за информационно общество</t>
+  </si>
+  <si>
+    <t>Междуведомствен експертен екологичен съвет</t>
+  </si>
+  <si>
+    <t>Междуведомствен консултативен съвет по устойчиво развитие</t>
+  </si>
+  <si>
+    <t>Междуведомствен съвет по експортно застраховане</t>
+  </si>
+  <si>
+    <t>Национален консултативен съвет за редки болести</t>
+  </si>
+  <si>
+    <t>Национален консултативен съвет по професионална квалификация на работната сила</t>
+  </si>
+  <si>
+    <t>Национален съвет за инспектиране на труда</t>
+  </si>
+  <si>
+    <t>Национален съвет за ограничаване на остеопорозата</t>
+  </si>
+  <si>
+    <t>Национален съвет по безопасност на храните</t>
+  </si>
+  <si>
+    <t>Национален съвет по данъчна политика</t>
+  </si>
+  <si>
+    <t>Национален съвет по иновации</t>
+  </si>
+  <si>
+    <t>Национален съвет по миграционна политика</t>
+  </si>
+  <si>
+    <t>Национален съвет по нематериално културно наследство</t>
+  </si>
+  <si>
     <t>Национален съвет по превенция на синдрома на придобитата имунна недостатъчност, туберкулоза и сексуално предавани инфекции</t>
-  </si>
-[...232 lines deleted...]
-    <t>Национален съвет по нематериално културно наследство</t>
   </si>
   <si>
     <t>Национален съвет по психично здраве</t>
   </si>
   <si>
     <t>Национален съвет по трудова миграция</t>
   </si>
   <si>
     <t>[{"id":411,"advisory_board_id":53,"next_meeting":"2008-09-19 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":27,"locale":"bg","advisory_board_meeting_id":411,"description":"","deleted_at":null},{"id":28,"locale":"en","advisory_board_meeting_id":411,"description":"","deleted_at":null}]},{"id":412,"advisory_board_id":53,"next_meeting":"2009-01-09 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":29,"locale":"bg","advisory_board_meeting_id":412,"description":"","deleted_at":null},{"id":30,"locale":"en","advisory_board_meeting_id":412,"description":"","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Национален управляващ съвет за ограничаване и премахване на детския труд</t>
   </si>
   <si>
     <t>Съвет за електронно управление</t>
   </si>
   <si>
     <t>[{"id":2105,"advisory_board_id":701,"next_meeting":"2014-10-17 00:00:00","created_at":"2023-12-19T07:41:27.000000Z","updated_at":"2023-12-19T07:41:27.000000Z","deleted_at":null,"description":"","translations":[{"id":149,"locale":"bg","advisory_board_meeting_id":2105,"description":"","deleted_at":null},{"id":150,"locale":"en","advisory_board_meeting_id":2105,"description":"","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Съвет за икономическа политика</t>
   </si>
   <si>
     <t>Съвет за икономически растеж</t>
   </si>
@@ -941,71 +965,71 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2130/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/37/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2002/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/50/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2131/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1303/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/39/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1601/view" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1701/view" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2139/view" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/408/view" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2118/view" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/8/view" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/7/view" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1504/view" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/10/view" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/60/view" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/23/view" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1401/view" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2001/view" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2135/view" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/31/view" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/45/view" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1302/view" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/402/view" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/43/view" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/54/view" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1001/view" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2136/view" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/12/view" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/13/view" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/11/view" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1503/view" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/404/view" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/35/view" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/201/view" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/42/view" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/15/view" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/52/view" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1603/view" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/18/view" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1602/view" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1301/view" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1801/view" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/47/view" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/21/view" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/30/view" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/36/view" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/203/view" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/25/view" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2112/view" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1501/view" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/26/view" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/3/view" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2121/view" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2117/view" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2109/view" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/204/view" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2116/view" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2141/view" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1902/view" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/55/view" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1505/view" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/407/view" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/58/view" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/28/view" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/33/view" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1502/view" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2140/view" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1901/view" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2134/view" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/34/view" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/59/view" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2132/view" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1201/view" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1/view" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/412/view" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/415/view" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/602/view" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/411/view" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/601/view" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/302/view" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/902/view" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/410/view" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/403/view" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/301/view" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/406/view" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/901/view" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/4/view" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/605/view" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/41/view" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/9/view" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/405/view" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/49/view" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/414/view" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/57/view" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/16/view" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/44/view" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/48/view" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/802/view" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/416/view" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/409/view" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/53/view" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/56/view" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/701/view" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/205/view" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/24/view" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/40/view" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/38/view" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/27/view" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2111/view" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/51/view" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/29/view" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/32/view" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/46/view" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1702/view" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/413/view" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2130/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/37/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/20/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2002/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/50/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2131/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1303/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/39/view" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1601/view" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1701/view" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2139/view" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/408/view" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2118/view" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/8/view" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/7/view" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1504/view" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/10/view" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/60/view" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/23/view" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1401/view" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2001/view" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2135/view" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/31/view" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/45/view" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/402/view" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/43/view" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/54/view" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1001/view" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2136/view" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/12/view" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/13/view" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/11/view" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1503/view" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/404/view" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/35/view" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/201/view" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/42/view" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/15/view" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/52/view" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1603/view" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/18/view" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1602/view" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1801/view" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/47/view" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/21/view" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/30/view" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/36/view" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/203/view" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/25/view" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2112/view" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1501/view" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/26/view" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/3/view" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2121/view" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2117/view" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2109/view" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/204/view" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2133/view" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2116/view" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2141/view" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1902/view" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/55/view" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1505/view" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2144/view" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/407/view" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/58/view" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/28/view" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/33/view" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1502/view" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2140/view" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1901/view" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2134/view" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/34/view" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/59/view" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2132/view" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1201/view" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1/view" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/412/view" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/415/view" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/602/view" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/411/view" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/601/view" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/302/view" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/902/view" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/410/view" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/403/view" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/301/view" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/406/view" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/901/view" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/4/view" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/605/view" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/41/view" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/9/view" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/405/view" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/49/view" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/414/view" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/57/view" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/16/view" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/44/view" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/48/view" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/802/view" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/416/view" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1301/view" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/409/view" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/53/view" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/56/view" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/701/view" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/205/view" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/24/view" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/40/view" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/38/view" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/27/view" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/2111/view" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/51/view" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/29/view" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/32/view" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/46/view" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1702/view" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/413/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I123"/>
+  <dimension ref="A1:I125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A123" sqref="A123"/>
+      <selection activeCell="A125" sqref="A125"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="38656.703" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
@@ -1055,3359 +1079,3414 @@
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
-      <c r="G4">
-[...1 lines deleted...]
-      </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H5" t="s">
         <v>16</v>
       </c>
       <c r="I5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
         <v>24</v>
       </c>
-      <c r="C6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
+      </c>
+      <c r="G6">
+        <v>0</v>
       </c>
       <c r="H6" t="s">
         <v>16</v>
       </c>
       <c r="I6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
         <v>29</v>
       </c>
-      <c r="F8" t="s">
-        <v>15</v>
+      <c r="G8">
+        <v>2</v>
       </c>
       <c r="H8" t="s">
         <v>16</v>
       </c>
       <c r="I8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B9" t="s">
         <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>19</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="H9" t="s">
         <v>16</v>
       </c>
       <c r="I9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>32</v>
       </c>
-      <c r="B10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H10" t="s">
         <v>16</v>
       </c>
       <c r="I10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>19</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
+      </c>
+      <c r="G11">
+        <v>2</v>
       </c>
       <c r="H11" t="s">
         <v>16</v>
       </c>
       <c r="I11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B12" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
         <v>19</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="H12" t="s">
         <v>16</v>
       </c>
       <c r="I12" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>19</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
+      </c>
+      <c r="G13">
+        <v>0</v>
       </c>
       <c r="H13" t="s">
         <v>16</v>
       </c>
       <c r="I13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="H14" t="s">
         <v>16</v>
       </c>
       <c r="I14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B15" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
+      </c>
+      <c r="G15">
+        <v>0</v>
       </c>
       <c r="H15" t="s">
         <v>16</v>
       </c>
       <c r="I15" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B16" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C16" t="s">
         <v>19</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
-      <c r="G16">
-[...1 lines deleted...]
-      </c>
       <c r="H16" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="I16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
         <v>31</v>
       </c>
       <c r="C17" t="s">
         <v>19</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
+      <c r="G17">
+        <v>2</v>
+      </c>
       <c r="H17" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="I17" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="C18" t="s">
         <v>19</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="H18" t="s">
         <v>16</v>
       </c>
       <c r="I18" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B19" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="C19" t="s">
         <v>19</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>15</v>
       </c>
       <c r="G19">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="H19" t="s">
         <v>16</v>
       </c>
       <c r="I19" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B20" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C20" t="s">
         <v>19</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
         <v>15</v>
       </c>
       <c r="G20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H20" t="s">
         <v>16</v>
       </c>
       <c r="I20" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B21" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
       <c r="G21">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H21" t="s">
         <v>16</v>
       </c>
       <c r="I21" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B22" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="C22" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F22" t="s">
         <v>15</v>
       </c>
       <c r="G22">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="H22" t="s">
         <v>16</v>
       </c>
       <c r="I22" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B23" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="C23" t="s">
         <v>19</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
+      <c r="G23">
+        <v>12</v>
+      </c>
       <c r="H23" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="I23" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B24" t="s">
         <v>56</v>
       </c>
       <c r="C24" t="s">
         <v>19</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="I24" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C25" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="D25" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F25" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I25" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B26" t="s">
         <v>61</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>62</v>
       </c>
-      <c r="C26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E26" t="s">
+        <v>32</v>
+      </c>
+      <c r="F26" t="s">
         <v>29</v>
       </c>
-      <c r="F26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H26" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="I26" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B27" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C27" t="s">
         <v>19</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="G27">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H27" t="s">
         <v>16</v>
       </c>
       <c r="I27" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B28" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C28" t="s">
         <v>19</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28" t="s">
         <v>16</v>
       </c>
       <c r="I28" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B29" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F29" t="s">
         <v>15</v>
       </c>
       <c r="G29">
         <v>4</v>
       </c>
       <c r="H29" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I29" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B30" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C30" t="s">
         <v>19</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
         <v>15</v>
       </c>
       <c r="G30">
         <v>4</v>
       </c>
       <c r="H30" t="s">
         <v>16</v>
       </c>
       <c r="I30" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B31" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>19</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31" t="s">
         <v>16</v>
       </c>
       <c r="I31" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B32" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C32" t="s">
         <v>19</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
         <v>14</v>
       </c>
       <c r="F32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>16</v>
       </c>
       <c r="I32" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B33" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C33" t="s">
         <v>19</v>
       </c>
       <c r="D33" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E33" t="s">
         <v>14</v>
       </c>
       <c r="F33" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G33">
         <v>4</v>
       </c>
       <c r="H33" t="s">
         <v>16</v>
       </c>
       <c r="I33" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B34" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C34" t="s">
         <v>19</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
         <v>14</v>
       </c>
       <c r="F34" t="s">
         <v>15</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34" t="s">
         <v>16</v>
       </c>
       <c r="I34" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B35" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C35" t="s">
         <v>19</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
         <v>14</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
       <c r="G35">
         <v>4</v>
       </c>
       <c r="H35" t="s">
         <v>16</v>
       </c>
       <c r="I35" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B36" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C36" t="s">
         <v>19</v>
       </c>
       <c r="D36" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
         <v>15</v>
       </c>
       <c r="G36">
         <v>3</v>
       </c>
       <c r="H36" t="s">
         <v>16</v>
       </c>
       <c r="I36" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="C37" t="s">
         <v>19</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F37" t="s">
         <v>15</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37" t="s">
         <v>16</v>
       </c>
       <c r="I37" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
         <v>19</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
         <v>15</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="I38" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C39" t="s">
         <v>19</v>
       </c>
       <c r="D39" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
         <v>15</v>
       </c>
       <c r="G39">
         <v>2</v>
       </c>
       <c r="H39" t="s">
         <v>16</v>
       </c>
       <c r="I39" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B40" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C40" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F40" t="s">
         <v>15</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40" t="s">
         <v>16</v>
       </c>
       <c r="I40" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B41" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C41" t="s">
         <v>19</v>
       </c>
       <c r="D41" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>15</v>
       </c>
       <c r="G41">
         <v>4</v>
       </c>
       <c r="H41" t="s">
         <v>16</v>
       </c>
       <c r="I41" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B42" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="C42" t="s">
         <v>19</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
         <v>14</v>
       </c>
       <c r="F42" t="s">
         <v>15</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42" t="s">
         <v>16</v>
       </c>
       <c r="I42" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B43" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C43" t="s">
         <v>19</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>15</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43" t="s">
         <v>16</v>
       </c>
       <c r="I43" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B44" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C44" t="s">
         <v>19</v>
       </c>
       <c r="D44" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>16</v>
       </c>
       <c r="I44" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B45" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="C45" t="s">
         <v>19</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
         <v>15</v>
       </c>
       <c r="G45">
         <v>4</v>
       </c>
       <c r="H45" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I45" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B46" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C46" t="s">
         <v>19</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
         <v>14</v>
       </c>
       <c r="F46" t="s">
         <v>15</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46" t="s">
         <v>16</v>
       </c>
       <c r="I46" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B47" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="C47" t="s">
         <v>19</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
         <v>15</v>
       </c>
       <c r="G47">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H47" t="s">
         <v>16</v>
       </c>
       <c r="I47" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B48" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
       <c r="C48" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>29</v>
       </c>
       <c r="H48" t="s">
         <v>16</v>
       </c>
       <c r="I48" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B49" t="s">
-        <v>93</v>
+        <v>61</v>
       </c>
       <c r="C49" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="I49" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B50" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="C50" t="s">
         <v>19</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>15</v>
       </c>
+      <c r="G50">
+        <v>0</v>
+      </c>
       <c r="H50" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="I50" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B51" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="C51" t="s">
         <v>19</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F51" t="s">
         <v>15</v>
       </c>
       <c r="G51">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H51" t="s">
         <v>16</v>
       </c>
       <c r="I51" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B52" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="C52" t="s">
         <v>19</v>
       </c>
       <c r="D52" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E52" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="F52" t="s">
         <v>15</v>
       </c>
       <c r="G52">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H52" t="s">
-        <v>16</v>
+        <v>99</v>
       </c>
       <c r="I52" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B53" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="C53" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D53" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
         <v>15</v>
       </c>
-      <c r="G53">
-[...1 lines deleted...]
-      </c>
       <c r="H53" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="I53" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B54" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="C54" t="s">
         <v>19</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>15</v>
+      </c>
+      <c r="G54">
+        <v>12</v>
       </c>
       <c r="H54" t="s">
         <v>16</v>
       </c>
       <c r="I54" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B55" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C55" t="s">
         <v>19</v>
       </c>
       <c r="D55" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F55" t="s">
         <v>15</v>
       </c>
       <c r="G55">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="H55" t="s">
         <v>16</v>
       </c>
       <c r="I55" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B56" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="C56" t="s">
         <v>19</v>
       </c>
       <c r="D56" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F56" t="s">
         <v>15</v>
       </c>
       <c r="G56">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H56" t="s">
         <v>16</v>
       </c>
       <c r="I56" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B57" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="C57" t="s">
         <v>19</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="F57" t="s">
         <v>15</v>
       </c>
       <c r="G57">
         <v>2</v>
       </c>
       <c r="H57" t="s">
         <v>16</v>
       </c>
       <c r="I57" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B58" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="C58" t="s">
         <v>19</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>15</v>
       </c>
       <c r="G58">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H58" t="s">
         <v>16</v>
       </c>
       <c r="I58" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B59" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="C59" t="s">
         <v>19</v>
       </c>
       <c r="D59" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F59" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="G59">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H59" t="s">
-        <v>16</v>
+        <v>108</v>
       </c>
       <c r="I59" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B60" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C60" t="s">
         <v>19</v>
       </c>
       <c r="D60" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F60" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="I60" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B61" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="C61" t="s">
         <v>19</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E61" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="F61" t="s">
         <v>15</v>
       </c>
+      <c r="G61">
+        <v>4</v>
+      </c>
       <c r="H61" t="s">
-        <v>16</v>
+        <v>111</v>
       </c>
       <c r="I61" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="2" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B62" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C62" t="s">
         <v>19</v>
       </c>
       <c r="D62" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
         <v>15</v>
       </c>
       <c r="G62">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="H62" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="I62" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B63" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="C63" t="s">
         <v>19</v>
       </c>
       <c r="D63" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="G63">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="H63" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="I63" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="2" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B64" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C64" t="s">
         <v>19</v>
       </c>
       <c r="D64" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E64" t="s">
         <v>14</v>
       </c>
       <c r="F64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
         <v>16</v>
       </c>
       <c r="I64" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B65" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C65" t="s">
         <v>12</v>
       </c>
       <c r="D65" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="I65" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="2" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B66" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C66" t="s">
         <v>19</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
         <v>14</v>
       </c>
       <c r="F66" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H66" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="I66" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B67" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C67" t="s">
         <v>19</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
         <v>15</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67" t="s">
         <v>16</v>
       </c>
       <c r="I67" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="2" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B68" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="C68" t="s">
         <v>19</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
         <v>15</v>
       </c>
       <c r="G68">
         <v>4</v>
       </c>
       <c r="H68" t="s">
         <v>16</v>
       </c>
       <c r="I68" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B69" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
       <c r="C69" t="s">
-        <v>12</v>
+        <v>124</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>68</v>
+        <v>125</v>
       </c>
       <c r="F69" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>16</v>
       </c>
       <c r="I69" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B70" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="C70" t="s">
         <v>12</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F70" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="H70" t="s">
         <v>16</v>
       </c>
       <c r="I70" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B71" t="s">
-        <v>121</v>
+        <v>31</v>
       </c>
       <c r="C71" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="F71" t="s">
         <v>15</v>
       </c>
       <c r="G71">
-        <v>3</v>
+        <v>41</v>
       </c>
       <c r="H71" t="s">
-        <v>124</v>
+        <v>16</v>
       </c>
       <c r="I71" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="2" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B72" t="s">
-        <v>37</v>
+        <v>127</v>
       </c>
       <c r="C72" t="s">
         <v>19</v>
       </c>
       <c r="D72" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
         <v>15</v>
       </c>
+      <c r="G72">
+        <v>3</v>
+      </c>
       <c r="H72" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="I72" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B73" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="C73" t="s">
         <v>19</v>
       </c>
       <c r="D73" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>15</v>
       </c>
-      <c r="G73">
-[...1 lines deleted...]
-      </c>
       <c r="H73" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="I73" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B74" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="C74" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
         <v>15</v>
+      </c>
+      <c r="G74">
+        <v>12</v>
       </c>
       <c r="H74" t="s">
         <v>16</v>
       </c>
       <c r="I74" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="2" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B75" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="C75" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="H75" t="s">
         <v>16</v>
       </c>
       <c r="I75" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="B76" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="C76" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
         <v>15</v>
+      </c>
+      <c r="G76">
+        <v>1</v>
       </c>
       <c r="H76" t="s">
         <v>16</v>
       </c>
       <c r="I76" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="2" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B77" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="C77" t="s">
-        <v>19</v>
+        <v>137</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="F77" t="s">
         <v>15</v>
       </c>
       <c r="G77">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="H77" t="s">
         <v>16</v>
       </c>
       <c r="I77" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="2" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B78" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="C78" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
         <v>15</v>
+      </c>
+      <c r="G78">
+        <v>4</v>
       </c>
       <c r="H78" t="s">
         <v>16</v>
       </c>
       <c r="I78" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="2" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B79" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="C79" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D79" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>134</v>
+        <v>16</v>
       </c>
       <c r="I79" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="B80" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="C80" t="s">
         <v>19</v>
       </c>
       <c r="D80" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E80" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>15</v>
       </c>
-      <c r="G80">
-[...1 lines deleted...]
-      </c>
       <c r="H80" t="s">
-        <v>16</v>
+        <v>141</v>
       </c>
       <c r="I80" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B81" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="C81" t="s">
         <v>19</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F81" t="s">
         <v>15</v>
       </c>
+      <c r="G81">
+        <v>12</v>
+      </c>
       <c r="H81" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="I81" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B82" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C82" t="s">
         <v>19</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F82" t="s">
         <v>15</v>
       </c>
-      <c r="G82">
-[...1 lines deleted...]
-      </c>
       <c r="H82" t="s">
-        <v>16</v>
+        <v>145</v>
       </c>
       <c r="I82" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="2" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B83" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C83" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="D83" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F83" t="s">
         <v>15</v>
       </c>
       <c r="G83">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="H83" t="s">
         <v>16</v>
       </c>
       <c r="I83" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="2" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B84" t="s">
-        <v>142</v>
+        <v>26</v>
       </c>
       <c r="C84" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D84" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E84" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F84" t="s">
         <v>15</v>
       </c>
       <c r="G84">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H84" t="s">
         <v>16</v>
       </c>
       <c r="I84" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B85" t="s">
+        <v>149</v>
+      </c>
+      <c r="C85" t="s">
+        <v>43</v>
+      </c>
+      <c r="D85" t="s">
+        <v>24</v>
+      </c>
+      <c r="E85" t="s">
+        <v>32</v>
+      </c>
+      <c r="F85" t="s">
+        <v>15</v>
+      </c>
+      <c r="G85">
+        <v>0</v>
+      </c>
+      <c r="H85" t="s">
+        <v>16</v>
+      </c>
+      <c r="I85" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="2" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B86" t="s">
-        <v>145</v>
+        <v>11</v>
       </c>
       <c r="C86" t="s">
         <v>19</v>
       </c>
       <c r="D86" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>146</v>
+        <v>16</v>
       </c>
       <c r="I86" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="2" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B87" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C87" t="s">
         <v>19</v>
       </c>
       <c r="D87" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E87" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>16</v>
+        <v>153</v>
       </c>
       <c r="I87" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="2" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B88" t="s">
-        <v>56</v>
+        <v>152</v>
       </c>
       <c r="C88" t="s">
         <v>19</v>
       </c>
       <c r="D88" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E88" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F88" t="s">
         <v>15</v>
       </c>
-      <c r="G88">
-[...1 lines deleted...]
-      </c>
       <c r="H88" t="s">
         <v>16</v>
       </c>
       <c r="I88" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="2" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B89" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C89" t="s">
         <v>19</v>
       </c>
       <c r="D89" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
         <v>15</v>
       </c>
+      <c r="G89">
+        <v>6</v>
+      </c>
       <c r="H89" t="s">
         <v>16</v>
       </c>
       <c r="I89" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="2" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B90" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
       <c r="C90" t="s">
         <v>19</v>
       </c>
       <c r="D90" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E90" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F90" t="s">
         <v>15</v>
       </c>
       <c r="H90" t="s">
         <v>16</v>
       </c>
       <c r="I90" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="2" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B91" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="C91" t="s">
         <v>19</v>
       </c>
       <c r="D91" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E91" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F91" t="s">
         <v>15</v>
       </c>
       <c r="H91" t="s">
         <v>16</v>
       </c>
       <c r="I91" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="2" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B92" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="C92" t="s">
         <v>19</v>
       </c>
       <c r="D92" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E92" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F92" t="s">
         <v>15</v>
       </c>
       <c r="H92" t="s">
-        <v>153</v>
+        <v>16</v>
       </c>
       <c r="I92" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="2" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B93" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="C93" t="s">
         <v>19</v>
       </c>
       <c r="D93" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E93" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F93" t="s">
         <v>15</v>
       </c>
       <c r="H93" t="s">
-        <v>16</v>
+        <v>160</v>
       </c>
       <c r="I93" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="2" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B94" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="C94" t="s">
         <v>19</v>
       </c>
       <c r="D94" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E94" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F94" t="s">
         <v>15</v>
       </c>
       <c r="H94" t="s">
         <v>16</v>
       </c>
       <c r="I94" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="2" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B95" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="C95" t="s">
         <v>19</v>
       </c>
       <c r="D95" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E95" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F95" t="s">
         <v>15</v>
       </c>
-      <c r="G95">
-[...1 lines deleted...]
-      </c>
       <c r="H95" t="s">
         <v>16</v>
       </c>
       <c r="I95" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="2" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B96" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="C96" t="s">
         <v>19</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F96" t="s">
         <v>15</v>
       </c>
+      <c r="G96">
+        <v>4</v>
+      </c>
       <c r="H96" t="s">
         <v>16</v>
       </c>
       <c r="I96" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="2" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B97" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="C97" t="s">
         <v>19</v>
       </c>
       <c r="D97" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
         <v>15</v>
       </c>
       <c r="H97" t="s">
         <v>16</v>
       </c>
       <c r="I97" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="2" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B98" t="s">
+        <v>26</v>
+      </c>
+      <c r="C98" t="s">
+        <v>19</v>
+      </c>
+      <c r="D98" t="s">
         <v>24</v>
       </c>
-      <c r="C98" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E98" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">
         <v>16</v>
       </c>
       <c r="I98" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="2" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B99" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="C99" t="s">
         <v>19</v>
       </c>
       <c r="D99" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F99" t="s">
         <v>15</v>
       </c>
       <c r="H99" t="s">
         <v>16</v>
       </c>
       <c r="I99" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="2" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B100" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="C100" t="s">
         <v>19</v>
       </c>
       <c r="D100" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
         <v>15</v>
       </c>
       <c r="H100" t="s">
         <v>16</v>
       </c>
       <c r="I100" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="2" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="B101" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C101" t="s">
         <v>19</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
         <v>15</v>
       </c>
       <c r="H101" t="s">
         <v>16</v>
       </c>
       <c r="I101" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="2" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B102" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="C102" t="s">
         <v>19</v>
       </c>
       <c r="D102" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
         <v>15</v>
       </c>
       <c r="H102" t="s">
         <v>16</v>
       </c>
       <c r="I102" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="2" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="B103" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="C103" t="s">
         <v>19</v>
       </c>
       <c r="D103" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
         <v>15</v>
       </c>
       <c r="H103" t="s">
         <v>16</v>
       </c>
       <c r="I103" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="2" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B104" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="C104" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D104" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
         <v>15</v>
       </c>
       <c r="H104" t="s">
         <v>16</v>
       </c>
       <c r="I104" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="2" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B105" t="s">
+        <v>37</v>
+      </c>
+      <c r="C105" t="s">
+        <v>12</v>
+      </c>
+      <c r="D105" t="s">
         <v>24</v>
       </c>
-      <c r="C105" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E105" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F105" t="s">
         <v>15</v>
       </c>
-      <c r="G105">
-[...1 lines deleted...]
-      </c>
       <c r="H105" t="s">
         <v>16</v>
       </c>
       <c r="I105" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="2" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="B106" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C106" t="s">
         <v>19</v>
       </c>
       <c r="D106" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E106" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F106" t="s">
         <v>15</v>
       </c>
+      <c r="G106">
+        <v>4</v>
+      </c>
       <c r="H106" t="s">
         <v>16</v>
       </c>
       <c r="I106" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="2" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="B107" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="C107" t="s">
         <v>19</v>
       </c>
       <c r="D107" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F107" t="s">
         <v>15</v>
       </c>
       <c r="H107" t="s">
         <v>16</v>
       </c>
       <c r="I107" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="2" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B108" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C108" t="s">
         <v>19</v>
       </c>
       <c r="D108" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E108" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F108" t="s">
         <v>15</v>
       </c>
       <c r="H108" t="s">
         <v>16</v>
       </c>
       <c r="I108" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="2" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B109" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="C109" t="s">
         <v>19</v>
       </c>
       <c r="D109" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F109" t="s">
         <v>15</v>
       </c>
+      <c r="G109">
+        <v>0</v>
+      </c>
       <c r="H109" t="s">
-        <v>171</v>
+        <v>16</v>
       </c>
       <c r="I109" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="2" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B110" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="C110" t="s">
         <v>19</v>
       </c>
       <c r="D110" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E110" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F110" t="s">
         <v>15</v>
       </c>
       <c r="H110" t="s">
         <v>16</v>
       </c>
       <c r="I110" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="2" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B111" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C111" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="D111" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E111" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F111" t="s">
         <v>15</v>
       </c>
-      <c r="G111">
-[...1 lines deleted...]
-      </c>
       <c r="H111" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="I111" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="2" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B112" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="C112" t="s">
         <v>19</v>
       </c>
       <c r="D112" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
         <v>15</v>
       </c>
-      <c r="G112">
-[...1 lines deleted...]
-      </c>
       <c r="H112" t="s">
         <v>16</v>
       </c>
       <c r="I112" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="2" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B113" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="C113" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="D113" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F113" t="s">
         <v>15</v>
       </c>
       <c r="G113">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="H113" t="s">
-        <v>16</v>
+        <v>182</v>
       </c>
       <c r="I113" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="2" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="B114" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="C114" t="s">
         <v>19</v>
       </c>
       <c r="D114" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="F114" t="s">
         <v>15</v>
       </c>
+      <c r="G114">
+        <v>4</v>
+      </c>
       <c r="H114" t="s">
         <v>16</v>
       </c>
       <c r="I114" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="2" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B115" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="C115" t="s">
         <v>19</v>
       </c>
       <c r="D115" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E115" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F115" t="s">
         <v>15</v>
       </c>
       <c r="G115">
         <v>12</v>
       </c>
       <c r="H115" t="s">
         <v>16</v>
       </c>
       <c r="I115" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="2" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="B116" t="s">
-        <v>84</v>
+        <v>127</v>
       </c>
       <c r="C116" t="s">
         <v>19</v>
       </c>
       <c r="D116" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E116" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F116" t="s">
         <v>15</v>
       </c>
-      <c r="G116">
-[...1 lines deleted...]
-      </c>
       <c r="H116" t="s">
         <v>16</v>
       </c>
       <c r="I116" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="2" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="B117" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="C117" t="s">
         <v>19</v>
       </c>
       <c r="D117" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="F117" t="s">
         <v>15</v>
       </c>
       <c r="G117">
         <v>12</v>
       </c>
       <c r="H117" t="s">
         <v>16</v>
       </c>
       <c r="I117" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="2" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="B118" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="C118" t="s">
         <v>19</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
         <v>15</v>
       </c>
       <c r="G118">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H118" t="s">
         <v>16</v>
       </c>
       <c r="I118" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="2" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="B119" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="C119" t="s">
         <v>19</v>
       </c>
       <c r="D119" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E119" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F119" t="s">
         <v>15</v>
       </c>
+      <c r="G119">
+        <v>12</v>
+      </c>
       <c r="H119" t="s">
         <v>16</v>
       </c>
       <c r="I119" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="2" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="B120" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C120" t="s">
         <v>19</v>
       </c>
       <c r="D120" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
         <v>15</v>
       </c>
       <c r="G120">
         <v>2</v>
       </c>
       <c r="H120" t="s">
         <v>16</v>
       </c>
       <c r="I120" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="2" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="B121" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="C121" t="s">
         <v>19</v>
       </c>
       <c r="D121" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
         <v>15</v>
       </c>
-      <c r="G121">
-[...1 lines deleted...]
-      </c>
       <c r="H121" t="s">
         <v>16</v>
       </c>
       <c r="I121" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="2" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B122" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="C122" t="s">
         <v>19</v>
       </c>
       <c r="D122" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E122" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F122" t="s">
         <v>15</v>
       </c>
       <c r="G122">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H122" t="s">
-        <v>186</v>
+        <v>16</v>
       </c>
       <c r="I122" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="2" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="B123" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="C123" t="s">
         <v>19</v>
       </c>
       <c r="D123" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E123" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F123" t="s">
         <v>15</v>
       </c>
+      <c r="G123">
+        <v>12</v>
+      </c>
       <c r="H123" t="s">
         <v>16</v>
       </c>
       <c r="I123" t="s">
-        <v>136</v>
+        <v>143</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9">
+      <c r="A124" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B124" t="s">
+        <v>31</v>
+      </c>
+      <c r="C124" t="s">
+        <v>19</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>32</v>
+      </c>
+      <c r="F124" t="s">
+        <v>15</v>
+      </c>
+      <c r="G124">
+        <v>0</v>
+      </c>
+      <c r="H124" t="s">
+        <v>194</v>
+      </c>
+      <c r="I124" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9">
+      <c r="A125" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="B125" t="s">
+        <v>21</v>
+      </c>
+      <c r="C125" t="s">
+        <v>19</v>
+      </c>
+      <c r="D125" t="s">
+        <v>24</v>
+      </c>
+      <c r="E125" t="s">
+        <v>32</v>
+      </c>
+      <c r="F125" t="s">
+        <v>15</v>
+      </c>
+      <c r="H125" t="s">
+        <v>16</v>
+      </c>
+      <c r="I125" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_18"/>
@@ -4492,50 +4571,52 @@
     <hyperlink ref="A99" r:id="rId_hyperlink_97"/>
     <hyperlink ref="A100" r:id="rId_hyperlink_98"/>
     <hyperlink ref="A101" r:id="rId_hyperlink_99"/>
     <hyperlink ref="A102" r:id="rId_hyperlink_100"/>
     <hyperlink ref="A103" r:id="rId_hyperlink_101"/>
     <hyperlink ref="A104" r:id="rId_hyperlink_102"/>
     <hyperlink ref="A105" r:id="rId_hyperlink_103"/>
     <hyperlink ref="A106" r:id="rId_hyperlink_104"/>
     <hyperlink ref="A107" r:id="rId_hyperlink_105"/>
     <hyperlink ref="A108" r:id="rId_hyperlink_106"/>
     <hyperlink ref="A109" r:id="rId_hyperlink_107"/>
     <hyperlink ref="A110" r:id="rId_hyperlink_108"/>
     <hyperlink ref="A111" r:id="rId_hyperlink_109"/>
     <hyperlink ref="A112" r:id="rId_hyperlink_110"/>
     <hyperlink ref="A113" r:id="rId_hyperlink_111"/>
     <hyperlink ref="A114" r:id="rId_hyperlink_112"/>
     <hyperlink ref="A115" r:id="rId_hyperlink_113"/>
     <hyperlink ref="A116" r:id="rId_hyperlink_114"/>
     <hyperlink ref="A117" r:id="rId_hyperlink_115"/>
     <hyperlink ref="A118" r:id="rId_hyperlink_116"/>
     <hyperlink ref="A119" r:id="rId_hyperlink_117"/>
     <hyperlink ref="A120" r:id="rId_hyperlink_118"/>
     <hyperlink ref="A121" r:id="rId_hyperlink_119"/>
     <hyperlink ref="A122" r:id="rId_hyperlink_120"/>
     <hyperlink ref="A123" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="A124" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="A125" r:id="rId_hyperlink_123"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>