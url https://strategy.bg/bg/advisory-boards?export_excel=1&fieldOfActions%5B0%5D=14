--- v0 (2025-11-04)
+++ v1 (2026-02-17)
@@ -12,134 +12,131 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>СПРАВКА "КОНСУЛТАТИВНИ СЪВЕТИ"</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
     <t>Бр. заседания в периода</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
-    <t>Висш съвет по фармация</t>
+    <t>Национален съвет по медицинска експертиза</t>
   </si>
   <si>
     <t>Здравеопазване</t>
   </si>
   <si>
     <t>Министерски съвет</t>
   </si>
   <si>
     <t>Закон</t>
   </si>
   <si>
+    <t>Заместник министър-председател</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>[]</t>
+  </si>
+  <si>
+    <t>Активен</t>
+  </si>
+  <si>
+    <t>Национален съвет по наркотичните вещества</t>
+  </si>
+  <si>
     <t>Министър</t>
   </si>
   <si>
-    <t>Не</t>
-[...16 lines deleted...]
-  <si>
     <t>[{"id":301,"advisory_board_id":18,"next_meeting":"2009-04-08 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":3,"locale":"bg","advisory_board_meeting_id":301,"description":"","deleted_at":null},{"id":4,"locale":"en","advisory_board_meeting_id":301,"description":"","deleted_at":null}]},{"id":302,"advisory_board_id":18,"next_meeting":"2009-06-11 00:00:00","created_at":"2023-12-19T07:41:17.000000Z","updated_at":"2023-12-19T07:41:17.000000Z","deleted_at":null,"description":"","translations":[{"id":5,"locale":"bg","advisory_board_meeting_id":302,"description":"","deleted_at":null},{"id":6,"locale":"en","advisory_board_meeting_id":302,"description":"","deleted_at":null}]}]</t>
   </si>
   <si>
+    <t>Съвет "Партньорство за здраве"</t>
+  </si>
+  <si>
+    <t>Национален консултативен съвет за редки болести</t>
+  </si>
+  <si>
+    <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
+  </si>
+  <si>
+    <t>Неактивен</t>
+  </si>
+  <si>
+    <t>Национален съвет за ограничаване на остеопорозата</t>
+  </si>
+  <si>
     <t>Национален съвет по превенция на синдрома на придобитата имунна недостатъчност, туберкулоза и сексуално предавани инфекции</t>
-  </si>
-[...13 lines deleted...]
-    <t>Национален съвет за ограничаване на остеопорозата</t>
   </si>
   <si>
     <t>Национален съвет по психично здраве</t>
   </si>
   <si>
     <t>Председател на държавна агенция</t>
   </si>
   <si>
     <t>Съвет за ограничаване и предотвратяване на тютюнопушенето в Република България</t>
   </si>
   <si>
     <t>Съвет по „Стандарти за качество и ефективност на диагностично-лечебната дейност”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -473,62 +470,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/20/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/15/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/18/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1301/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1505/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/405/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/57/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/409/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/27/view" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/413/view" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/15/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/18/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1505/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/405/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/57/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/1301/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/409/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/27/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/advisory-boards/413/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I12"/>
+  <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A12" sqref="A12"/>
+      <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="920.061" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
@@ -562,323 +559,293 @@
       </c>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H3" t="s">
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5">
         <v>4</v>
       </c>
       <c r="H5" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
-      <c r="G6">
-[...1 lines deleted...]
-      </c>
       <c r="H6" t="s">
         <v>16</v>
       </c>
       <c r="I6" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
-      <c r="G7">
-[...1 lines deleted...]
-      </c>
       <c r="H7" t="s">
         <v>16</v>
       </c>
       <c r="I7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
+      <c r="G8">
+        <v>0</v>
+      </c>
       <c r="H8" t="s">
         <v>16</v>
       </c>
       <c r="I8" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
         <v>16</v>
       </c>
       <c r="I9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
+      <c r="G10">
+        <v>3</v>
+      </c>
       <c r="H10" t="s">
         <v>16</v>
       </c>
       <c r="I10" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
-      <c r="G11">
-[...1 lines deleted...]
-      </c>
       <c r="H11" t="s">
         <v>16</v>
       </c>
       <c r="I11" t="s">
-        <v>26</v>
-[...25 lines deleted...]
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_9"/>
-    <hyperlink ref="A12" r:id="rId_hyperlink_10"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>