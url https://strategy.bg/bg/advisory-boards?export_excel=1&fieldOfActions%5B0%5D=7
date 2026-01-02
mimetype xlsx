--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -613,53 +613,50 @@
         <v>16</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
-      <c r="G5">
-[...1 lines deleted...]
-      </c>
       <c r="H5" t="s">
         <v>16</v>
       </c>
       <c r="I5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
@@ -715,63 +712,60 @@
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8" t="s">
         <v>16</v>
       </c>
       <c r="I8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="H9" t="s">
         <v>16</v>
       </c>
       <c r="I9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">