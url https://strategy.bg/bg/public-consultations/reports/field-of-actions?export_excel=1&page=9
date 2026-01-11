--- v0 (2025-11-07)
+++ v1 (2026-01-11)
@@ -1284,203 +1284,203 @@
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
         <v>355</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>580</v>
+        <v>585</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>525</v>
+        <v>534</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>240</v>
+        <v>249</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>710</v>
+        <v>729</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
-        <v>665</v>
+        <v>674</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
-        <v>164</v>
+        <v>169</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>1010</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17">
-        <v>967</v>
+        <v>989</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18">
-        <v>297</v>
+        <v>303</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19">
-        <v>464</v>
+        <v>469</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21">
-        <v>579</v>
+        <v>583</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22">
         <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23">
-        <v>671</v>
+        <v>680</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26">
         <v>0</v>
       </c>
@@ -1636,99 +1636,99 @@
       <c r="B45">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>46</v>
       </c>
       <c r="B46">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>47</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>48</v>
       </c>
       <c r="B48">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>49</v>
       </c>
       <c r="B49">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>51</v>
       </c>
       <c r="B51">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>52</v>
       </c>
       <c r="B52">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>53</v>
       </c>
       <c r="B53">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>55</v>
       </c>
       <c r="B55">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>56</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>57</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
@@ -1756,99 +1756,99 @@
       <c r="B60">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
         <v>61</v>
       </c>
       <c r="B61">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
         <v>62</v>
       </c>
       <c r="B62">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
         <v>63</v>
       </c>
       <c r="B63">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
         <v>64</v>
       </c>
       <c r="B64">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
         <v>65</v>
       </c>
       <c r="B65">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" t="s">
         <v>67</v>
       </c>
       <c r="B67">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68" t="s">
         <v>68</v>
       </c>
       <c r="B68">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>69</v>
       </c>
       <c r="B69">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>70</v>
       </c>
       <c r="B70">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>24</v>
       </c>
       <c r="B71">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72" t="s">
         <v>71</v>
       </c>
       <c r="B72">
         <v>0</v>
       </c>
@@ -1956,163 +1956,163 @@
       <c r="B85">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:2">
       <c r="A86" t="s">
         <v>85</v>
       </c>
       <c r="B86">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:2">
       <c r="A87" t="s">
         <v>86</v>
       </c>
       <c r="B87">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:2">
       <c r="A88" t="s">
         <v>25</v>
       </c>
       <c r="B88">
-        <v>173</v>
+        <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:2">
       <c r="A89" t="s">
         <v>87</v>
       </c>
       <c r="B89">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:2">
       <c r="A90" t="s">
         <v>87</v>
       </c>
       <c r="B90">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91" t="s">
         <v>88</v>
       </c>
       <c r="B91">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:2">
       <c r="A92" t="s">
         <v>26</v>
       </c>
       <c r="B92">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="93" spans="1:2">
       <c r="A93" t="s">
         <v>89</v>
       </c>
       <c r="B93">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:2">
       <c r="A94" t="s">
         <v>27</v>
       </c>
       <c r="B94">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:2">
       <c r="A95" t="s">
         <v>90</v>
       </c>
       <c r="B95">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="96" spans="1:2">
       <c r="A96" t="s">
         <v>91</v>
       </c>
       <c r="B96">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:2">
       <c r="A97" t="s">
         <v>92</v>
       </c>
       <c r="B97">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:2">
       <c r="A98" t="s">
         <v>93</v>
       </c>
       <c r="B98">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="99" spans="1:2">
       <c r="A99" t="s">
         <v>28</v>
       </c>
       <c r="B99">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:2">
       <c r="A100" t="s">
         <v>29</v>
       </c>
       <c r="B100">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:2">
       <c r="A101" t="s">
         <v>94</v>
       </c>
       <c r="B101">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:2">
       <c r="A102" t="s">
         <v>95</v>
       </c>
       <c r="B102">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:2">
       <c r="A103" t="s">
         <v>96</v>
       </c>
       <c r="B103">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:2">
       <c r="A104" t="s">
         <v>97</v>
       </c>
       <c r="B104">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:2">
       <c r="A105" t="s">
         <v>30</v>
       </c>
       <c r="B105">
         <v>0</v>
       </c>
@@ -2196,59 +2196,59 @@
       <c r="B115">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:2">
       <c r="A116" t="s">
         <v>108</v>
       </c>
       <c r="B116">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:2">
       <c r="A117" t="s">
         <v>109</v>
       </c>
       <c r="B117">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:2">
       <c r="A118" t="s">
         <v>110</v>
       </c>
       <c r="B118">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="119" spans="1:2">
       <c r="A119" t="s">
         <v>111</v>
       </c>
       <c r="B119">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="120" spans="1:2">
       <c r="A120" t="s">
         <v>112</v>
       </c>
       <c r="B120">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:2">
       <c r="A121" t="s">
         <v>113</v>
       </c>
       <c r="B121">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:2">
       <c r="A122" t="s">
         <v>114</v>
       </c>
       <c r="B122">
         <v>0</v>
       </c>
@@ -2284,99 +2284,99 @@
       <c r="B126">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:2">
       <c r="A127" t="s">
         <v>118</v>
       </c>
       <c r="B127">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:2">
       <c r="A128" t="s">
         <v>119</v>
       </c>
       <c r="B128">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:2">
       <c r="A129" t="s">
         <v>120</v>
       </c>
       <c r="B129">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="130" spans="1:2">
       <c r="A130" t="s">
         <v>121</v>
       </c>
       <c r="B130">
         <v>7</v>
       </c>
     </row>
     <row r="131" spans="1:2">
       <c r="A131" t="s">
         <v>122</v>
       </c>
       <c r="B131">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:2">
       <c r="A132" t="s">
         <v>123</v>
       </c>
       <c r="B132">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:2">
       <c r="A133" t="s">
         <v>124</v>
       </c>
       <c r="B133">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:2">
       <c r="A134" t="s">
         <v>125</v>
       </c>
       <c r="B134">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:2">
       <c r="A135" t="s">
         <v>126</v>
       </c>
       <c r="B135">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="136" spans="1:2">
       <c r="A136" t="s">
         <v>127</v>
       </c>
       <c r="B136">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:2">
       <c r="A137" t="s">
         <v>128</v>
       </c>
       <c r="B137">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:2">
       <c r="A138" t="s">
         <v>129</v>
       </c>
       <c r="B138">
         <v>0</v>
       </c>
@@ -2644,51 +2644,51 @@
       <c r="B171">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:2">
       <c r="A172" t="s">
         <v>163</v>
       </c>
       <c r="B172">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:2">
       <c r="A173" t="s">
         <v>164</v>
       </c>
       <c r="B173">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:2">
       <c r="A174" t="s">
         <v>165</v>
       </c>
       <c r="B174">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="175" spans="1:2">
       <c r="A175" t="s">
         <v>166</v>
       </c>
       <c r="B175">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:2">
       <c r="A176" t="s">
         <v>32</v>
       </c>
       <c r="B176">
         <v>38</v>
       </c>
     </row>
     <row r="177" spans="1:2">
       <c r="A177" t="s">
         <v>33</v>
       </c>
       <c r="B177">
         <v>0</v>
       </c>
@@ -2876,83 +2876,83 @@
       <c r="B200">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:2">
       <c r="A201" t="s">
         <v>188</v>
       </c>
       <c r="B201">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:2">
       <c r="A202" t="s">
         <v>189</v>
       </c>
       <c r="B202">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:2">
       <c r="A203" t="s">
         <v>190</v>
       </c>
       <c r="B203">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="204" spans="1:2">
       <c r="A204" t="s">
         <v>191</v>
       </c>
       <c r="B204">
         <v>29</v>
       </c>
     </row>
     <row r="205" spans="1:2">
       <c r="A205" t="s">
         <v>192</v>
       </c>
       <c r="B205">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:2">
       <c r="A206" t="s">
         <v>193</v>
       </c>
       <c r="B206">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="207" spans="1:2">
       <c r="A207" t="s">
         <v>194</v>
       </c>
       <c r="B207">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="208" spans="1:2">
       <c r="A208" t="s">
         <v>195</v>
       </c>
       <c r="B208">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:2">
       <c r="A209" t="s">
         <v>196</v>
       </c>
       <c r="B209">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:2">
       <c r="A210" t="s">
         <v>197</v>
       </c>
       <c r="B210">
         <v>1</v>
       </c>
@@ -3116,75 +3116,75 @@
       <c r="B230">
         <v>33</v>
       </c>
     </row>
     <row r="231" spans="1:2">
       <c r="A231" t="s">
         <v>214</v>
       </c>
       <c r="B231">
         <v>14</v>
       </c>
     </row>
     <row r="232" spans="1:2">
       <c r="A232" t="s">
         <v>215</v>
       </c>
       <c r="B232">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:2">
       <c r="A233" t="s">
         <v>216</v>
       </c>
       <c r="B233">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="234" spans="1:2">
       <c r="A234" t="s">
         <v>217</v>
       </c>
       <c r="B234">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:2">
       <c r="A235" t="s">
         <v>40</v>
       </c>
       <c r="B235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:2">
       <c r="A236" t="s">
         <v>218</v>
       </c>
       <c r="B236">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="237" spans="1:2">
       <c r="A237" t="s">
         <v>219</v>
       </c>
       <c r="B237">
         <v>4</v>
       </c>
     </row>
     <row r="238" spans="1:2">
       <c r="A238" t="s">
         <v>220</v>
       </c>
       <c r="B238">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:2">
       <c r="A239" t="s">
         <v>221</v>
       </c>
       <c r="B239">
         <v>1</v>
       </c>
@@ -3324,51 +3324,51 @@
       <c r="B256">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:2">
       <c r="A257" t="s">
         <v>42</v>
       </c>
       <c r="B257">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:2">
       <c r="A258" t="s">
         <v>238</v>
       </c>
       <c r="B258">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:2">
       <c r="A259" t="s">
         <v>239</v>
       </c>
       <c r="B259">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:2">
       <c r="A260" t="s">
         <v>240</v>
       </c>
       <c r="B260">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:2">
       <c r="A261" t="s">
         <v>43</v>
       </c>
       <c r="B261">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:2">
       <c r="A262" t="s">
         <v>241</v>
       </c>
       <c r="B262">
         <v>0</v>
       </c>
@@ -3468,51 +3468,51 @@
       <c r="B274">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:2">
       <c r="A275" t="s">
         <v>252</v>
       </c>
       <c r="B275">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:2">
       <c r="A276" t="s">
         <v>253</v>
       </c>
       <c r="B276">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:2">
       <c r="A277" t="s">
         <v>254</v>
       </c>
       <c r="B277">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:2">
       <c r="A278" t="s">
         <v>255</v>
       </c>
       <c r="B278">
         <v>27</v>
       </c>
     </row>
     <row r="279" spans="1:2">
       <c r="A279" t="s">
         <v>256</v>
       </c>
       <c r="B279">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:2">
       <c r="A280" t="s">
         <v>257</v>
       </c>
       <c r="B280">
         <v>21</v>
       </c>
@@ -3588,51 +3588,51 @@
       <c r="B289">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:2">
       <c r="A290" t="s">
         <v>267</v>
       </c>
       <c r="B290">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:2">
       <c r="A291" t="s">
         <v>268</v>
       </c>
       <c r="B291">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:2">
       <c r="A292" t="s">
         <v>48</v>
       </c>
       <c r="B292">
-        <v>58</v>
+        <v>64</v>
       </c>
     </row>
     <row r="293" spans="1:2">
       <c r="A293" t="s">
         <v>269</v>
       </c>
       <c r="B293">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:2">
       <c r="A294" t="s">
         <v>270</v>
       </c>
       <c r="B294">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:2">
       <c r="A295" t="s">
         <v>271</v>
       </c>
       <c r="B295">
         <v>0</v>
       </c>
@@ -3780,51 +3780,51 @@
       <c r="B313">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:2">
       <c r="A314" t="s">
         <v>288</v>
       </c>
       <c r="B314">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:2">
       <c r="A315" t="s">
         <v>289</v>
       </c>
       <c r="B315">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:2">
       <c r="A316" t="s">
         <v>51</v>
       </c>
       <c r="B316">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>