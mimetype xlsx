--- v0 (2025-11-24)
+++ v1 (2026-01-09)
@@ -763,51 +763,51 @@
         <v>5</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3">
         <v>1</v>
       </c>
       <c r="E3" t="s">
         <v>8</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8">
         <v>1</v>
       </c>
@@ -836,51 +836,51 @@
       <c r="A10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>12</v>
       </c>
       <c r="B15">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
         <v>10</v>
       </c>
@@ -915,51 +915,51 @@
         <v>15</v>
       </c>
       <c r="B19">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>17</v>
       </c>
       <c r="B21">
         <v>12</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
       <c r="D21">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E21" t="s">
         <v>8</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>13</v>
       </c>
       <c r="B23">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>15</v>
       </c>
@@ -1015,92 +1015,92 @@
       <c r="B29">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>15</v>
       </c>
       <c r="B30">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>13</v>
       </c>
       <c r="B31">
         <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>20</v>
       </c>
       <c r="B32">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C32">
         <v>3</v>
       </c>
       <c r="D32">
         <v>3</v>
       </c>
       <c r="E32" t="s">
         <v>21</v>
       </c>
       <c r="F32">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34">
         <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>13</v>
       </c>
       <c r="B35">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>12</v>
       </c>
       <c r="B36">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>22</v>
       </c>
       <c r="B37">
         <v>5</v>
       </c>
       <c r="C37">
         <v>1</v>
       </c>
       <c r="D37">
         <v>1</v>
       </c>
       <c r="E37" t="s">
         <v>21</v>
       </c>
       <c r="F37">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>9</v>
@@ -1125,51 +1125,51 @@
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>12</v>
       </c>
       <c r="B41">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>23</v>
       </c>
       <c r="B42">
         <v>45</v>
       </c>
       <c r="C42">
         <v>19</v>
       </c>
       <c r="D42">
         <v>19</v>
       </c>
       <c r="E42" t="s">
         <v>21</v>
       </c>
       <c r="F42">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44">
         <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>15</v>
       </c>
       <c r="B45">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
@@ -1252,92 +1252,92 @@
       <c r="A53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>26</v>
       </c>
       <c r="B56">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C56">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="D56">
         <v>71</v>
       </c>
       <c r="E56" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F56">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58">
         <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>12</v>
       </c>
       <c r="B59">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>13</v>
       </c>
       <c r="B60">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>15</v>
       </c>
       <c r="B61">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>27</v>
       </c>
       <c r="B62">
         <v>7</v>
       </c>
       <c r="C62">
         <v>4</v>
       </c>
       <c r="D62">
         <v>4</v>
       </c>
       <c r="E62" t="s">
         <v>21</v>
@@ -1444,589 +1444,589 @@
       <c r="E71" t="s">
         <v>8</v>
       </c>
       <c r="F71">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>10</v>
       </c>
       <c r="B73">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>31</v>
       </c>
       <c r="B74">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C74">
         <v>7</v>
       </c>
       <c r="D74">
         <v>7</v>
       </c>
       <c r="E74" t="s">
         <v>8</v>
       </c>
       <c r="F74">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>15</v>
       </c>
       <c r="B76">
         <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>13</v>
       </c>
       <c r="B77">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
         <v>12</v>
       </c>
       <c r="B78">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>10</v>
       </c>
       <c r="B79">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>32</v>
       </c>
       <c r="B80">
         <v>1</v>
       </c>
       <c r="C80">
         <v>0</v>
       </c>
       <c r="D80">
         <v>0</v>
       </c>
       <c r="E80" t="s">
         <v>21</v>
       </c>
       <c r="F80">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>15</v>
       </c>
       <c r="B82">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>33</v>
       </c>
       <c r="B83">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="C83">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="D83">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="E83" t="s">
         <v>8</v>
       </c>
       <c r="F83">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>34</v>
       </c>
       <c r="B85">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86">
         <v>105</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
         <v>13</v>
       </c>
       <c r="B87">
-        <v>655</v>
+        <v>657</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
         <v>12</v>
       </c>
       <c r="B88">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>15</v>
       </c>
       <c r="B89">
         <v>80</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
         <v>35</v>
       </c>
       <c r="B90">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>36</v>
       </c>
       <c r="B91">
         <v>62</v>
       </c>
       <c r="C91">
         <v>19</v>
       </c>
       <c r="D91">
         <v>19</v>
       </c>
       <c r="E91" t="s">
         <v>8</v>
       </c>
       <c r="F91">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
         <v>13</v>
       </c>
       <c r="B93">
         <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
         <v>15</v>
       </c>
       <c r="B94">
         <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
         <v>12</v>
       </c>
       <c r="B95">
         <v>34</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>37</v>
       </c>
       <c r="B96">
-        <v>319</v>
+        <v>330</v>
       </c>
       <c r="C96">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D96">
         <v>55</v>
       </c>
       <c r="E96" t="s">
         <v>8</v>
       </c>
       <c r="F96">
-        <v>4</v>
+        <v>21</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
         <v>12</v>
       </c>
       <c r="B99">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>13</v>
       </c>
       <c r="B100">
-        <v>157</v>
+        <v>165</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>15</v>
       </c>
       <c r="B101">
         <v>36</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>38</v>
       </c>
       <c r="B102">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C102">
         <v>12</v>
       </c>
       <c r="D102">
         <v>12</v>
       </c>
       <c r="E102" t="s">
         <v>8</v>
       </c>
       <c r="F102">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
         <v>13</v>
       </c>
       <c r="B104">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
         <v>15</v>
       </c>
       <c r="B105">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>12</v>
       </c>
       <c r="B106">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>39</v>
       </c>
       <c r="B107">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C107">
         <v>28</v>
       </c>
       <c r="D107">
         <v>28</v>
       </c>
       <c r="E107" t="s">
         <v>8</v>
       </c>
       <c r="F107">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>13</v>
       </c>
       <c r="B109">
         <v>21</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>15</v>
       </c>
       <c r="B110">
         <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
         <v>12</v>
       </c>
       <c r="B112">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
         <v>40</v>
       </c>
       <c r="B113">
-        <v>538</v>
+        <v>550</v>
       </c>
       <c r="C113">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="D113">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="E113" t="s">
         <v>8</v>
       </c>
       <c r="F113">
-        <v>7</v>
+        <v>37</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
         <v>15</v>
       </c>
       <c r="B115">
         <v>34</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
         <v>18</v>
       </c>
       <c r="B116">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
         <v>12</v>
       </c>
       <c r="B117">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
         <v>13</v>
       </c>
       <c r="B118">
-        <v>347</v>
+        <v>352</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
         <v>41</v>
       </c>
       <c r="B119">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="C119">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="D119">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E119" t="s">
         <v>8</v>
       </c>
       <c r="F119">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>13</v>
       </c>
       <c r="B121">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
         <v>15</v>
       </c>
       <c r="B122">
         <v>45</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
         <v>18</v>
       </c>
       <c r="B123">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
         <v>12</v>
       </c>
       <c r="B124">
-        <v>259</v>
+        <v>263</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
         <v>42</v>
       </c>
       <c r="B125">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C125">
         <v>160</v>
       </c>
       <c r="D125">
         <v>160</v>
       </c>
       <c r="E125" t="s">
         <v>8</v>
       </c>
       <c r="F125">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
         <v>13</v>
       </c>
       <c r="B128">
         <v>86</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
         <v>12</v>
       </c>
       <c r="B129">
         <v>101</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
         <v>15</v>
       </c>
       <c r="B130">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
         <v>43</v>
       </c>
       <c r="B131">
         <v>19</v>
       </c>
       <c r="C131">
         <v>6</v>
       </c>
       <c r="D131">
         <v>6</v>
       </c>
       <c r="E131" t="s">
         <v>21</v>
       </c>
       <c r="F131">
         <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
         <v>9</v>
@@ -2047,556 +2047,556 @@
       <c r="B134">
         <v>2</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135">
         <v>2</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
         <v>15</v>
       </c>
       <c r="B136">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
         <v>44</v>
       </c>
       <c r="B137">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C137">
         <v>42</v>
       </c>
       <c r="D137">
         <v>42</v>
       </c>
       <c r="E137" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F137">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
         <v>15</v>
       </c>
       <c r="B139">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
         <v>12</v>
       </c>
       <c r="B140">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
         <v>13</v>
       </c>
       <c r="B141">
         <v>49</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
         <v>18</v>
       </c>
       <c r="B142">
         <v>8</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
         <v>45</v>
       </c>
       <c r="B143">
         <v>96</v>
       </c>
       <c r="C143">
+        <v>51</v>
+      </c>
+      <c r="D143">
         <v>50</v>
       </c>
-      <c r="D143">
-[...1 lines deleted...]
-      </c>
       <c r="E143" t="s">
         <v>8</v>
       </c>
       <c r="F143">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
         <v>12</v>
       </c>
       <c r="B145">
         <v>32</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
         <v>18</v>
       </c>
       <c r="B146">
         <v>4</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
         <v>15</v>
       </c>
       <c r="B147">
         <v>8</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
         <v>13</v>
       </c>
       <c r="B148">
         <v>41</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>46</v>
       </c>
       <c r="B149">
-        <v>1082</v>
+        <v>1088</v>
       </c>
       <c r="C149">
         <v>270</v>
       </c>
       <c r="D149">
         <v>270</v>
       </c>
       <c r="E149" t="s">
         <v>8</v>
       </c>
       <c r="F149">
-        <v>58</v>
+        <v>220</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
         <v>12</v>
       </c>
       <c r="B151">
-        <v>300</v>
+        <v>306</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>13</v>
       </c>
       <c r="B152">
         <v>439</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>15</v>
       </c>
       <c r="B153">
         <v>38</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>18</v>
       </c>
       <c r="B154">
         <v>57</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>47</v>
       </c>
       <c r="B155">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C155">
         <v>284</v>
       </c>
       <c r="D155">
         <v>284</v>
       </c>
       <c r="E155" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F155">
         <v>4</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
         <v>15</v>
       </c>
       <c r="B157">
         <v>88</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
         <v>13</v>
       </c>
       <c r="B158">
         <v>157</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
         <v>18</v>
       </c>
       <c r="B159">
         <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
         <v>12</v>
       </c>
       <c r="B160">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
         <v>48</v>
       </c>
       <c r="B161">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C161">
         <v>98</v>
       </c>
       <c r="D161">
         <v>98</v>
       </c>
       <c r="E161" t="s">
         <v>8</v>
       </c>
       <c r="F161">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
         <v>12</v>
       </c>
       <c r="B163">
         <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
         <v>13</v>
       </c>
       <c r="B164">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
         <v>15</v>
       </c>
       <c r="B165">
         <v>20</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
         <v>18</v>
       </c>
       <c r="B166">
         <v>42</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
         <v>49</v>
       </c>
       <c r="B167">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C167">
         <v>124</v>
       </c>
       <c r="D167">
         <v>124</v>
       </c>
       <c r="E167" t="s">
         <v>8</v>
       </c>
       <c r="F167">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
         <v>12</v>
       </c>
       <c r="B169">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
         <v>13</v>
       </c>
       <c r="B170">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
         <v>15</v>
       </c>
       <c r="B171">
         <v>134</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
         <v>18</v>
       </c>
       <c r="B172">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
         <v>50</v>
       </c>
       <c r="B173">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C173">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D173">
         <v>96</v>
       </c>
       <c r="E173" t="s">
         <v>8</v>
       </c>
       <c r="F173">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
         <v>13</v>
       </c>
       <c r="B175">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
         <v>18</v>
       </c>
       <c r="B176">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
         <v>12</v>
       </c>
       <c r="B177">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
         <v>15</v>
       </c>
       <c r="B178">
         <v>42</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
         <v>51</v>
       </c>
       <c r="B179">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C179">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D179">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E179" t="s">
         <v>8</v>
       </c>
       <c r="F179">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
         <v>15</v>
       </c>
       <c r="B181">
         <v>91</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
         <v>13</v>
       </c>
       <c r="B182">
         <v>260</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
         <v>12</v>
       </c>
       <c r="B183">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
         <v>18</v>
       </c>
       <c r="B184">
         <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
         <v>52</v>
       </c>
       <c r="B185">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C185">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D185">
         <v>22</v>
       </c>
       <c r="E185" t="s">
         <v>8</v>
       </c>
       <c r="F185">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
         <v>13</v>
       </c>
       <c r="B187">
         <v>24</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
         <v>18</v>
       </c>
       <c r="B188">
         <v>8</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
         <v>15</v>
       </c>
       <c r="B189">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
         <v>12</v>
       </c>
       <c r="B190">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
         <v>53</v>
       </c>
       <c r="B191">
         <v>38</v>
       </c>
       <c r="C191">
         <v>19</v>
       </c>
       <c r="D191">
         <v>19</v>
       </c>
       <c r="E191" t="s">
         <v>21</v>
       </c>
       <c r="F191">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
         <v>9</v>
@@ -2609,240 +2609,240 @@
       <c r="B193">
         <v>7</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
         <v>12</v>
       </c>
       <c r="B194">
         <v>8</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
         <v>15</v>
       </c>
       <c r="B195">
         <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
         <v>54</v>
       </c>
       <c r="B196">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="C196">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="D196">
         <v>257</v>
       </c>
       <c r="E196" t="s">
         <v>8</v>
       </c>
       <c r="F196">
-        <v>8</v>
+        <v>22</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
         <v>12</v>
       </c>
       <c r="B198">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
         <v>18</v>
       </c>
       <c r="B199">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
         <v>13</v>
       </c>
       <c r="B200">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
         <v>15</v>
       </c>
       <c r="B201">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
         <v>55</v>
       </c>
       <c r="B202">
         <v>1</v>
       </c>
       <c r="C202">
         <v>0</v>
       </c>
       <c r="D202">
         <v>0</v>
       </c>
       <c r="E202" t="s">
         <v>21</v>
       </c>
       <c r="F202">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
         <v>15</v>
       </c>
       <c r="B204">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
         <v>56</v>
       </c>
       <c r="B205">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C205">
         <v>49</v>
       </c>
       <c r="D205">
         <v>49</v>
       </c>
       <c r="E205" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F205">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
         <v>13</v>
       </c>
       <c r="B207">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
         <v>57</v>
       </c>
       <c r="B208">
         <v>1</v>
       </c>
       <c r="C208">
         <v>1</v>
       </c>
       <c r="D208">
         <v>1</v>
       </c>
       <c r="E208" t="s">
         <v>21</v>
       </c>
       <c r="F208">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
         <v>12</v>
       </c>
       <c r="B210">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
         <v>58</v>
       </c>
       <c r="B211">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C211">
         <v>0</v>
       </c>
       <c r="D211">
         <v>0</v>
       </c>
       <c r="E211" t="s">
         <v>8</v>
       </c>
       <c r="F211">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
         <v>59</v>
       </c>
       <c r="B213">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
         <v>60</v>
       </c>
       <c r="B214">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
         <v>61</v>
       </c>
       <c r="B215">
         <v>14</v>
       </c>
       <c r="C215">
         <v>0</v>
       </c>
       <c r="D215">
         <v>0</v>
       </c>
       <c r="E215" t="s">
         <v>21</v>
       </c>
       <c r="F215">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
         <v>9</v>
@@ -2851,516 +2851,516 @@
     <row r="217" spans="1:6">
       <c r="A217" t="s">
         <v>35</v>
       </c>
       <c r="B217">
         <v>14</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
         <v>62</v>
       </c>
       <c r="B218">
         <v>23</v>
       </c>
       <c r="C218">
         <v>0</v>
       </c>
       <c r="D218">
         <v>0</v>
       </c>
       <c r="E218" t="s">
         <v>21</v>
       </c>
       <c r="F218">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
         <v>63</v>
       </c>
       <c r="B220">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
         <v>35</v>
       </c>
       <c r="B221">
         <v>22</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
         <v>64</v>
       </c>
       <c r="B222">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C222">
         <v>0</v>
       </c>
       <c r="D222">
         <v>0</v>
       </c>
       <c r="E222" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F222">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
         <v>35</v>
       </c>
       <c r="B224">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
         <v>65</v>
       </c>
       <c r="B225">
         <v>1</v>
       </c>
       <c r="C225">
         <v>0</v>
       </c>
       <c r="D225">
         <v>0</v>
       </c>
       <c r="E225" t="s">
         <v>21</v>
       </c>
       <c r="F225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
         <v>35</v>
       </c>
       <c r="B227">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
         <v>66</v>
       </c>
       <c r="B228">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C228">
         <v>0</v>
       </c>
       <c r="D228">
         <v>0</v>
       </c>
       <c r="E228" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
         <v>63</v>
       </c>
       <c r="B230">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
         <v>35</v>
       </c>
       <c r="B231">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
         <v>67</v>
       </c>
       <c r="B232">
         <v>5</v>
       </c>
       <c r="C232">
         <v>0</v>
       </c>
       <c r="D232">
         <v>0</v>
       </c>
       <c r="E232" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="F232">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
         <v>35</v>
       </c>
       <c r="B234">
         <v>5</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
         <v>68</v>
       </c>
       <c r="B235">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C235">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D235">
         <v>14</v>
       </c>
       <c r="E235" t="s">
         <v>8</v>
       </c>
       <c r="F235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
         <v>35</v>
       </c>
       <c r="B237">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
         <v>63</v>
       </c>
       <c r="B238">
         <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
         <v>69</v>
       </c>
       <c r="B239">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C239">
         <v>1</v>
       </c>
       <c r="D239">
         <v>1</v>
       </c>
       <c r="E239" t="s">
         <v>21</v>
       </c>
       <c r="F239">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
         <v>35</v>
       </c>
       <c r="B241">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
         <v>63</v>
       </c>
       <c r="B242">
         <v>8</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
         <v>70</v>
       </c>
       <c r="B243">
         <v>25</v>
       </c>
       <c r="C243">
         <v>4</v>
       </c>
       <c r="D243">
         <v>4</v>
       </c>
       <c r="E243" t="s">
         <v>21</v>
       </c>
       <c r="F243">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
         <v>63</v>
       </c>
       <c r="B245">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
         <v>35</v>
       </c>
       <c r="B246">
         <v>24</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
         <v>71</v>
       </c>
       <c r="B247">
         <v>8</v>
       </c>
       <c r="C247">
         <v>0</v>
       </c>
       <c r="D247">
         <v>0</v>
       </c>
       <c r="E247" t="s">
         <v>21</v>
       </c>
       <c r="F247">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
         <v>35</v>
       </c>
       <c r="B249">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
         <v>72</v>
       </c>
       <c r="B250">
         <v>5</v>
       </c>
       <c r="C250">
         <v>0</v>
       </c>
       <c r="D250">
         <v>0</v>
       </c>
       <c r="E250" t="s">
         <v>21</v>
       </c>
       <c r="F250">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
         <v>63</v>
       </c>
       <c r="B252">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
         <v>35</v>
       </c>
       <c r="B253">
         <v>4</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
         <v>73</v>
       </c>
       <c r="B254">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C254">
         <v>2</v>
       </c>
       <c r="D254">
         <v>2</v>
       </c>
       <c r="E254" t="s">
         <v>8</v>
       </c>
       <c r="F254">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
         <v>35</v>
       </c>
       <c r="B256">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
         <v>63</v>
       </c>
       <c r="B257">
         <v>7</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
         <v>74</v>
       </c>
       <c r="B258">
         <v>4</v>
       </c>
       <c r="C258">
         <v>0</v>
       </c>
       <c r="D258">
         <v>0</v>
       </c>
       <c r="E258" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="F258">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
         <v>35</v>
       </c>
       <c r="B260">
         <v>4</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
         <v>75</v>
       </c>
       <c r="B261">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C261">
         <v>1</v>
       </c>
       <c r="D261">
         <v>1</v>
       </c>
       <c r="E261" t="s">
         <v>8</v>
       </c>
       <c r="F261">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
         <v>35</v>
       </c>
       <c r="B263">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
         <v>63</v>
       </c>
       <c r="B264">
         <v>2</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
         <v>76</v>
       </c>
       <c r="B265">
         <v>24</v>
       </c>
       <c r="C265">
         <v>2</v>
       </c>
       <c r="D265">
         <v>2</v>
       </c>
       <c r="E265" t="s">
         <v>8</v>
@@ -3373,51 +3373,51 @@
       <c r="A266" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
         <v>63</v>
       </c>
       <c r="B267">
         <v>2</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
         <v>35</v>
       </c>
       <c r="B268">
         <v>22</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
         <v>77</v>
       </c>
       <c r="B269">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C269">
         <v>0</v>
       </c>
       <c r="D269">
         <v>0</v>
       </c>
       <c r="E269" t="s">
         <v>8</v>
       </c>
       <c r="F269">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
         <v>35</v>
       </c>
       <c r="B271">
         <v>20</v>
@@ -3484,51 +3484,51 @@
     <row r="277" spans="1:6">
       <c r="A277" t="s">
         <v>35</v>
       </c>
       <c r="B277">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
         <v>80</v>
       </c>
       <c r="B278">
         <v>12</v>
       </c>
       <c r="C278">
         <v>2</v>
       </c>
       <c r="D278">
         <v>2</v>
       </c>
       <c r="E278" t="s">
         <v>21</v>
       </c>
       <c r="F278">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
         <v>63</v>
       </c>
       <c r="B280">
         <v>5</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
         <v>35</v>
       </c>
       <c r="B281">
         <v>7</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
@@ -3628,76 +3628,76 @@
       <c r="E290" t="s">
         <v>21</v>
       </c>
       <c r="F290">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
         <v>35</v>
       </c>
       <c r="B292">
         <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
         <v>84</v>
       </c>
       <c r="B293">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C293">
         <v>0</v>
       </c>
       <c r="D293">
         <v>0</v>
       </c>
       <c r="E293" t="s">
         <v>8</v>
       </c>
       <c r="F293">
-        <v>7</v>
+        <v>21</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
         <v>35</v>
       </c>
       <c r="B295">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
         <v>63</v>
       </c>
       <c r="B296">
         <v>2</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
         <v>85</v>
       </c>
       <c r="B297">
         <v>2</v>
       </c>
       <c r="C297">
         <v>0</v>
       </c>
       <c r="D297">
         <v>0</v>
       </c>
       <c r="E297" t="s">
         <v>21</v>
@@ -3768,178 +3768,178 @@
       <c r="E303" t="s">
         <v>21</v>
       </c>
       <c r="F303">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
         <v>35</v>
       </c>
       <c r="B305">
         <v>2</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
         <v>88</v>
       </c>
       <c r="B306">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C306">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D306">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>8</v>
       </c>
       <c r="F306">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
         <v>35</v>
       </c>
       <c r="B308">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
         <v>63</v>
       </c>
       <c r="B309">
         <v>5</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
         <v>89</v>
       </c>
       <c r="B310">
         <v>26</v>
       </c>
       <c r="C310">
+        <v>4</v>
+      </c>
+      <c r="D310">
         <v>2</v>
       </c>
-      <c r="D310">
-[...1 lines deleted...]
-      </c>
       <c r="E310" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="F310">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
         <v>35</v>
       </c>
       <c r="B312">
         <v>21</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
         <v>63</v>
       </c>
       <c r="B313">
         <v>5</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
         <v>90</v>
       </c>
       <c r="B314">
         <v>9</v>
       </c>
       <c r="C314">
         <v>3</v>
       </c>
       <c r="D314">
         <v>3</v>
       </c>
       <c r="E314" t="s">
         <v>21</v>
       </c>
       <c r="F314">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
         <v>35</v>
       </c>
       <c r="B316">
         <v>9</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
         <v>91</v>
       </c>
       <c r="B317">
         <v>32</v>
       </c>
       <c r="C317">
         <v>0</v>
       </c>
       <c r="D317">
         <v>0</v>
       </c>
       <c r="E317" t="s">
         <v>8</v>
       </c>
       <c r="F317">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
         <v>63</v>
       </c>
       <c r="B319">
         <v>5</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
         <v>35</v>
       </c>
       <c r="B320">
         <v>27</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
@@ -4105,104 +4105,104 @@
       <c r="A335" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
         <v>35</v>
       </c>
       <c r="B336">
         <v>12</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
         <v>63</v>
       </c>
       <c r="B337">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
         <v>97</v>
       </c>
       <c r="B338">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C338">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D338">
         <v>1</v>
       </c>
       <c r="E338" t="s">
         <v>8</v>
       </c>
       <c r="F338">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
         <v>35</v>
       </c>
       <c r="B340">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
         <v>63</v>
       </c>
       <c r="B341">
         <v>3</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
         <v>98</v>
       </c>
       <c r="B342">
         <v>13</v>
       </c>
       <c r="C342">
         <v>0</v>
       </c>
       <c r="D342">
         <v>0</v>
       </c>
       <c r="E342" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="F342">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
         <v>63</v>
       </c>
       <c r="B344">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
         <v>35</v>
       </c>
       <c r="B345">
         <v>12</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
@@ -4220,76 +4220,76 @@
       <c r="E346" t="s">
         <v>21</v>
       </c>
       <c r="F346">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
         <v>35</v>
       </c>
       <c r="B348">
         <v>4</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
         <v>100</v>
       </c>
       <c r="B349">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C349">
         <v>3</v>
       </c>
       <c r="D349">
         <v>3</v>
       </c>
       <c r="E349" t="s">
         <v>8</v>
       </c>
       <c r="F349">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
         <v>35</v>
       </c>
       <c r="B351">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
         <v>101</v>
       </c>
       <c r="B352">
         <v>7</v>
       </c>
       <c r="C352">
         <v>0</v>
       </c>
       <c r="D352">
         <v>0</v>
       </c>
       <c r="E352" t="s">
         <v>21</v>
       </c>
       <c r="F352">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
         <v>9</v>
@@ -4327,137 +4327,137 @@
       <c r="E356" t="s">
         <v>21</v>
       </c>
       <c r="F356">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
         <v>35</v>
       </c>
       <c r="B358">
         <v>18</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
         <v>103</v>
       </c>
       <c r="B359">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C359">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D359">
         <v>0</v>
       </c>
       <c r="E359" t="s">
         <v>21</v>
       </c>
       <c r="F359">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
         <v>35</v>
       </c>
       <c r="B361">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
         <v>104</v>
       </c>
       <c r="B362">
         <v>13</v>
       </c>
       <c r="C362">
         <v>4</v>
       </c>
       <c r="D362">
         <v>4</v>
       </c>
       <c r="E362" t="s">
         <v>21</v>
       </c>
       <c r="F362">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
         <v>63</v>
       </c>
       <c r="B364">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
         <v>35</v>
       </c>
       <c r="B365">
         <v>12</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
         <v>105</v>
       </c>
       <c r="B366">
         <v>19</v>
       </c>
       <c r="C366">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D366">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E366" t="s">
         <v>8</v>
       </c>
       <c r="F366">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
         <v>35</v>
       </c>
       <c r="B368">
         <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
         <v>106</v>
       </c>
       <c r="B369">
         <v>4</v>
       </c>
       <c r="C369">
         <v>0</v>
       </c>
@@ -4467,76 +4467,76 @@
       <c r="E369" t="s">
         <v>21</v>
       </c>
       <c r="F369">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
         <v>35</v>
       </c>
       <c r="B371">
         <v>4</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
         <v>107</v>
       </c>
       <c r="B372">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C372">
         <v>1</v>
       </c>
       <c r="D372">
         <v>1</v>
       </c>
       <c r="E372" t="s">
         <v>8</v>
       </c>
       <c r="F372">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
         <v>35</v>
       </c>
       <c r="B374">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
         <v>63</v>
       </c>
       <c r="B375">
         <v>2</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
         <v>108</v>
       </c>
       <c r="B376">
         <v>6</v>
       </c>
       <c r="C376">
         <v>0</v>
       </c>
       <c r="D376">
         <v>0</v>
       </c>
       <c r="E376" t="s">
         <v>21</v>
@@ -4549,84 +4549,84 @@
       <c r="A377" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
         <v>35</v>
       </c>
       <c r="B378">
         <v>5</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
         <v>63</v>
       </c>
       <c r="B379">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
         <v>109</v>
       </c>
       <c r="B380">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C380">
         <v>5</v>
       </c>
       <c r="D380">
         <v>5</v>
       </c>
       <c r="E380" t="s">
         <v>8</v>
       </c>
       <c r="F380">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
         <v>63</v>
       </c>
       <c r="B382">
         <v>2</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
         <v>35</v>
       </c>
       <c r="B383">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
         <v>110</v>
       </c>
       <c r="B384">
         <v>13</v>
       </c>
       <c r="C384">
         <v>12</v>
       </c>
       <c r="D384">
         <v>12</v>
       </c>
       <c r="E384" t="s">
         <v>21</v>
       </c>
       <c r="F384">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
         <v>9</v>