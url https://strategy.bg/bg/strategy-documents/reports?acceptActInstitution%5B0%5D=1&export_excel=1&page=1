--- v0 (2026-02-04)
+++ v1 (2026-03-23)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1059">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1070">
   <si>
     <t>СПРАВКА "СТРАТЕГИЧЕСКИ ДОКУМЕНТИ"</t>
   </si>
   <si>
-    <t>Общо 543 резултата</t>
+    <t>Общо 547 резултата</t>
   </si>
   <si>
     <t>Заглавие</t>
   </si>
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Национален оперативен план за справяне с пандемията от SARS-CoV-2</t>
   </si>
   <si>
     <t>---</t>
   </si>
@@ -77,51 +77,51 @@
   <si>
     <t>15-07-2021 - 31-12-2022</t>
   </si>
   <si>
     <t>Национален план за ваксиниране срещу COVID-19 в Република България</t>
   </si>
   <si>
     <t>07-12-2020 - 31-12-2023</t>
   </si>
   <si>
     <t>Програма за портфейлни гаранции в подкрепа на ликвидността на предприятията, пострадали от извънредната ситуация и епидемията от СOVID-19</t>
   </si>
   <si>
     <t>07-05-2020 - 31-12-2022</t>
   </si>
   <si>
     <t>Програмата за гарантиране на безлихвени кредити в защита на хора, лишени от възможността да полагат труд поради пандемията от COVID-19</t>
   </si>
   <si>
     <t>14-04-2020 - 31-12-2021</t>
   </si>
   <si>
     <t>Дългосрочна програма за развитие на националните еталони на Република България за периода 2004 – 2010 г.</t>
   </si>
   <si>
-    <t>Бизнес среда</t>
+    <t>Архив - Бизнес среда</t>
   </si>
   <si>
     <t>06-01-2005 - 31-12-2010</t>
   </si>
   <si>
     <t>Дългосрочната програма за развитие на националните еталони на Република България за периода 2013-2017 г.</t>
   </si>
   <si>
     <t>14-08-2013 - 31-12-2017</t>
   </si>
   <si>
     <t>Експортна политика на Република България 2008-2013 г.</t>
   </si>
   <si>
     <t>23-12-2008 - 31-12-2013</t>
   </si>
   <si>
     <t>Иновационна стратегия за интелигентна специализация на Република България 2014-2020 г.</t>
   </si>
   <si>
     <t>03-11-2015 - 31-12-2020</t>
   </si>
   <si>
     <t>Иновационна стратегия на Република България и мерки за нейната реализация</t>
   </si>
@@ -203,51 +203,51 @@
   <si>
     <t>17-04-2008 - 31-12-2009</t>
   </si>
   <si>
     <t>Програма за по-добро регулиране 2010-2013 г. (Актуализация)</t>
   </si>
   <si>
     <t>01-06-2010 - 31-12-2013</t>
   </si>
   <si>
     <t>Стратегия за насърчаване на инвестициите в Република България (2005 – 2010 г.)</t>
   </si>
   <si>
     <t>30-06-2005 - 31-12-2010</t>
   </si>
   <si>
     <t>Трети План за действие за намаляване на административната тежест за бизнеса от избрано законодателство с 30 на сто за периода 2015-2017 г.</t>
   </si>
   <si>
     <t>27-05-2015 - 31-12-2017</t>
   </si>
   <si>
     <t>Военна стратегия на Република България</t>
   </si>
   <si>
-    <t>Външна политика, сигурност и отбрана</t>
+    <t>Архив - Външна политика, сигурност и отбрана</t>
   </si>
   <si>
     <t>27-06-2002 - 31-12-2010</t>
   </si>
   <si>
     <t>Комуникационна стратегия на Република България за Европейския съюз за периода 2007-2009 г.</t>
   </si>
   <si>
     <t>27-04-2007 - 31-12-2009</t>
   </si>
   <si>
     <t>Национален план за действие за повишаване на военната мобилност</t>
   </si>
   <si>
     <t>08-06-2021 - 01-01-9999</t>
   </si>
   <si>
     <t>Национален план за изпълнение на Компакта за засилване на гражданското измерение на Общата политика за сигурност и отбрана на Европейския съюз</t>
   </si>
   <si>
     <t>22-07-2020 - 01-01-9999</t>
   </si>
   <si>
     <t>Национален план за оказване на поддръжка от Република България като страна-домакин на сили на НАТО</t>
   </si>
@@ -332,51 +332,51 @@
   <si>
     <t>03-08-2016 - 31-12-2019</t>
   </si>
   <si>
     <t>Средносрочна програма за помощ за развитие и хуманитарна помощ на Република България за периода 2020 - 2024 г.</t>
   </si>
   <si>
     <t>07-01-2021 - 31-12-2024</t>
   </si>
   <si>
     <t>Стратегия за изследвания и технологии в сигурността и отбраната</t>
   </si>
   <si>
     <t>16-12-2015 - 31-12-2020</t>
   </si>
   <si>
     <t>Стратегия за развитие на българската отбранително-технологична индустриална база</t>
   </si>
   <si>
     <t>30-05-2012 - 31-12-2030</t>
   </si>
   <si>
     <t>Административeн мониторингов доклад за изпълнението през 202З г. на Националната стратегия на Република България за равенство, приобщаване и участие на ромите (2021 - 2030)</t>
   </si>
   <si>
-    <t>Държавна администрация</t>
+    <t>Архив - Държавна администрация</t>
   </si>
   <si>
     <t>08-08-2024 - 01-01-9999</t>
   </si>
   <si>
     <t>Актуализирана Национална стратегия за киберсигурност „Киберустойчива България 2023”</t>
   </si>
   <si>
     <t>02-04-2021 - 31-12-2023</t>
   </si>
   <si>
     <t>Актуализирана Стратегия за развитие на електронното управление в Република България 2019 – 2025 г.</t>
   </si>
   <si>
     <t>21-03-2014 - 31-12-2025</t>
   </si>
   <si>
     <t>Концепция за подобряване на административното обслужване в контекста на принципа "Едно гише"</t>
   </si>
   <si>
     <t>29-12-2002 - 31-12-2013</t>
   </si>
   <si>
     <t>Концепция за развитие на регулаторната политика на Република България 2025-2027 г.</t>
   </si>
@@ -452,2787 +452,2820 @@
   <si>
     <t>08-12-2022 - 31-12-2026</t>
   </si>
   <si>
     <t>Стратегия за развитие на държавната администрация 2014 - 2020 г.</t>
   </si>
   <si>
     <t>Национална стратегия</t>
   </si>
   <si>
     <t>17-03-2014 - 31-12-2020</t>
   </si>
   <si>
     <t>Стратегия за управление на човешките ресурси в държавната администрация 2006 – 2013 г.</t>
   </si>
   <si>
     <t>20-07-2006 - 31-12-2013</t>
   </si>
   <si>
     <t>Цифрова трансформация на България за периода 2024 – 2030 г.</t>
   </si>
   <si>
     <t>04-04-2024 - 31-12-2030</t>
   </si>
   <si>
+    <t>Актуализирана стратегия за управление на отработеното ядрено гориво и на радиоактивните отпадъци до 2030 г.</t>
+  </si>
+  <si>
+    <t>Архив - Енергетика</t>
+  </si>
+  <si>
+    <t>02-09-2015 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Втори национален план за действие по енергийна ефективност</t>
+  </si>
+  <si>
+    <t>28-09-2011 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Интегриран план в областта на енергетиката и климата на Република България 2021 - 2030 г.</t>
+  </si>
+  <si>
+    <t>27-02-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национален план за действие за енергията от възобновяеми източници</t>
+  </si>
+  <si>
+    <t>09-01-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване производството и ускореното навлизане на екологични превозни средства, включително на електрическата мобилност в Република България за периода 2012-2014 г.</t>
+  </si>
+  <si>
+    <t>17-10-2012 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национален план за сгради с близко до нулево потребление на енергия 2015-2020 г.</t>
+  </si>
+  <si>
+    <t>30-12-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална дългосрочна програма за насърчаване използването на биомасата за периода 2008-2020 г.</t>
+  </si>
+  <si>
+    <t>20-06-2008 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална дългосрочна програма за насърчаване използването на възобновяемите енергийни източници 2005 – 2015 г.</t>
+  </si>
+  <si>
+    <t>26-10-2006 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална дългосрочна програма за насърчаване на потреблението на биогорива в транспортния сектор 2008-2020 г.</t>
+  </si>
+  <si>
+    <t>15-11-2007 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална стратегия за развитие на минната индустрия</t>
+  </si>
+  <si>
+    <t>29-09-2015 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална стратегия за развитие на човешките ресурси в ядрената сфера 2022 – 2032 г.</t>
+  </si>
+  <si>
+    <t>16-06-2022 - 31-12-2032</t>
+  </si>
+  <si>
+    <t>Първи национален план за действие по енергийна ефективност 2008 – 2010 г.</t>
+  </si>
+  <si>
+    <t>04-10-2007 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на отработено ядрено гориво и на радиоактивни отпадъци</t>
+  </si>
+  <si>
+    <t>23-12-2004 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Здравна стратегия за лица в неравностойно положение, принадлежащи към етническите малцинства</t>
+  </si>
+  <si>
+    <t>Архив - Здравеопазване</t>
+  </si>
+  <si>
+    <t>08-09-2005 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Концепция за по-добро здравеопазване</t>
+  </si>
+  <si>
+    <t>08-12-2010 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Концепция за преструктуриране на системата за болнична помощ</t>
+  </si>
+  <si>
+    <t>16-12-2009 - 31-12-2017</t>
+  </si>
+  <si>
+    <t>Концепция за развитие на системата за спешна медицинска помощ в Република България 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>28-11-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национален план за борба с рака в Република България 2027</t>
+  </si>
+  <si>
+    <t>04-01-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национален план за действие за намаляване на риска от облъчване от радон 2023-2027 г.</t>
+  </si>
+  <si>
+    <t>26-01-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национален план за развитие на широкообхватен пренатален и неонатален скрининг и скрининг на социалнозначими заболявания до 2027 година</t>
+  </si>
+  <si>
+    <t>Други документи</t>
+  </si>
+  <si>
+    <t>17-09-2025 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национален план на Република България за готовност за грипна пандемия</t>
+  </si>
+  <si>
+    <t>13-01-2006 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национален план на Република България за готовност при пандемия</t>
+  </si>
+  <si>
+    <t>03-12-2020 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>14-07-2022 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална аптечна карта</t>
+  </si>
+  <si>
+    <t>20-12-2023 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална здравна стратегия 2030</t>
+  </si>
+  <si>
+    <t>29-09-2023 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална прогрaма за превенция и контрол на туберкулозата в Република България за периода 2007 – 2011 година</t>
+  </si>
+  <si>
+    <t>28-06-2007 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национална програма "Медицински стандарти в РБ 2008-2010"</t>
+  </si>
+  <si>
+    <t>20-11-2008 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за действие по околна среда и здраве 2008 - 2013 г.</t>
+  </si>
+  <si>
+    <t>18-12-2008 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма за елиминация на морбили и вродена рубеола 2005 - 2010 г.</t>
+  </si>
+  <si>
+    <t>16-11-2005 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за елиминация на морбили и рубеола (2019-2022 г.)</t>
+  </si>
+  <si>
+    <t>17-10-2018 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национална програма за контрол и лечение на ротавирусните гастроентерити в Република България 2017-2021 г.</t>
+  </si>
+  <si>
+    <t>06-01-2017 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Национална програма за намаляване въздействието на радон в сгради върху здравето на българското население 2013 – 2017 г.</t>
+  </si>
+  <si>
+    <t>12-09-2013 - 31-12-2017</t>
+  </si>
+  <si>
+    <t>Национална програма за насърчаване на донорството и подпомагане на трансплантацията 2024 -2028</t>
+  </si>
+  <si>
+    <t>04-07-2024 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Национална програма за насърчаване на донорството и подпомагане на трансплантацията в Република България 2019 - 2023 г.</t>
+  </si>
+  <si>
+    <t>19-12-2019 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Национална програма за неонатален схлухов скрининг 2006-2010 г.</t>
+  </si>
+  <si>
+    <t>05-12-2006 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за ограничаване на остеопорозата в Република България 2006 – 2010 г.</t>
+  </si>
+  <si>
+    <t>29-06-2006 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за ограничаване на тютюнопушенето в Република България 2007 – 2010 г.</t>
+  </si>
+  <si>
+    <t>01-02-2007 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за подобряване на ваксинопрофилактиката на сезонния грип 2019-2022 г.</t>
+  </si>
+  <si>
+    <t>10-01-2019 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национална програма за подобряване на ваксинопрофилактиката на сезонния грип и на пневмококовите инфекции при лица на и над 65-годишна възраст 2023 – 2026 г.</t>
+  </si>
+  <si>
+    <t>26-01-2023 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Национална програма за подобряване на майчиното и детско здраве 2021 - 2030 г.</t>
+  </si>
+  <si>
+    <t>09-04-2021 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма за подобряване на майчиното и детското здраве 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>17-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за пре­венция и контрол на ХИВ и сексуално предавани инфекции в Ре­публика България за периода 2021 - 2025 г.</t>
+  </si>
+  <si>
+    <t>12-08-2021 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и контрол на вирусните хепатити в Република България за периода 2021 - 2025 г.</t>
+  </si>
+  <si>
+    <t>01-04-2021 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и контрол на туберкулозата в Република България за пе­риода 2021 - 2025 г.</t>
+  </si>
+  <si>
+    <t>28-07-2021 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и контрол на туберкулозата в република българия за периода 2012-2015 г.</t>
+  </si>
+  <si>
+    <t>02-05-2012 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и контрол на туберкулозата в Република България за периода 2017-2020 г.</t>
+  </si>
+  <si>
+    <t>23-03-2017 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и контрол на хив и сексуално предавани инфекции в Република България 2008 - 2015 г.</t>
+  </si>
+  <si>
+    <t>18-12-2008 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и контрол на ХИВ и сексуално предавани инфекции в Република България за периода 2017-2020 г.</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция на ХИВ и сексуално предавани инфекции в Република България, 2026-2030 г.</t>
+  </si>
+  <si>
+    <t>Национална програма</t>
+  </si>
+  <si>
+    <t>29-01-2026 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция на хроничните незаразни болести 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>12-09-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция на хроничните незаразни болести 2021 - 2025 г.</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика и контрол на векторно-предавани трансмисивни инфекции при хората в Република България 2014 – 2018 г.</t>
+  </si>
+  <si>
+    <t>28-03-2014 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика и контрол на кърлежовопреносимите трансмисивни инфекции в Република България за периода 2008 – 2009 година</t>
+  </si>
+  <si>
+    <t>20-12-2007 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика на оралните заболявания при деца 0-18 г. в Република България за периода 2009-2014 г.</t>
+  </si>
+  <si>
+    <t>16-04-2009 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика на оралните заболявания при деца от 0 до 18 г. в Република България 2021 - 2025 г.</t>
+  </si>
+  <si>
+    <t>05-03-2021 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика на оралните заболявания при деца от 0 до 18 г. в Република България 2026-2030 г.</t>
+  </si>
+  <si>
+    <t>11-02-2026 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика на оралните заболявания при деца от 0 до 18-годишна възраст в Република България 2015-2020 г.</t>
+  </si>
+  <si>
+    <t>31-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика на ротавирусните гастроентерити в Република България 2022 - 2025.</t>
+  </si>
+  <si>
+    <t>07-07-2022 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма за първична профилактика на рака на маточната шийка 2017–2020 г.</t>
+  </si>
+  <si>
+    <t>05-01-2017 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за първична профилактика на рака на маточната шийка в Република България 2012-2016 г.</t>
+  </si>
+  <si>
+    <t>25-07-2012 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Национална програма за първична профилактика на рака на маточната шийка в Република България 2021 - 2024 г.</t>
+  </si>
+  <si>
+    <t>05-03-2021 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национална програма за първична профилактика на ракови заболявания, причинени от човешки папилома вирус (HPV), 2025-2030 г.</t>
+  </si>
+  <si>
+    <t>09-04-2025 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма за развитие на трансплантацията на стволови клетки в Република България 2007-2013г.</t>
+  </si>
+  <si>
+    <t>20-06-2007 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма за редки болести 2009-2013</t>
+  </si>
+  <si>
+    <t>27-11-2008 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма за укрепване капацитета на Република България за опазването и от внос на заразни болести и реагиране при събития, представляващи заплаха за общественото здраве 2008 - 2010 г.</t>
+  </si>
+  <si>
+    <t>06-03-2008 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална стратегия за борба с наркотиците 2014-2018 г.</t>
+  </si>
+  <si>
+    <t>18-07-2014 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национална стратегия за борба с наркотиците (2020 - 2024 г.)</t>
+  </si>
+  <si>
+    <t>30-07-2020 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национална стратегия за гериатрична грижа и остаряване в добро здраве 2030 и план за действие за изпълнение на Национална стратегия за гериатрична грижа и остаряване в добро здраве 2030 за периода 2025 – 2026 г.</t>
+  </si>
+  <si>
+    <t>17-09-2025 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Национална стратегия за детско и юношеско здраве и педиатрична грижа 2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за електронно здравеопазване и дигитализация на здравната система 2030</t>
+  </si>
+  <si>
+    <t>18-03-2024 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за подобряване на достъпността и капацитета на първичната извънболнична медицинска помощ и осигуряване на балансирано териториално разпределение на медицинската помощ и здравните грижи в Република България 2027 г.</t>
+  </si>
+  <si>
+    <t>11-09-2025 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Националната карта на дългосрочните нужди от здравни услуги</t>
+  </si>
+  <si>
+    <t>29-12-2022 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Националната програма „Превенция на самоубийствата в Република България 2013-2018 г.</t>
+  </si>
+  <si>
+    <t>28-08-2013 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Националната стратегия за психично здраве на гражданите на Република България 2021–2030 г.</t>
+  </si>
+  <si>
+    <t>10-06-2022 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Политика за психичното здраве на Република България 2004 – 2012 г.</t>
+  </si>
+  <si>
+    <t>22-07-2004 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Програма за опазване здравето на населението от замърсяването на околната среда в района на област Стара Загора 2008-2009 г.</t>
+  </si>
+  <si>
+    <t>29-12-2008 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Стратегия за внедряване на електронното здравеопазване в България</t>
+  </si>
+  <si>
+    <t>28-12-2006 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Стратегия за намаляване на риска от облъчване от радон 2018-2027 и Национален план за действие за намаляване риска от облъчване от радон 2018-2022</t>
+  </si>
+  <si>
+    <t>01-02-2018 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национален план за развитие на биологичното земеделие в България в периода 2006 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Архив - Земеделие и селски райони</t>
+  </si>
+  <si>
+    <t>22-03-2007 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национален стратегически план за рибарство и аквакултури 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>21-12-2006 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма за действие за принос към изпълнение на целите на Стратегията „От фермата до трапезата“ до 2030 г.</t>
+  </si>
+  <si>
+    <t>13-12-2024 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма за овладяване на популацията на безстопанствените кучета на територията на Република България</t>
+  </si>
+  <si>
+    <t>14-03-2019 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика, надзор, контрол и ликвидиране на болестите по животните и зоонозите в България 2016 – 2018 г.</t>
+  </si>
+  <si>
+    <t>03-05-2016 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национална програма за рибарството и аквакултурите (2007 – 2013)</t>
+  </si>
+  <si>
+    <t>05-04-2007 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална стратегия за развитие на горския сектор в Република България за периода 2013 - 2020 г.</t>
+  </si>
+  <si>
+    <t>27-11-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за развитие на лозарството и винарството в Република България 2005 - 2025 г.</t>
+  </si>
+  <si>
+    <t>Концепция</t>
+  </si>
+  <si>
+    <t>06-01-2005 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Националната програма за профилактика, надзор, контрол и ликвидиране на болестите по животните и зоонозите за периода 2019-2021 г.</t>
+  </si>
+  <si>
+    <t>22-02-2019 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Обща стратегия за управление и развитие на хидромелиорациите и защита от вредното въздействие на водите</t>
+  </si>
+  <si>
+    <t>18-08-2016 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Оперативна програма за развитие на сектор „Рибарство” 2007 – 2013 г.</t>
+  </si>
+  <si>
+    <t>11-10-2007 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Програма за развитие на земеделието и селските райони в Странджа - Сакар</t>
+  </si>
+  <si>
+    <t>09-06-2005 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Програма за развитие на селските райони 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Програма за развитие на селските райони 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>25-06-2014 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Стратегически план за развитие на земеделието и селските райони за програмен период 2023 – 2027 г.</t>
+  </si>
+  <si>
+    <t>24-02-2022 - 31-12-2029</t>
+  </si>
+  <si>
+    <t>Стратегия за цифровизация на земеделието и селските райони на Република България до 2027 г.</t>
+  </si>
+  <si>
+    <t>02-05-2019 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национален план за действие "Храни и хранене 2005-2010 г."</t>
+  </si>
+  <si>
+    <t>Архив - Качество и безопасност на храните</t>
+  </si>
+  <si>
+    <t>18-08-2005 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национален план за действие за устойчива употреба на пестициди в Република България</t>
+  </si>
+  <si>
+    <t>21-11-2012 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална програма за пре­дотвратяване и намаляване на загубата на храни 2021 - 2026 г.</t>
+  </si>
+  <si>
+    <t>07-10-2021 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика, надзор, контрол и ликвидиране на болестите по животните, включително зоонозите, в Република България за периода 2022 – 2024 г.</t>
+  </si>
+  <si>
+    <t>18-03-2022 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>План за контрол и предотвратяване разпространението на заболяването Африканска чума по свинете в Република България за периода 2021 - 2023 г.</t>
+  </si>
+  <si>
+    <t>09-04-2021 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Стратегия за създаване на Българска агенция по безопасност на храните и Център за оценка на риска</t>
+  </si>
+  <si>
+    <t>14-06-2010 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Концепция за водещи столични музеи</t>
+  </si>
+  <si>
+    <t>Архив - Култура</t>
+  </si>
+  <si>
+    <t>10-02-2010 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Втори доброволен национален преглед на изпълнението на Целите на ООН за устойчиво развитие в Република България</t>
+  </si>
+  <si>
+    <t>Архив - Междусекторни политики</t>
+  </si>
+  <si>
+    <t>25-04-2025 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Конвергентна програма на Република България. Актуализации по години.</t>
+  </si>
+  <si>
+    <t>05-05-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национален план за възстановяване и устойчивост</t>
+  </si>
+  <si>
+    <t>07-04-2022 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Национална програма за развитие: България 2020</t>
+  </si>
+  <si>
+    <t>20-12-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за развитие „България 2030”</t>
+  </si>
+  <si>
+    <t>02-12-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма за реформи на Република България - актуализация по години</t>
+  </si>
+  <si>
+    <t>04-05-2023 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Национална програма за реформи на Република България - актуализация през 2022 г.</t>
+  </si>
+  <si>
+    <t>21-04-2022 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национална програма за реформи на Република България в изпълнение на стратегията „Европа 2020“. Актуализации по години</t>
+  </si>
+  <si>
+    <t>18-05-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2010 г.</t>
+  </si>
+  <si>
+    <t>04-02-2010 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2011 г.</t>
+  </si>
+  <si>
+    <t>20-01-2011 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2012 г.</t>
+  </si>
+  <si>
+    <t>23-01-2012 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2013 г.</t>
+  </si>
+  <si>
+    <t>21-02-2013 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2014 г.</t>
+  </si>
+  <si>
+    <t>25-02-2014 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2015 г.</t>
+  </si>
+  <si>
+    <t>05-03-2015 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2016 г.</t>
+  </si>
+  <si>
+    <t>22-01-2016 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2017 г.</t>
+  </si>
+  <si>
+    <t>12-01-2017 - 31-12-2017</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2018 г.</t>
+  </si>
+  <si>
+    <t>11-01-2018 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2019 г.</t>
+  </si>
+  <si>
+    <t>25-01-2019 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2020 г.</t>
+  </si>
+  <si>
+    <t>17-01-2020 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2021 г.</t>
+  </si>
+  <si>
+    <t>11-01-2021 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Национална стратегическа референтна рамка 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Програма за управление на Правителството на Република България за периода 2017-2021 г.</t>
+  </si>
+  <si>
+    <t>09-08-2017 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Програма на правителството за стабилно развитие на Република България за периода 2014-2018 г.</t>
+  </si>
+  <si>
+    <t>26-01-2015 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Споразумение за партньорство на Република България, очертаващо помощта от Европейските структурни и инвестиционни фондове за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>21-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на Националната статистическа система на Република България 2008 - 2012 г.</t>
+  </si>
+  <si>
+    <t>02-04-2008 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на Националната статистическа система на Република България, 2013 - 2017 година</t>
+  </si>
+  <si>
+    <t>30-10-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на Националната статистическа система на Република България за периода 2021-2027 година</t>
+  </si>
+  <si>
+    <t>09-12-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Доклад за младежта за 2021-2022 г.</t>
+  </si>
+  <si>
+    <t>Архив - Младежка политика</t>
+  </si>
+  <si>
+    <t>29-02-2024 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална програма "Младежки информационно - консултантски центрове 2007 - 2010 г."</t>
+  </si>
+  <si>
+    <t>26-07-2007 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за младежта (2011-2015 г.)</t>
+  </si>
+  <si>
+    <t>31-01-2014 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална програма за младежта (2016-2020)</t>
+  </si>
+  <si>
+    <t>11-02-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за младежта 2010 - 2020 г.</t>
+  </si>
+  <si>
+    <t>06-10-2010 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Националната програма за изпълнение на младежки дейности, финансирани със средства по чл. 10а от Закона за хазарта (2023 – 2025)</t>
+  </si>
+  <si>
+    <t>06-01-2023 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>План за действие в изпълнение на Препоръка (ЕС) 2021/1004 на Съвета за създаване на Европейска гаранция за детето (2030)</t>
+  </si>
+  <si>
+    <t>09-11-2022 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>План за изпълнение на Националната стратегия за младежта (2021-2030 г.) за 2024 г.</t>
+  </si>
+  <si>
+    <t>17-10-2024 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Програма за младежките дейности 2008 - 2010 г.</t>
+  </si>
+  <si>
+    <t>17-04-2008 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Актуализирана държавна политика по планиране и разпределение на радиочестотния спектър в Република България</t>
+  </si>
+  <si>
+    <t>Архив - Наука и технологии</t>
+  </si>
+  <si>
+    <t>02-09-2016 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>04-05-2023 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Актуализирана Национална пътна карта за научна инфраструктура 2020 - 2027 г.</t>
+  </si>
+  <si>
+    <t>09-04-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Актуализирана политика в областта на електронните съобщения на Република България 2015-2018 г.</t>
+  </si>
+  <si>
+    <t>11-03-2015 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Актуализирана политика в областта на електронните съобщения на Република България за периода до 2022 г.</t>
+  </si>
+  <si>
+    <t>06-08-2020 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Актуализирана секторна пощенска политика на Република България</t>
+  </si>
+  <si>
+    <t>17-11-2023 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Актуализирана секторна пощенска политика на Република България 2009–2013 г.</t>
+  </si>
+  <si>
+    <t>15-05-2009 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Актуализирана секторна пощенска политика на Република България до 2018 г.</t>
+  </si>
+  <si>
+    <t>03-02-2015 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Актуализирани национални научни програми</t>
+  </si>
+  <si>
+    <t>07-12-2020 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Актуализиран национален план за широколентова инфраструктура за достъп от следващо поколение „Свързана България“</t>
+  </si>
+  <si>
+    <t>06-08-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Иновационна стратегия за интелигентна специализация 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>15-12-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Концепция за развитието на изкуствения интелект в България до 2030 г.</t>
+  </si>
+  <si>
+    <t>16-12-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Научна програма „Повиша­ване на изследователския капацитет в областта на математи­чески науки (ПИКОМ)"</t>
+  </si>
+  <si>
+    <t>21-10-2021 - 20-06-2026</t>
+  </si>
+  <si>
+    <t>Национален стратегически документ „Цифрова трансформация на България за периода 2020-2030 г.“</t>
+  </si>
+  <si>
+    <t>21-07-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална научна програма “Върхови изследвания и хора за развитие на европейска наука“ – 2021 (ВИХРЕН – 2021)</t>
+  </si>
+  <si>
+    <t>12-08-2021 - 31-12-2029</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Върхови изследвания и хора за развитие на европейска наука” – 2024 (ВИХРЕН – 2024)</t>
+  </si>
+  <si>
+    <t>13-06-2024 - 31-12-2031</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Иновативни нискотоксични биологично активни средства за прецизна медицина“ (БиоАктивМед)</t>
+  </si>
+  <si>
+    <t>14-09-2018 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Интелигентно животновъдство“</t>
+  </si>
+  <si>
+    <t>26-11-2020 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Интелигентно растениевъдство“</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Критични и стратегически суровини за зелен преход и устойчиво развитие“</t>
+  </si>
+  <si>
+    <t>18-07-2024 - 31-12-2029</t>
+  </si>
+  <si>
+    <t>Национална научна програма „ПЕТЪР БЕРОН. НАУКА И ИНОВАЦИИ С ЕВРОПА – 2025“ (ННП ПЕТЪР БЕРОН И НИЕ – 2025)</t>
+  </si>
+  <si>
+    <t>Програма</t>
+  </si>
+  <si>
+    <t>20-11-2025 - 31-12-2033</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Петър Берон. Наука и иновации с Европа“ (Петър Берон и НИЕ)</t>
+  </si>
+  <si>
+    <t>17-08-2018 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Развитие и утвърждаване на българистиката в чужбина“</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Развитие на научните изследвания и иновациите в системата на българското предучилищно и училищно образование“</t>
+  </si>
+  <si>
+    <t>04-12-2024 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална научна прог­рама „Сигурност и отбрана”</t>
+  </si>
+  <si>
+    <t>21-10-2021 - 18-05-2026</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Създаване на база данни на кръводарителите в Република България за маркери на трансмисивни инфекции“</t>
+  </si>
+  <si>
+    <t>21-04-2020 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национална програма „Европейски научни мрежи“</t>
+  </si>
+  <si>
+    <t>06-08-2020 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национална програма за полярни изследвания 2017-2021 г.</t>
+  </si>
+  <si>
+    <t>29-08-2016 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Национална програма за полярни изследвания „От полюс до полюс“ 2022 – 2025 г.</t>
+  </si>
+  <si>
+    <t>16-06-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национална програма за ускорено развитие на Информационното общество в Република България 2008 - 2010 г.</t>
+  </si>
+  <si>
+    <t>02-10-2008 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма „Млади учени и постдокторанти – 2“</t>
+  </si>
+  <si>
+    <t>07-04-2022 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма „Повишаване на квалификацията в областта на ядрените технологии и ядреното инженерство“</t>
+  </si>
+  <si>
+    <t>13-11-2024 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма „Стимулиране на публикационната активност в авторитетни международни научни списания и отворeния достъп до научна информация“</t>
+  </si>
+  <si>
+    <t>21-10-2021 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма „Цифрова България 2015”</t>
+  </si>
+  <si>
+    <t>14-11-2012 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална програма „ЦифроваБългария 2025”</t>
+  </si>
+  <si>
+    <t>05-12-2019 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална пътна карта за научна инфраструктура</t>
+  </si>
+  <si>
+    <t>Национална пътна карта за подобряване на условията за разгръщане на потенциала за развитие на водородните технологии и механизмите за производство и доставка на водород</t>
+  </si>
+  <si>
+    <t>26-04-2023 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална стратегия за развитие на широколентовия достъп в Република България</t>
+  </si>
+  <si>
+    <t>25-11-2009 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Национална стратегия за развитие на широколентовия достъп в Република България (2012-2015)</t>
+  </si>
+  <si>
+    <t>19-12-2012 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална стратегия за цифрова трансформация на строителния сектор 2030 г.</t>
+  </si>
+  <si>
+    <t>06-04-2023 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национални научни програми</t>
+  </si>
+  <si>
+    <t>17-08-2018 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Отчет за състоянието и Годишен план за развитието на информационните ресурси в администрацията и информационните ресурси на Единната електронна съобщителна мрежа на държавната администрация и за нуждите на националната сигурност</t>
+  </si>
+  <si>
+    <t>29-04-2024 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>План за въвеждане на наземно цифрово телевизионно радиоразпръскване (DVB-T) в Република България</t>
+  </si>
+  <si>
+    <t>13-07-2012 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>31-01-2008 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>22-08-2013 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Политика в областта на електронните съобщения на Република България</t>
+  </si>
+  <si>
+    <t>29-12-2010 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Програма за осигуряване на интегрирани пространствени бази данни в Република България.</t>
+  </si>
+  <si>
+    <t>31-01-2008 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Актуализирана Национална програма „Подкрепа на образователните медиатори и социалните работници”</t>
+  </si>
+  <si>
+    <t>Архив - Образование</t>
+  </si>
+  <si>
+    <t>21-12-2022 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Годишен план за насърчаване на ранното детско развитие за 2024 г.</t>
+  </si>
+  <si>
+    <t>04-04-2024 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Концепция за насърчаване обучението на софтуерни специалисти</t>
+  </si>
+  <si>
+    <t>16-12-2015 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Национална карта на висшето образование в Република България</t>
+  </si>
+  <si>
+    <t>22-07-2021 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национална карта на висшето образование в Република България за 2022 г.</t>
+  </si>
+  <si>
+    <t>12-01-2023 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Национална карта на висшето образование в Република България за 2023 г.</t>
+  </si>
+  <si>
+    <t>11-01-2024 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национална карта на висшето образование в Република България за 2024 г.</t>
+  </si>
+  <si>
+    <t>27-12-2024 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма "Въвеждане на система за национално стандартизирано външно оценяване"</t>
+  </si>
+  <si>
+    <t>15-09-2010 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма "Информационни и комуникационни технологии (ИКТ) в училище</t>
+  </si>
+  <si>
+    <t>Национална програма "Квалификация"</t>
+  </si>
+  <si>
+    <t>Национална програма "Модернизация на материалната база в училище"</t>
+  </si>
+  <si>
+    <t>Национална програма "Оптимизация на училищната мрежа"</t>
+  </si>
+  <si>
+    <t>Национална програма "Подпомагане процеса на формулиране и изпълнение на политики в областта на образованието"</t>
+  </si>
+  <si>
+    <t>Национална програма "Роден език и култура зад граница"</t>
+  </si>
+  <si>
+    <t>12-03-2009 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национална програма "С грижа за всеки ученик"</t>
+  </si>
+  <si>
+    <t>Национална програма "Училището - територия на учениците"</t>
+  </si>
+  <si>
+    <t>Национална програма „Дигитална квалификация“</t>
+  </si>
+  <si>
+    <t>Национална програма за по-пълно обхващане на учениците в задължителна училищна възраст</t>
+  </si>
+  <si>
+    <t>Национална програма „Избирам да следвам в България“</t>
+  </si>
+  <si>
+    <t>03-12-2025 - 03-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма „Модернизация на библиотеките в държавните висши училища“</t>
+  </si>
+  <si>
+    <t>21-03-2024 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национална програма „Образование с наука“</t>
+  </si>
+  <si>
+    <t>27-06-2024 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Национална програма „Повишаване компетентностите на преподавателите от държавните висши училища, подготвящи бъдещи учители”</t>
+  </si>
+  <si>
+    <t>19-01-2021 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национална програма „Популяризиране на българското висше образование и кандидатстване на лица от българска народност, живеещи в чужбина, за обучение в български висши училища“</t>
+  </si>
+  <si>
+    <t>19-03-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национална стратегия за насърчаване и повишаване на грамотността (2014-2020 г.)</t>
+  </si>
+  <si>
+    <t>22-10-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за продължаващото професионално обучение за периода 2005 – 2010 г.</t>
+  </si>
+  <si>
+    <t>14-10-2004 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална стратегия за развитие на педагогическите кадри</t>
+  </si>
+  <si>
+    <t>21-05-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за учене през целия живот 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>10-01-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за учене през целия живот за периода 2008-2013 г.</t>
+  </si>
+  <si>
+    <t>30-10-2008 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национални програми за развитие на образованието - 2018 г.</t>
+  </si>
+  <si>
+    <t>20-04-2018 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национални програми за развитие на образованието - 2019 г.</t>
+  </si>
+  <si>
+    <t>29-03-2019 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Национални програми за развитие на образованието - 2020 г.</t>
+  </si>
+  <si>
+    <t>30-04-2020 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национални програми за развитие на образованието - 2022 г.</t>
+  </si>
+  <si>
+    <t>13-05-2022 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Национални програми за развитие на образованието - 2025 г.</t>
+  </si>
+  <si>
+    <t>09-05-2025 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национални програми за развитие на образованието за 2023 г.</t>
+  </si>
+  <si>
+    <t>31-05-2023 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национални програми за развитие на образованието за 2024 г.</t>
+  </si>
+  <si>
+    <t>24-04-2024 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национални програми за развитие на средното образование</t>
+  </si>
+  <si>
+    <t>14-04-2016 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>План за засилване на ролята на здравно образование в българското училище</t>
+  </si>
+  <si>
+    <t>29-09-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Програма за дейността на Центъра за образователна интеграция на децата и учениците от етническите малцинства за периода 2013-2015 г.</t>
+  </si>
+  <si>
+    <t>06-03-2013 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Програма за дейността на Центъра за образователна интеграция на децата и учениците от етническите малцинства за периода 2022-2024 г.</t>
+  </si>
+  <si>
+    <t>17-11-2022 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Програма за дейността на Центъра за образователна интеграция на децата и учениците от етническите малцинства за периода 2025-2027 г.</t>
+  </si>
+  <si>
+    <t>26-09-2025 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Програма за изграждане на нови и основен ремонт на съществуващи спортни площадки в държавните и общинските училища</t>
+  </si>
+  <si>
+    <t>29-09-2023 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Програма за изграждане на нови и ремонт на съществуващи спортни площадки в държавните и общинските училища</t>
+  </si>
+  <si>
+    <t>16-06-2022 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Програма за изграждане, пристрояване, надстрояване и реконструкция на детски ясли, детски градини и училища за периода 2020 - 2022 г.</t>
+  </si>
+  <si>
+    <t>03-08-2020 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби от държавни, общински и частни училища през 2020 г.</t>
+  </si>
+  <si>
+    <t>26-03-2020 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби от държавни, общински и частни училища през 2022 г.</t>
+  </si>
+  <si>
+    <t>30-05-2022 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Програми за разширяване и подобряване на сградния фонд и материалната база в системата на образованието за периода 2024 - 2026 г.</t>
+  </si>
+  <si>
+    <t>04-10-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Стратегическа рамка за развитие на образованието, обучението и ученето в Република България (2021 - 2030)</t>
+  </si>
+  <si>
+    <t>24-02-2021 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Стратегия за ефективно прилагане на информационни и комуникационни технологии в образованието и науката на Република България (2014-2020 г.)</t>
+  </si>
+  <si>
+    <t>02-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за намаляване дела на преждевременно напусналите образователната система (2013-2020)</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на професионалното образование и обучение в Република България за периода 2015-2020 г.</t>
+  </si>
+  <si>
+    <t>Актуализирана Национална програма за контрол на замърсяването на въздуха 2020 – 2030 г.</t>
+  </si>
+  <si>
+    <t>Архив - Околна среда</t>
+  </si>
+  <si>
+    <t>02-07-2025 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Актуализиран Национален план за действие по управление на устойчивите органични замърсители (УОЗ) в България 2012 г. - 2020 г.</t>
+  </si>
+  <si>
+    <t>05-09-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Дългосрочна стратегия за смекчаване на изменението на климата до 2050 г. на Република България</t>
+  </si>
+  <si>
+    <t>21-10-2022 - 31-12-2050</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на зелените обществени поръчки за периода 2012-2014 г.</t>
+  </si>
+  <si>
+    <t>13-10-2011 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национален план за разпределение на квоти за търговия с емисии на парникови газове за периода 2008 - 2012 г</t>
+  </si>
+  <si>
+    <t>28-12-2009 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Национален план за управление на отпадъците 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>22-12-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национален план за управление на отпадъците за периода 2021 - 2028 г.</t>
+  </si>
+  <si>
+    <t>17-06-2021 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Национална програма за действие за устойчиво управление на земите и борба с опустиняването в България</t>
+  </si>
+  <si>
+    <t>25-09-2008 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма за действие за устойчиво управление на земите и борба с опустиняването в Република България (актуализация за програмен период 2014-2020 г.)</t>
+  </si>
+  <si>
+    <t>23-09-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за намаляване на общите годишни емисии на серен диоксид, азотни оксиди, летливи органични съединения и амоняк в атмосферния въздух</t>
+  </si>
+  <si>
+    <t>23-04-2007 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национална програма за опазване, устойчиво ползване и възстановяване функциите на почвите (2020 – 2030 г.)</t>
+  </si>
+  <si>
+    <t>22-10-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма за подобряване качеството на атмосферния въздух (2018 – 2024 г.)</t>
+  </si>
+  <si>
+    <t>07-06-2019 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национална програма за управление дейностите по отпадъците за периода 2009-2013 г.</t>
+  </si>
+  <si>
+    <t>09-01-2009 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална стратегия за адаптация към изменението на климата и План за действие до 2030 г.</t>
+  </si>
+  <si>
+    <t>25-10-2019 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за опазване на биологичното разнообразие</t>
+  </si>
+  <si>
+    <t>06-04-1998 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална стратегия за развитие и управление на водния сектор до 2015 г.</t>
+  </si>
+  <si>
+    <t>03-06-2004 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Програма за необходимите мерки в условията на тенденция към засушаване</t>
+  </si>
+  <si>
+    <t>30-01-2001 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Стратегически план за действие за опазване на околната среда и възстановяване на Черно море</t>
+  </si>
+  <si>
+    <t>21-04-2009 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Стратегия за преход към кръгова икономика на Република България за периода 2022 – 2027 г.</t>
+  </si>
+  <si>
+    <t>26-10-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Стратегия за развитието на геологопроучвателната дейност и опазването на земните недра в Република България до 2010 г.</t>
+  </si>
+  <si>
+    <t>03-07-2001 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Трети Национален план за действие по изменение на климата за периода 2013-2020 г.</t>
+  </si>
+  <si>
+    <t>01-06-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Актуализиран план за действие при временна закрила в Република България</t>
+  </si>
+  <si>
+    <t>Архив - Правосъдие и вътрешни работи</t>
+  </si>
+  <si>
+    <t>21-07-2022 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Годишен план за 2024 г. за изпълнение на Националната програма за намаляване на риска от бедствия 2021-2025 г.</t>
+  </si>
+  <si>
+    <t>17-06-2024 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Дългосрочна програма за дейността по създаването на кадастъра и имотния регистър за периода 2001-2015 г.</t>
+  </si>
+  <si>
+    <t>29-11-2007 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Интегрирана стратегия за превенция и противодействие на корупцията и организираната престъпност</t>
+  </si>
+  <si>
+    <t>18-11-2009 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Концепция за наказателна политика 2010-2014 г.</t>
+  </si>
+  <si>
+    <t>08-07-2010 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национален план за действие за пълното прилагане на разпоредбите на достиженията на правото от Шенген и за премахването на контрола по вътрешните граници</t>
+  </si>
+  <si>
+    <t>17-03-2010 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национален план за действие при временна закрила в Република България</t>
+  </si>
+  <si>
+    <t>07-07-2011 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национален план за защита при бедствия</t>
+  </si>
+  <si>
+    <t>29-12-2010 - 31-12-2040</t>
+  </si>
+  <si>
+    <t>Национален план за противодействие на тероризма</t>
+  </si>
+  <si>
+    <t>24-08-2023 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>02-11-2017 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национална прграма за превенция и защита от домашно насилие за 2012г.</t>
+  </si>
+  <si>
+    <t>29-03-2012 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Национална програма за защита при бедствия 2009 - 2013 г.</t>
+  </si>
+  <si>
+    <t>28-05-2009 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма за защита при бедствия 2014-2018 г.</t>
+  </si>
+  <si>
+    <t>07-05-2014 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национална програма за интеграция на бежанците в Република България (2008 – 2010 г.)</t>
+  </si>
+  <si>
+    <t>Национална програма за интеграция на бежанците в Република България (2011-2013 г.)</t>
+  </si>
+  <si>
+    <t>05-01-2011 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2011 г.</t>
+  </si>
+  <si>
+    <t>30-03-2011 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2013 г.</t>
+  </si>
+  <si>
+    <t>29-03-2013 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2014 г.</t>
+  </si>
+  <si>
+    <t>20-05-2014 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2015 г.</t>
+  </si>
+  <si>
+    <t>30-04-2015 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2016 г.</t>
+  </si>
+  <si>
+    <t>27-10-2016 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2017-2018 г.</t>
+  </si>
+  <si>
+    <t>17-01-2018 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2019 г.</t>
+  </si>
+  <si>
+    <t>10-01-2019 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2020 г.</t>
+  </si>
+  <si>
+    <t>09-04-2020 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2021 г.</t>
+  </si>
+  <si>
+    <t>07-05-2021 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2022 г.</t>
+  </si>
+  <si>
+    <t>20-05-2022 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2023 г.</t>
+  </si>
+  <si>
+    <t>12-04-2023 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите</t>
+  </si>
+  <si>
+    <t>07-12-2023 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите за 2011 г.</t>
+  </si>
+  <si>
+    <t>04-05-2011 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите за 2013 г.</t>
+  </si>
+  <si>
+    <t>04-03-2013 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите за 2017 г.</t>
+  </si>
+  <si>
+    <t>04-08-2017 - 31-12-2017</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите за 2018 г.</t>
+  </si>
+  <si>
+    <t>22-03-2018 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите за 2019 г.</t>
+  </si>
+  <si>
+    <t>01-03-2019 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите за 2020 г.</t>
+  </si>
+  <si>
+    <t>04-06-2020 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите му за 2009 г.</t>
+  </si>
+  <si>
+    <t>16-04-2009 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите му за 2010 г.</t>
+  </si>
+  <si>
+    <t>14-04-2010 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите му за 2014 г.</t>
+  </si>
+  <si>
+    <t>10-07-2014 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национална програма за противодействие и предотвратяване на трафика на хора и закрила на жертвите за 2015 г.</t>
+  </si>
+  <si>
+    <t>07-08-2015 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална програма за противодействие на трафика на хора и закрила на жертвите за 2016 г.</t>
+  </si>
+  <si>
+    <t>09-05-2016 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Национална програма за противодействие на трафика на хора и закрила на жертвите му за 2012 г.</t>
+  </si>
+  <si>
+    <t>31-05-2012 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Национална програма за развитие на доброволните формирования за предотвратяване или овладяване на бедствия, пожари и други извънредни ситуации в Република България за периода 2022 – 2026 г.</t>
+  </si>
+  <si>
+    <t>12-10-2022 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Национална стратегия в областта на миграцията, убежището и интеграцията (2011-2020 г.)</t>
+  </si>
+  <si>
+    <t>23-02-2011 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална стратегия в областта на миграцията, убежището и интеграцията 2015-2020 г.</t>
+  </si>
+  <si>
+    <t>12-06-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за борба с трафика на хора 2017 – 2021</t>
+  </si>
+  <si>
+    <t>21-07-2017 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Национална стратегия за киберсигурност „Кибер устойчива България 2020”</t>
+  </si>
+  <si>
+    <t>18-07-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за намаляване на риска от бедствия 2018-2030 г.</t>
+  </si>
+  <si>
+    <t>19-07-2018 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за опазване живота и здравето на децата в пътното движение 2006 - 2010 г.</t>
+  </si>
+  <si>
+    <t>15-12-2005 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална стратегия за подобряване безопасността на движението по пътищата на Република България</t>
+  </si>
+  <si>
+    <t>22-12-2011 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за подобряване безопасността на движението по пътищата на Република България 2007 - 2010 г.</t>
+  </si>
+  <si>
+    <t>28-12-2006 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална стратегия за превенция и борба с нередностите и измамите, засягащи финансовите интереси на Европейския съюз за периода 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>17-12-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за превенция и борба с нередностите и измамите, засягащи финансовите интереси на Европейския съюз, за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>12-11-2020 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална стратегия за превенция и противодействие на корупцията (2021 - 2027 г.)</t>
+  </si>
+  <si>
+    <t>Национална стратегия за превенция и противодействие на корупцията в Република България 2015–2020 г.</t>
+  </si>
+  <si>
+    <t>09-04-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за управление на миграцията и убежището 2025-2030 г.</t>
+  </si>
+  <si>
+    <t>03-09-2025 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия по миграция на Република България 2021-2025 г.</t>
+  </si>
+  <si>
+    <t>25-03-2021 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>План за действие за огра­ничаване на рисковете от изпиране на пари и финансиране на тероризма</t>
+  </si>
+  <si>
+    <t>17-09-2021 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>План за действие по изпълнението на неотложни мерки във връзка с присъединяването на Република България към Шенгенското пространство</t>
+  </si>
+  <si>
+    <t>27-12-2010 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>План за действие по изпълнението на неотложни мерки за 2012 г. във връзка с присъединяването на Република България към Шенгенското пространство</t>
+  </si>
+  <si>
+    <t>29-12-2011 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>План за изпълнение на мерки в отговор на препоръките и посочените предизвикателства, съдържащи се в Доклада на Европейската комисия от 30.09.2020 г. относно върховенството на закона за 2020 г., Ситуация в областта на върховенството на закона в България</t>
+  </si>
+  <si>
+    <t>06-11-2020 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>План за изпълнение на препоръчаните действия, включени в приетия на 18 май 2022 г. Доклад за България от Пети оценителен кръг на Комитета на експертите за оценка на мерките срещу изпирането на пари (Комитета MONEYVAL) към Съвета на Европа</t>
+  </si>
+  <si>
+    <t>12-12-2022 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>План за намеса при извънредни ситуации, свързани със затрудняване на доставките или значимо прекъсване на снабдяването с нефт и нефтопродукти.</t>
+  </si>
+  <si>
+    <t>04-10-2013 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>План за управление при кризи вследствие на терористична дейност</t>
+  </si>
+  <si>
+    <t>02-09-2008 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Програма за модернизация и техническа обезпеченост на териториалните звена за пожарна безопасност и защита на населението в Република България</t>
+  </si>
+  <si>
+    <t>17-10-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Програма за подобряване на условията в местата за лишаване от свобода</t>
+  </si>
+  <si>
+    <t>08-09-2010 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Стратегия за борба с измамите, засягащи финансовите интереси на европейските общности</t>
+  </si>
+  <si>
+    <t>30-04-2009 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Стратегия за борба с измамите, засягащи финансовите интереси на Европейските общности</t>
+  </si>
+  <si>
+    <t>13-10-2005 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Стратегия за въвеждане на електронно управление и електронно правосъдие в сектор „Правосъдие” 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за интегрирано гранично управление на Република България</t>
+  </si>
+  <si>
+    <t>27-01-2006 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Стратегия за интегрирано гранично управление на Република България за периода 2010-2013 г.</t>
+  </si>
+  <si>
+    <t>17-03-2010 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Стратегия за намаляване на риска от бедствия 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>16-04-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за превенция на престъпността 2012 - 2020 г.</t>
+  </si>
+  <si>
+    <t>25-04-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за превенция на престъпността (2021 – 2030 г.)</t>
+  </si>
+  <si>
+    <t>Стратегия за продължаване реформата на съдебната система в условията на пълноправно членство в Европейския съюз.</t>
+  </si>
+  <si>
+    <t>28-06-2010 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Стратегия за противодействие на изпирането на пари в Република България 2011-2015 година</t>
+  </si>
+  <si>
+    <t>24-08-2011 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Стратегия за противодействие на изпирането на пари и финансирането на тероризма в Република България за периода 2023-2027 година</t>
+  </si>
+  <si>
+    <t>31-08-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Стратегия за противодействие на радикализацията и тероризма (2015-2020 г.)</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на доб­роволните формирования за предотвратяване или овладяване на бедствия, пожари и други извънредни ситуации в Република България за периода 2021 - 2030 г.</t>
+  </si>
+  <si>
+    <t>28-10-2021 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на доброволческите формирования за защита при бедствия, пожари и други извънредни ситуации в Република България за периода 2012 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на местата за лишаване от свобода в Република България за периода 2009-2015 г. и План за действие за изпълнение на стратегията</t>
+  </si>
+  <si>
+    <t>08-12-2008 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Стратегия за развитието на пенитенциарната система в Република България за периода до 2025 г.</t>
+  </si>
+  <si>
+    <t>27-12-2019 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Актуализирана Стратегия за децентрализация 2006 - 2015</t>
+  </si>
+  <si>
+    <t>Архив - Регионална политика</t>
+  </si>
+  <si>
+    <t>02-07-2010 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Актуализиран документ за изпълнение на Националната стратегия за регионално развитие на Република България 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>16-12-2011 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Дългосрочната национална стратегия за подпомагане обновяването на националния сграден фонд от жилищни и нежилищни сгради до 2050 г.</t>
+  </si>
+  <si>
+    <t>27-01-2021 - 31-12-2050</t>
+  </si>
+  <si>
+    <t>Морски пространствен план на Република България 2021-2035 г.</t>
+  </si>
+  <si>
+    <t>23-05-2023 - 31-12-2035</t>
+  </si>
+  <si>
+    <t>Национална жилищна стратегия на Република България</t>
+  </si>
+  <si>
+    <t>14-05-2004 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална концепция за пространствено развитие за периода 2013 - 2025 г.</t>
+  </si>
+  <si>
+    <t>19-12-2012 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма за енергийна ефективност на многофамилните жилищни сгради</t>
+  </si>
+  <si>
+    <t>17-02-2015 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална програма за обновяване на жилищните сгради в Република България</t>
+  </si>
+  <si>
+    <t>20-01-2005 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за подобряване на жилищните условия на ромите в България 2005 - 2015 г.</t>
+  </si>
+  <si>
+    <t>22-03-2006 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Националната програма за превенция и ограничаване на свлачищата на територията на Република България, ерозията и абразията по Дунавското и Черноморското крайбрежие 2015-2020 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Националната стратегия за регионално развитие на Република България за периода 2012 – 2022 г.</t>
+  </si>
+  <si>
+    <t>24-08-2012 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Оперативна програма "Регионално развитие" 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Севeрозападен район за планиране 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>30-12-2005 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Северен централен район за планиране 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Северния централен район за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>01-08-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Северозападния район за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Североизточен район за периода 2014 - 2020</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Североизточен район за планиране 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Югозападен район за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Югозападен район за планиране 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Югоизточен район за планиране 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Югоизточен район от ниво 2 за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Южен централен район 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Южен централен район за планиране 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за децентрализация</t>
+  </si>
+  <si>
+    <t>05-06-2006 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Стратегия за децентрализация 2016 - 2025 г.</t>
+  </si>
+  <si>
+    <t>08-09-2016 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие и управление на водоснабдяването и канализацията в Република България за периода 2014-2023 г.</t>
+  </si>
+  <si>
+    <t>07-05-2014 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Актуализирана стратегия по заетостта на Република България 2008 - 2015 г.</t>
+  </si>
+  <si>
+    <t>Архив - Социална политика и заетост</t>
+  </si>
+  <si>
+    <t>30-04-2008 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Актуализираната стратегия по заетостта на Република България 2013-2020 г.</t>
+  </si>
+  <si>
+    <t>09-10-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Българска “пътека” за постигане на по-добра гъвкавост и сигурност на пазара на труда</t>
+  </si>
+  <si>
+    <t>25-06-2009 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Дългосрочна инвестицион­на политика на Държавния фонд за гарантиране и устойчивост на държавната пенсионна система</t>
+  </si>
+  <si>
+    <t>01-12-2021 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Националeн план за действие за насърчаване на равнопоставеността на жените и мъжете за 2013 г.</t>
+  </si>
+  <si>
+    <t>19-12-2012 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Националeн план за действие по заетостта 2013 г.</t>
+  </si>
+  <si>
+    <t>Национален интегриран план за прилагане на Конвенцията на ООН за правата на детето 2006 – 2009 г.</t>
+  </si>
+  <si>
+    <t>26-10-2006 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национален план за действие за борба с антисемитизма (2023 - 2027 г.)</t>
+  </si>
+  <si>
+    <t>18-10-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете (2008-2009 г.)</t>
+  </si>
+  <si>
+    <t>17-07-2008 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете 2010 г.</t>
+  </si>
+  <si>
+    <t>09-12-2009 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете 2019-2020 г.</t>
+  </si>
+  <si>
+    <t>17-01-2019 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете за 2011 г.</t>
+  </si>
+  <si>
+    <t>15-12-2010 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете за 2012 г.</t>
+  </si>
+  <si>
+    <t>21-12-2011 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете за 2014 г.</t>
+  </si>
+  <si>
+    <t>18-12-2013 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете за 2015 г.</t>
+  </si>
+  <si>
+    <t>17-12-2014 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национален план за действие за реформа в институционалната грижа за деца в Република България 2008-2011 г.</t>
+  </si>
+  <si>
+    <t>27-11-2008 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национален план за действие относно жените, мира и сигурността за периода 2020 - 2025 г.</t>
+  </si>
+  <si>
+    <t>19-03-2020 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта за 2015 г.</t>
+  </si>
+  <si>
+    <t>14-01-2015 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2009 г.</t>
+  </si>
+  <si>
+    <t>15-01-2009 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2010 г.</t>
+  </si>
+  <si>
+    <t>30-12-2009 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2011 г.</t>
+  </si>
+  <si>
+    <t>29-12-2010 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2012 г.</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2014 г.</t>
+  </si>
+  <si>
+    <t>21-12-2013 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2016 г.</t>
+  </si>
+  <si>
+    <t>21-01-2016 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2017 г.</t>
+  </si>
+  <si>
+    <t>26-01-2017 - 31-12-2017</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2018 г.</t>
+  </si>
+  <si>
+    <t>19-01-2018 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2019 г.</t>
+  </si>
+  <si>
+    <t>18-01-2019 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2020 г.</t>
+  </si>
+  <si>
+    <t>06-02-2020 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2021 г.</t>
+  </si>
+  <si>
+    <t>29-01-2021 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2022 г.</t>
+  </si>
+  <si>
+    <t>26-04-2022 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национален план за действие по инициативата „Десетилетие на ромското включване 2005 – 2015 г.”</t>
+  </si>
+  <si>
+    <t>14-04-2005 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национален план за изпълнение на Европейската гаранция за младежта 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>18-12-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национален план за превенция на насилието над деца 2012 - 2014 г.</t>
+  </si>
+  <si>
+    <t>23-05-2012 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национална концепция за насърчаване на активния живот на възрастните хора (2012-2030 г.)</t>
+  </si>
+  <si>
+    <t>20-06-2012 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Национална програма за безопасност и здраве при работа 2018-2020 година</t>
+  </si>
+  <si>
+    <t>22-12-2017 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за безопасност и здраве при работа - 2022-2024 г.</t>
+  </si>
+  <si>
+    <t>23-06-2022 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция на насилието и злоупотребата с деца (2017–2020 г.)</t>
+  </si>
+  <si>
+    <t>09-02-2017 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>НАЦИОНАЛНА ПРОГРАМА ЗА ПРЕВЕНЦИЯ НА НАСИЛИЕТО И ЗЛОУПОТРЕБАТА С ДЕЦА (2023 – 2026 г.)</t>
+  </si>
+  <si>
+    <t>Национална програма „Осигуряване на възможности за активно стареене, пълноценно участие на пенсионерите в социалния живот и превенция на тяхното социално изключване”</t>
+  </si>
+  <si>
+    <t>26-02-2009 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национална програма по безопасност и здраве при работа - 2013 г.</t>
+  </si>
+  <si>
+    <t>07-05-2013 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма по безопасност и здраве при работа 2014 година</t>
+  </si>
+  <si>
+    <t>17-05-2014 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национална стратегия „Визия за деинституционализация на децата в Република България”</t>
+  </si>
+  <si>
+    <t>24-02-2010 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална стратегия за активен живот на възрастните хора в България (2019-2030 г.)</t>
+  </si>
+  <si>
+    <t>15-03-2019 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за демографско развитие на Република България 2006 - 2020 г.</t>
+  </si>
+  <si>
+    <t>22-08-2006 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Национална стратегия за дългосрочна грижа</t>
+  </si>
+  <si>
+    <t>07-01-2014 - 31-12-2034</t>
+  </si>
+  <si>
+    <t>Национална стратегия за интергация на лицата, получили международна закрила в Република България</t>
+  </si>
+  <si>
+    <t>04-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за намаляване на бедността и насърчаване на социалното включване 2020 г.</t>
+  </si>
+  <si>
+    <t>06-02-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за насърчаване на равнопоставеността на жените и мъжете 2016-2020 г.</t>
+  </si>
+  <si>
+    <t>14-11-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за насърчаване на равнопоставеността на жените и мъжете за периода 2021-2030 г.</t>
+  </si>
+  <si>
+    <t>30-12-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за насърчаване на равнопоставеността на половете за периода 2009 – 2015 г.</t>
+  </si>
+  <si>
+    <t>10-12-2008 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална стратегия за хората с увреждания 2016-2020 г.</t>
+  </si>
+  <si>
+    <t>07-07-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за хората с увреждания 2021 - 2030 г.</t>
+  </si>
+  <si>
+    <t>23-12-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия на Република България за равенство, приобщаване и участие на ромите (2021 - 2030)</t>
+  </si>
+  <si>
+    <t>05-05-2022 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия на Република България по миграция и интеграция 2008 -2015 г.</t>
+  </si>
+  <si>
+    <t>05-06-2008 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Националната концепция за социална икономика</t>
+  </si>
+  <si>
+    <t>04-04-2012 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Националната програма за гарантиране на правата на децата с увреждания 2010-2013 г.</t>
+  </si>
+  <si>
+    <t>14-07-2010 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Националната стратегия за намаляване на бедността и насърчаване на социалното включване 2030</t>
+  </si>
+  <si>
+    <t>31-12-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Оперативна програма "Развитие на човешките ресурси" 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Отчет за 2022 на Актуализираната национална стратегия за демографско развитие на населението в Република България (2012-2030 г.)</t>
+  </si>
+  <si>
+    <t>07-02-2024 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>План за действие за изпълнение на заключителните препоръки към Република България, отправени от Комитета на ООН за правата на хората с увреждания (2021-2026)</t>
+  </si>
+  <si>
+    <t>12-02-2021 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>План за действие на Република България за прилагане на Конвенцията за правата на хората с увреждания (2015–2020)</t>
+  </si>
+  <si>
+    <t>25-06-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за действие, съдържащ мерки за привеждане от Република България на нормативната уредба и политики в областта на хората с увреждания в съответствие с разпоредбите на Конвенцията за правата на хората с увреждания (2013-2014 г.)</t>
+  </si>
+  <si>
+    <t>19-10-2012 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Програма на мерките за зaкрила на деца с изявени дарби през 2012г.</t>
+  </si>
+  <si>
+    <t>23-03-2012 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби през 2008 година</t>
+  </si>
+  <si>
+    <t>26-03-2008 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби през 2010 година</t>
+  </si>
+  <si>
+    <t>12-05-2010 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби през 2011 г.</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби през 2013 г.</t>
+  </si>
+  <si>
+    <t>08-03-2013 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Рамкова програма за интегриране на ромите в българското общество (2010-2020 г.)</t>
+  </si>
+  <si>
+    <t>12-05-2010 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за безопасност и здраве при работа 2008 - 2012 г.</t>
+  </si>
+  <si>
+    <t>26-06-2008 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Стратегия за корпоративна социална отговорност 2019 - 2023 г.</t>
+  </si>
+  <si>
+    <t>28-08-2019 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Стратегия за корпоративна социална отговорност за периода 2009-2013 г.</t>
+  </si>
+  <si>
+    <t>25-11-2009 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Стратегия за осигуряване на равни възможности на хората с увреждания 2008 - 2015 г.</t>
+  </si>
+  <si>
+    <t>20-12-2007 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Стратегия по заетостта на Република България 2021-2030 г.</t>
+  </si>
+  <si>
+    <t>15-07-2021 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за борба срещу употребата на допинг в спорта (2015-2024 г.)</t>
+  </si>
+  <si>
+    <t>Архив - Спорт</t>
+  </si>
+  <si>
+    <t>29-05-2015 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Kонцепция за обучение по безопасност на движението по пътищата</t>
+  </si>
+  <si>
+    <t>Архив - Транспорт</t>
+  </si>
+  <si>
+    <t>07-01-2021 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Визия за нова политика за развитие на българските железници 2008-2013 г.</t>
+  </si>
+  <si>
+    <t>02-02-2009 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Интегрирана транспортна стратегия в периода до 2030 г.</t>
+  </si>
+  <si>
+    <t>23-06-2017 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национален план за развитие на комбинирания транспорт в Република България до 2030 г.</t>
+  </si>
+  <si>
+    <t>21-07-2022 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национален план за търсене и спасяване в българския морски отговорен район за търсене и спасяване</t>
+  </si>
+  <si>
+    <t>14-08-2024 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национален план за търсене и спасяване при авиационни произшествия</t>
+  </si>
+  <si>
+    <t>18-09-2020 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална стратегия за безопасност на движението по пътищата в Република България 2021 - 2030 г.</t>
+  </si>
+  <si>
+    <t>26-10-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Оперативна програма „Транспорт” 2007 – 2013 г.</t>
+  </si>
+  <si>
+    <t>План за действия при актове на незаконна намеса в гражданското въздухоплаване</t>
+  </si>
+  <si>
+    <t>09-06-2022 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Стратегия за безопасност на корабоплаването и опазване на околната среда от замърсяване от кораби</t>
+  </si>
+  <si>
+    <t>26-06-2020 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на пътната инфраструктура в Република България 2016 - 2022 г.</t>
+  </si>
+  <si>
+    <t>18-09-2015 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>05-05-2016 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на транспортната система на Република България за периода до 2020 г.</t>
+  </si>
+  <si>
+    <t>07-04-2010 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Актуализирана Национална стратегия за устойчиво развитие на туризма в Република България 2014-2030 г.</t>
+  </si>
+  <si>
+    <t>Архив - Туризъм</t>
+  </si>
+  <si>
+    <t>04-06-2014 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за устойчиво развитие на туризма в Република България 2009-2013 г.</t>
+  </si>
+  <si>
+    <t>02-04-2009 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Стратегически план за развитие на културния туризъм</t>
+  </si>
+  <si>
+    <t>14-10-2009 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Актуализирана средносрочна бюджетна прогноза за периода 2016-2018 г.</t>
+  </si>
+  <si>
+    <t>Архив - Финанси и данъчна политика</t>
+  </si>
+  <si>
+    <t>30-10-2015 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Актуализирана средносрочна бюджетна прогноза за периода 2021-2023 г.</t>
+  </si>
+  <si>
+    <t>23-12-2020 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Актуализирана средносрочна бюджетна прогноза за периода 2022-2024 г.</t>
+  </si>
+  <si>
+    <t>10-03-2022 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Актуализирана средносрочна бюджетна прогноза за периода 2025-2028 г.</t>
+  </si>
+  <si>
+    <t>24-02-2025 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Единна национална стратегия за повишаване на събираемостта на приходите, справяне със сенчестата икономика и намаляване на разходите за спазване на законодателството 2015-2017 г.</t>
+  </si>
+  <si>
+    <t>15-10-2015 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национален план за въвеждане на еврото в Република България</t>
+  </si>
+  <si>
+    <t>13-11-2023 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална стратегия за финансова грамотност на Република България (2021-2025 г.)</t>
+  </si>
+  <si>
+    <t>12-02-2021 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>План за действие, включващ мерки за изпълнение на намеренията на Република България за присъединяване към Валутния механизъм II (ERM II) и към Банковия съюз</t>
+  </si>
+  <si>
+    <t>27-08-2018 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Средносрочна бюджетна прогноза за периода 2015-2017 г.</t>
+  </si>
+  <si>
+    <t>17-04-2014 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Средносрочна бюджетна прогноза за периода 2016-2018 г.</t>
+  </si>
+  <si>
+    <t>23-04-2015 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Средносрочна бюджетна прогноза за периода 2017 - 2019 г.</t>
+  </si>
+  <si>
+    <t>20-04-2016 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Средносрочна бюджетна прогноза за периода 2019 - 2021 г.</t>
+  </si>
+  <si>
+    <t>19-04-2018 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Средносрочна бюджетна прогноза за периода 2020–2022 г.</t>
+  </si>
+  <si>
+    <t>31-01-2019 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Средносрочната стратегия за инвестиране на средствата на Държавния фонд за гарантиране устойчивост на държавната пенсионна система за периода 2023-2025 г.</t>
+  </si>
+  <si>
+    <t>21-12-2022 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Средносрочна фискална рамка 2010 - 2013 г.</t>
+  </si>
+  <si>
+    <t>31-08-2009 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Стратегия за дейността на Българската банка за развитие 2021 - 2023 г.</t>
+  </si>
+  <si>
+    <t>15-04-2021 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на вътрешния контрол в публичния сектор на Република България за периода 2018-2020 г.</t>
+  </si>
+  <si>
+    <t>08-11-2017 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на финансовото управление и контрол и вътрешния одит в РБ</t>
+  </si>
+  <si>
+    <t>20-03-2008 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на държавния дълг. Актуализации по години.</t>
+  </si>
+  <si>
+    <t>25-02-2025 - 31-12-2028</t>
+  </si>
+  <si>
     <t>Годишна програма за участие на Република България в процеса на вземане на решения на Европейския съюз (2010 г.)</t>
   </si>
   <si>
-    <t>04-02-2010 - 31-12-2010</t>
-[...1 lines deleted...]
-  <si>
     <t>План за действие за 2010 г. с мерките, произтичащи от членството на Република България в Европейския съюз</t>
   </si>
   <si>
     <t>14-01-2010 - 31-12-2010</t>
   </si>
   <si>
-    <t>Актуализирана стратегия за управление на отработеното ядрено гориво и на радиоактивните отпадъци до 2030 г.</t>
-[...1945 lines deleted...]
-  <si>
     <t>Интегрирана териториална стратегия за развитие на Северен централен район</t>
   </si>
   <si>
+    <t>Стратегия</t>
+  </si>
+  <si>
     <t>16-11-2022 - 31-12-2029</t>
   </si>
   <si>
     <t>Интегрирана териториална стратегия за развитие на Северозападен район</t>
   </si>
   <si>
     <t>Интегрирана териториална стратегия за развитие на Североизточен район</t>
   </si>
   <si>
     <t>Интегрирана териториална стратегия за развитие на Югозападен район</t>
   </si>
   <si>
     <t>Интегрирана териториална стратегия за развитие на Югоизточен район</t>
   </si>
   <si>
     <t>Интегрирана териториална стратегия за развитие на Южен централен район</t>
-  </si>
-[...757 lines deleted...]
-    <t>25-02-2025 - 31-12-2028</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3560,70 +3593,70 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1488" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1353" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1343" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1354" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/555" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/890" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/493" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/979" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/385" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1410" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/494" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/879" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1306" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/908" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/443" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/778" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/621" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/978" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1034" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/769" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/454" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/618" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/386" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/962" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/561" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/854" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1431" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1336" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1236" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1571" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/936" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/940" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1342" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1566" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1543" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1402" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/883" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1148" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1408" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/984" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/756" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1585" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/892" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/616" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/675" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/425" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/345" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/634" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/567" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1276" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1273" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1275" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/371" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/773" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1589" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/891" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/372" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/597" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/591" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/680" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/714" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1321" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/780" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/766" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/982" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/407" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/389" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/483" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/971" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1556" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/383" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/600" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/671" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/672" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/615" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/941" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1588" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1603" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/376" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1244" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1442" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/378" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/492" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/546" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/375" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1296" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1233" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/875" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1317" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/506" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/380" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/379" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1293" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1453" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1412" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/909" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1481" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1411" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1490" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/754" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1239" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/547" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1240" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/859" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1491" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/893" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/507" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/541" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1415" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/935" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1559" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1232" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/781" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1416" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/563" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/497" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/423" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/939" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1443" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1591" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/858" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1572" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/373" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/505" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/377" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1302" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/367" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/366" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1282" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1009" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/374" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/873" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/364" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1284" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1147" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/416" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/362" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/357" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1347" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1662" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1279" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/473" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/874" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1496" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1609" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1413" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/625" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/596" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1522" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/763" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1349" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1547" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/759" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/598" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/853" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/852" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/804" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/888" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/955" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/987" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1245" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1286" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1285" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1318" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1409" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/339" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1257" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/951" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/921" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/439" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/871" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1501" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/350" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/709" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/990" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/655" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1600" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1590" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/466" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1168" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1355" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/956" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1569" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/488" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/952" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1352" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1346" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1573" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1356" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1498" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1335" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/929" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1294" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1596" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/886" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/894" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/880" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1545" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1497" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1580" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1338" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1169" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1557" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/498" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1546" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1291" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/764" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1315" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/922" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/584" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/771" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1290" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/592" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/867" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/779" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/676" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/552" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1597" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/981" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1489" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1598" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/605" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/602" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/601" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/610" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/599" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/609" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/611" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/517" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/608" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/604" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1297" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/594" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1401" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1581" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/937" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/408" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/902" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/878" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/489" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1304" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1351" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1551" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1006" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/789" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1583" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1582" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1337" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1323" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1553" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1406" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/906" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/868" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/811" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1230" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1733" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/782" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1550" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/713" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/624" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/946" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/587" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/491" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/974" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/402" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1341" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1307" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/511" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1313" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/397" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/400" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/403" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/667" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/570" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/838" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/413" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/757" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1503" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/558" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/588" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/633" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/626" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/708" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/677" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1259" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/749" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/557" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/900" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/556" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/681" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/698" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/850" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/899" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/960" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1227" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1301" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1292" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1326" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1407" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1552" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/703" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/797" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1254" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1303" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1283" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1280" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/539" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/622" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/907" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/969" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1011" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/758" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1540" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/684" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/965" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1253" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1129" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1298" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/431" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/716" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/432" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/975" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1350" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1370" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/957" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1570" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1492" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/712" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/718" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1332" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1592" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/860" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/510" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/767" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/656" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/627" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/426" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/910" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/433" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/628" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/895" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/750" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1533" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/631" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/711" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/983" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1499" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/768" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/509" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1316" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/632" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/440" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1613" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1575" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1574" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1576" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1579" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1577" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1578" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/445" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/772" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1614" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/446" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/447" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/770" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/417" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/419" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/452" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/865" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/866" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/864" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/418" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/863" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/451" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/453" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/861" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/862" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/450" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/438" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1167" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/898" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/462" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/856" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/559" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1500" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/775" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/774" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/560" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/515" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/590" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1289" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/673" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/720" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/884" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/945" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/545" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1322" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/950" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/549" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/589" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/679" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/717" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/885" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/986" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1234" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1287" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1288" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1319" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1403" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1525" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/578" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/882" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/755" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/762" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1300" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1565" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1235" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1595" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/550" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/857" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/903" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/614" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1281" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/459" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/881" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/931" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/790" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1229" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1362" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/496" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1055" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1361" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1549" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/475" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/889" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/670" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1344" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/434" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1564" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1584" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/970" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/784" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/748" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/544" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/619" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/702" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/791" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/623" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/471" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1311" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/613" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/460" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1425" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/963" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1358" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/508" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1251" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1560" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1339" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1345" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/442" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1555" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1231" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1010" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/972" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/617" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/904" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/543" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/581" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/985" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1363" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1544" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/976" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1417" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1334" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/897" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/959" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1008" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1266" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1277" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1594" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/571" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1414" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1261" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/470" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1331" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1488" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1353" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1343" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1354" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/555" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/890" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/493" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/979" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/385" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1410" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/494" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/879" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1306" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/908" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/443" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/778" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/621" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/978" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1034" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/769" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/454" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/618" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/386" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/962" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/561" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/854" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1431" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1336" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1236" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1571" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/936" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/940" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1342" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1566" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1543" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1402" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/883" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1148" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1408" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/984" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/756" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1585" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/892" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/616" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/675" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/425" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/345" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/634" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/567" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1276" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1273" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1275" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/371" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/773" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1589" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/891" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/372" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/680" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/714" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1321" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/780" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/766" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/982" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/407" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/389" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/483" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/971" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1556" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/383" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/600" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/671" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/672" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/615" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/941" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1588" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1603" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1740" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/376" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1244" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1442" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/378" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/492" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/546" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/375" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1296" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1233" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/875" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1317" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/506" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/380" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/379" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1293" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1453" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1412" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/909" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1481" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1411" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1490" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/754" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1239" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/547" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1240" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1736" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/859" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1491" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/893" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/507" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/541" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1415" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1735" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/935" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1559" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1232" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/781" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1416" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1743" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/563" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/497" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/423" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/939" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1443" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1741" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1742" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1591" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/858" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1572" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/373" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/505" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/377" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1302" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/367" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/366" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1282" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1009" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/374" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/873" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/364" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1284" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1147" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/416" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/362" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/357" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1347" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1662" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1279" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/473" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/874" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1496" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1609" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1413" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/625" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/596" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1522" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/763" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1349" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1547" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/759" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/598" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/853" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/852" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/804" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/888" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/955" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/987" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1245" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1286" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1285" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1318" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1409" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/339" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1257" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/951" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/921" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/439" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/871" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1501" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/350" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/709" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/990" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/655" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1600" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1590" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/466" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1168" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1355" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/956" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1569" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/488" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/952" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1352" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1346" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1573" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1356" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1498" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1335" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/929" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1596" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1294" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/886" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/894" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/880" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1545" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1497" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1580" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1338" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1169" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1557" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/498" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1546" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1291" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/764" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1315" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/922" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/584" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/771" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1290" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/779" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/592" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/867" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/676" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/552" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1597" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/981" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1489" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1598" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/605" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/602" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/601" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/610" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/599" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/609" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/517" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/611" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/608" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/604" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1297" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/594" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1401" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1581" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/937" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/408" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/902" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/878" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/489" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1304" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1351" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1551" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1006" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/789" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1583" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1582" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1337" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1323" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1553" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1406" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/906" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/868" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/811" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1733" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/782" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1550" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/713" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/624" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/946" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/587" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/491" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/974" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/402" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1341" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1307" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/511" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1313" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/397" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/400" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/667" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/570" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/838" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/413" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/757" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1503" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/558" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/588" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/633" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/626" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/708" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/677" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1259" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/749" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/557" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/900" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/556" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/681" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/698" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/850" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/899" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/960" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1227" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1301" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1292" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1326" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1407" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1552" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/703" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/797" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1254" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1303" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1283" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1280" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/539" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/622" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/907" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/969" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1011" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/758" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1540" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/684" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/965" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1253" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1129" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1298" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/431" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/716" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/432" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/975" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1350" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1370" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/957" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1570" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1492" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/712" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/718" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1332" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1592" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/860" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/510" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/767" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/656" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/627" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/426" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/910" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/433" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/628" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/895" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/750" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1533" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/631" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/711" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/983" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1499" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/768" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/509" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1316" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/632" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/440" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1613" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/445" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/772" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1614" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/446" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/447" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/770" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/417" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/419" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/452" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/865" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/866" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/864" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/418" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/863" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/451" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/453" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/861" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/862" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/450" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/438" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1167" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/898" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/462" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/856" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/559" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1500" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/775" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/774" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/560" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/515" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/590" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1289" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/673" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/720" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/884" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/945" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/545" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1322" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/950" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/549" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/589" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/679" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/717" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/885" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/986" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1234" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1287" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1288" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1319" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1403" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1525" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/578" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/882" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/755" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/762" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1300" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1565" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1235" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1595" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/550" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/857" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/903" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/614" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1281" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/459" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/881" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/931" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/790" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1229" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1362" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/496" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1055" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1361" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1549" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/475" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/889" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/670" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1344" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/434" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1564" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1584" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/970" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/784" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/748" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/544" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/619" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/702" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/791" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/623" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/471" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1311" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/613" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/460" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1425" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/963" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1358" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/508" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1251" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1560" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1339" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1345" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/442" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1555" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1231" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/972" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1010" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/617" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/904" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/543" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/581" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/985" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1363" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1544" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/976" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1417" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1334" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/897" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/959" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1008" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1266" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1277" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1594" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/571" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1414" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1261" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/470" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/597" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/591" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1575" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1574" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1576" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1579" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1577" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1578" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F546"/>
+  <dimension ref="A1:F550"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A546" sqref="A546"/>
+      <selection activeCell="A550" sqref="A550"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="298.356" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
@@ -4950,9577 +4983,9657 @@
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
         <v>106</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>147</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>147</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="4" t="s">
         <v>163</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>151</v>
+        <v>174</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="4" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>151</v>
+        <v>174</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B89" t="s">
-        <v>9</v>
+        <v>187</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="4" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="4" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="4" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="4" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="4" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="4" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="4" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="4" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="4" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>10</v>
       </c>
       <c r="D107" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="4" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>10</v>
       </c>
       <c r="D108" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="4" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>10</v>
       </c>
       <c r="D109" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>10</v>
       </c>
       <c r="D110" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>10</v>
       </c>
       <c r="D111" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>10</v>
       </c>
       <c r="D112" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="4" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>10</v>
       </c>
       <c r="D113" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="4" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>10</v>
       </c>
       <c r="D114" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="4" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>10</v>
       </c>
       <c r="D115" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="4" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>10</v>
       </c>
       <c r="D116" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>10</v>
       </c>
       <c r="D117" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="4" t="s">
         <v>243</v>
       </c>
       <c r="B118" t="s">
-        <v>9</v>
+        <v>244</v>
       </c>
       <c r="C118" t="s">
         <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="4" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>10</v>
       </c>
       <c r="D119" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="4" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>10</v>
       </c>
       <c r="D120" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="4" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>10</v>
       </c>
       <c r="D121" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="4" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>10</v>
       </c>
       <c r="D122" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="4" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>10</v>
       </c>
       <c r="D123" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="4" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>10</v>
       </c>
       <c r="D124" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="4" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B125" t="s">
-        <v>9</v>
+        <v>244</v>
       </c>
       <c r="C125" t="s">
         <v>10</v>
       </c>
       <c r="D125" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="4" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>10</v>
       </c>
       <c r="D126" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="4" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>10</v>
       </c>
       <c r="D127" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="4" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>10</v>
       </c>
       <c r="D128" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="4" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>10</v>
       </c>
       <c r="D129" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="4" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>10</v>
       </c>
       <c r="D130" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="4" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B131" t="s">
-        <v>9</v>
+        <v>244</v>
       </c>
       <c r="C131" t="s">
         <v>10</v>
       </c>
       <c r="D131" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="4" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>10</v>
       </c>
       <c r="D132" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="4" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>10</v>
       </c>
       <c r="D133" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="4" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>10</v>
       </c>
       <c r="D134" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="4" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>10</v>
       </c>
       <c r="D135" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="4" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>10</v>
       </c>
       <c r="D136" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="4" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B137" t="s">
-        <v>9</v>
+        <v>140</v>
       </c>
       <c r="C137" t="s">
         <v>10</v>
       </c>
       <c r="D137" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="4" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>10</v>
       </c>
       <c r="D138" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>281</v>
+        <v>197</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="4" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>10</v>
       </c>
       <c r="D139" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="4" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B140" t="s">
-        <v>9</v>
+        <v>140</v>
       </c>
       <c r="C140" t="s">
         <v>10</v>
       </c>
       <c r="D140" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="4" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>10</v>
       </c>
       <c r="D141" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="4" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>10</v>
       </c>
       <c r="D142" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="4" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>10</v>
       </c>
       <c r="D143" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="4" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>10</v>
       </c>
       <c r="D144" t="s">
-        <v>293</v>
+        <v>174</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="4" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>10</v>
       </c>
       <c r="D145" t="s">
-        <v>293</v>
+        <v>174</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="4" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>10</v>
       </c>
       <c r="D146" t="s">
-        <v>293</v>
+        <v>174</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="4" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>10</v>
       </c>
       <c r="D147" t="s">
-        <v>293</v>
+        <v>174</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="4" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>10</v>
       </c>
       <c r="D148" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="F148" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>10</v>
+      </c>
+      <c r="D149" t="s">
         <v>303</v>
       </c>
-      <c r="B149" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="4" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>10</v>
       </c>
       <c r="D150" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="4" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B151" t="s">
-        <v>308</v>
+        <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>10</v>
       </c>
       <c r="D151" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="4" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>10</v>
       </c>
       <c r="D152" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="4" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>10</v>
       </c>
       <c r="D153" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="4" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>10</v>
       </c>
       <c r="D154" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="F154" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="4" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B155" t="s">
-        <v>9</v>
+        <v>318</v>
       </c>
       <c r="C155" t="s">
         <v>10</v>
       </c>
       <c r="D155" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="4" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>10</v>
       </c>
       <c r="D156" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156" t="s">
-        <v>42</v>
+        <v>321</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="4" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>10</v>
       </c>
       <c r="D157" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="4" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>10</v>
       </c>
       <c r="D158" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="4" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>10</v>
       </c>
       <c r="D159" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="4" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>10</v>
       </c>
       <c r="D160" t="s">
-        <v>326</v>
+        <v>303</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>327</v>
+        <v>42</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="4" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>10</v>
       </c>
       <c r="D161" t="s">
-        <v>326</v>
+        <v>303</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="4" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>10</v>
       </c>
       <c r="D162" t="s">
-        <v>326</v>
+        <v>303</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="4" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>10</v>
       </c>
       <c r="D163" t="s">
-        <v>326</v>
+        <v>303</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="4" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>10</v>
       </c>
       <c r="D164" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>10</v>
+      </c>
+      <c r="D165" t="s">
         <v>336</v>
       </c>
-      <c r="B165" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="4" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>10</v>
       </c>
       <c r="D166" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="4" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>10</v>
       </c>
       <c r="D167" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="4" t="s">
         <v>344</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>10</v>
       </c>
       <c r="D168" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="F168" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="4" t="s">
         <v>346</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>10</v>
       </c>
       <c r="D169" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="F169" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="4" t="s">
         <v>348</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>10</v>
       </c>
       <c r="D170" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="4" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>10</v>
       </c>
       <c r="D171" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="F171" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>10</v>
+      </c>
+      <c r="D172" t="s">
         <v>352</v>
       </c>
-      <c r="B172" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="F172" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="4" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>10</v>
       </c>
       <c r="D173" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="4" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>10</v>
       </c>
       <c r="D174" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="F174" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="4" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>10</v>
       </c>
       <c r="D175" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E175" t="s">
         <v>12</v>
       </c>
       <c r="F175" t="s">
-        <v>147</v>
+        <v>361</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="4" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>10</v>
       </c>
       <c r="D176" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E176" t="s">
         <v>12</v>
       </c>
       <c r="F176" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="4" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>10</v>
       </c>
       <c r="D177" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E177" t="s">
         <v>12</v>
       </c>
       <c r="F177" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="4" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>10</v>
       </c>
       <c r="D178" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="4" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>10</v>
       </c>
       <c r="D179" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="F179" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="4" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>10</v>
       </c>
       <c r="D180" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
       <c r="F180" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="4" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>10</v>
       </c>
       <c r="D181" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="F181" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="4" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>10</v>
       </c>
       <c r="D182" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="4" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B183" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>10</v>
       </c>
       <c r="D183" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="4" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>10</v>
       </c>
       <c r="D184" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="F184" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="4" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>10</v>
       </c>
       <c r="D185" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E185" t="s">
         <v>12</v>
       </c>
       <c r="F185" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="4" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>10</v>
       </c>
       <c r="D186" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="4" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="B187" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="C187" t="s">
         <v>10</v>
       </c>
       <c r="D187" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187" t="s">
-        <v>296</v>
+        <v>385</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="4" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>10</v>
       </c>
       <c r="D188" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
       <c r="F188" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="4" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>10</v>
       </c>
       <c r="D189" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="F189" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="4" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>10</v>
       </c>
       <c r="D190" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="4" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>10</v>
       </c>
       <c r="D191" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
       <c r="F191" t="s">
-        <v>389</v>
+        <v>306</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="4" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>10</v>
       </c>
       <c r="D192" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="4" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>10</v>
       </c>
       <c r="D193" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E193" t="s">
         <v>12</v>
       </c>
       <c r="F193" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="4" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>10</v>
       </c>
       <c r="D194" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="F194" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="4" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>10</v>
       </c>
       <c r="D195" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="E195" t="s">
         <v>12</v>
       </c>
       <c r="F195" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="4" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>10</v>
       </c>
       <c r="D196" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="E196" t="s">
         <v>12</v>
       </c>
       <c r="F196" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="4" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>10</v>
       </c>
       <c r="D197" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="E197" t="s">
         <v>12</v>
       </c>
       <c r="F197" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="4" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>10</v>
       </c>
       <c r="D198" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="E198" t="s">
         <v>12</v>
       </c>
       <c r="F198" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="4" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>10</v>
       </c>
       <c r="D199" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="E199" t="s">
         <v>12</v>
       </c>
       <c r="F199" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="4" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>10</v>
       </c>
       <c r="D200" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
       <c r="F200" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="4" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>10</v>
       </c>
       <c r="D201" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="E201" t="s">
         <v>12</v>
       </c>
       <c r="F201" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="4" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>10</v>
       </c>
       <c r="D202" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="F202" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="4" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>10</v>
       </c>
       <c r="D203" t="s">
-        <v>414</v>
+        <v>406</v>
       </c>
       <c r="E203" t="s">
         <v>12</v>
       </c>
       <c r="F203" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="4" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>10</v>
       </c>
       <c r="D204" t="s">
-        <v>414</v>
+        <v>406</v>
       </c>
       <c r="E204" t="s">
         <v>12</v>
       </c>
       <c r="F204" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="4" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>10</v>
       </c>
       <c r="D205" t="s">
-        <v>414</v>
+        <v>406</v>
       </c>
       <c r="E205" t="s">
         <v>12</v>
       </c>
       <c r="F205" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="4" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>10</v>
       </c>
       <c r="D206" t="s">
-        <v>414</v>
+        <v>406</v>
       </c>
       <c r="E206" t="s">
         <v>12</v>
       </c>
       <c r="F206" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="4" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>10</v>
       </c>
       <c r="D207" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E207" t="s">
         <v>12</v>
       </c>
       <c r="F207" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="4" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>10</v>
       </c>
       <c r="D208" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E208" t="s">
         <v>12</v>
       </c>
       <c r="F208" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>10</v>
+      </c>
+      <c r="D209" t="s">
         <v>425</v>
       </c>
-      <c r="B209" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E209" t="s">
         <v>12</v>
       </c>
       <c r="F209" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="4" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>10</v>
       </c>
       <c r="D210" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E210" t="s">
         <v>12</v>
       </c>
       <c r="F210" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="4" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>10</v>
       </c>
       <c r="D211" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E211" t="s">
         <v>12</v>
       </c>
       <c r="F211" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="4" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>10</v>
       </c>
       <c r="D212" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="F212" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="4" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>10</v>
       </c>
       <c r="D213" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="4" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>10</v>
       </c>
       <c r="D214" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="F214" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="4" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B215" t="s">
-        <v>438</v>
+        <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>10</v>
       </c>
       <c r="D215" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="4" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>10</v>
       </c>
       <c r="D216" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="F216" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="4" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>10</v>
       </c>
       <c r="D217" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E217" t="s">
         <v>12</v>
       </c>
       <c r="F217" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="4" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>10</v>
       </c>
       <c r="D218" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E218" t="s">
         <v>12</v>
       </c>
       <c r="F218" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="4" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B219" t="s">
-        <v>9</v>
+        <v>244</v>
       </c>
       <c r="C219" t="s">
         <v>10</v>
       </c>
       <c r="D219" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E219" t="s">
         <v>12</v>
       </c>
       <c r="F219" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="4" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>10</v>
       </c>
       <c r="D220" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E220" t="s">
         <v>12</v>
       </c>
       <c r="F220" t="s">
-        <v>15</v>
+        <v>451</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="4" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>10</v>
       </c>
       <c r="D221" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E221" t="s">
         <v>12</v>
       </c>
       <c r="F221" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="4" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>10</v>
       </c>
       <c r="D222" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E222" t="s">
         <v>12</v>
       </c>
       <c r="F222" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="4" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>10</v>
       </c>
       <c r="D223" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E223" t="s">
         <v>12</v>
       </c>
       <c r="F223" t="s">
-        <v>452</v>
+        <v>15</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="4" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B224" t="s">
-        <v>454</v>
+        <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>10</v>
       </c>
       <c r="D224" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E224" t="s">
         <v>12</v>
       </c>
       <c r="F224" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="4" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>10</v>
       </c>
       <c r="D225" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E225" t="s">
         <v>12</v>
       </c>
       <c r="F225" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="4" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B226" t="s">
-        <v>438</v>
+        <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>10</v>
       </c>
       <c r="D226" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E226" t="s">
         <v>12</v>
       </c>
       <c r="F226" t="s">
-        <v>347</v>
+        <v>459</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="4" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>10</v>
       </c>
       <c r="D227" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E227" t="s">
         <v>12</v>
       </c>
       <c r="F227" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="4" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B228" t="s">
-        <v>438</v>
+        <v>464</v>
       </c>
       <c r="C228" t="s">
         <v>10</v>
       </c>
       <c r="D228" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E228" t="s">
         <v>12</v>
       </c>
       <c r="F228" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="4" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>10</v>
       </c>
       <c r="D229" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E229" t="s">
         <v>12</v>
       </c>
       <c r="F229" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="4" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B230" t="s">
-        <v>9</v>
+        <v>244</v>
       </c>
       <c r="C230" t="s">
         <v>10</v>
       </c>
       <c r="D230" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E230" t="s">
         <v>12</v>
       </c>
       <c r="F230" t="s">
-        <v>466</v>
+        <v>357</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="4" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>10</v>
       </c>
       <c r="D231" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E231" t="s">
         <v>12</v>
       </c>
       <c r="F231" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="4" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B232" t="s">
-        <v>454</v>
+        <v>244</v>
       </c>
       <c r="C232" t="s">
         <v>10</v>
       </c>
       <c r="D232" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E232" t="s">
         <v>12</v>
       </c>
       <c r="F232" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="4" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>10</v>
       </c>
       <c r="D233" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E233" t="s">
         <v>12</v>
       </c>
       <c r="F233" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="4" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>10</v>
       </c>
       <c r="D234" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E234" t="s">
         <v>12</v>
       </c>
       <c r="F234" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="4" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>10</v>
       </c>
       <c r="D235" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E235" t="s">
         <v>12</v>
       </c>
       <c r="F235" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="4" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B236" t="s">
-        <v>9</v>
+        <v>464</v>
       </c>
       <c r="C236" t="s">
         <v>10</v>
       </c>
       <c r="D236" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E236" t="s">
         <v>12</v>
       </c>
       <c r="F236" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="4" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>10</v>
       </c>
       <c r="D237" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E237" t="s">
         <v>12</v>
       </c>
       <c r="F237" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="4" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>10</v>
       </c>
       <c r="D238" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E238" t="s">
         <v>12</v>
       </c>
       <c r="F238" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="4" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>10</v>
       </c>
       <c r="D239" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E239" t="s">
         <v>12</v>
       </c>
       <c r="F239" t="s">
-        <v>256</v>
+        <v>486</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="4" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>10</v>
       </c>
       <c r="D240" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E240" t="s">
         <v>12</v>
       </c>
       <c r="F240" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="4" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>10</v>
       </c>
       <c r="D241" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E241" t="s">
         <v>12</v>
       </c>
       <c r="F241" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="4" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>10</v>
       </c>
       <c r="D242" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E242" t="s">
         <v>12</v>
       </c>
       <c r="F242" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="4" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>10</v>
       </c>
       <c r="D243" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E243" t="s">
         <v>12</v>
       </c>
       <c r="F243" t="s">
-        <v>491</v>
+        <v>260</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="4" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
         <v>10</v>
       </c>
       <c r="D244" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E244" t="s">
         <v>12</v>
       </c>
       <c r="F244" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="4" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>10</v>
       </c>
       <c r="D245" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E245" t="s">
         <v>12</v>
       </c>
       <c r="F245" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="4" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>10</v>
       </c>
       <c r="D246" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E246" t="s">
         <v>12</v>
       </c>
       <c r="F246" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="4" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>10</v>
       </c>
       <c r="D247" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E247" t="s">
         <v>12</v>
       </c>
       <c r="F247" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="4" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>10</v>
       </c>
       <c r="D248" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E248" t="s">
         <v>12</v>
       </c>
       <c r="F248" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="4" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>10</v>
       </c>
       <c r="D249" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E249" t="s">
         <v>12</v>
       </c>
       <c r="F249" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="4" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>10</v>
       </c>
       <c r="D250" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="E250" t="s">
         <v>12</v>
       </c>
       <c r="F250" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="4" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>10</v>
       </c>
       <c r="D251" t="s">
-        <v>505</v>
+        <v>425</v>
       </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="F251" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="4" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>10</v>
       </c>
       <c r="D252" t="s">
-        <v>505</v>
+        <v>425</v>
       </c>
       <c r="E252" t="s">
         <v>12</v>
       </c>
       <c r="F252" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="4" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>10</v>
       </c>
       <c r="D253" t="s">
-        <v>505</v>
+        <v>425</v>
       </c>
       <c r="E253" t="s">
         <v>12</v>
       </c>
       <c r="F253" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="4" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>10</v>
       </c>
       <c r="D254" t="s">
-        <v>505</v>
+        <v>425</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
       <c r="F254" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="4" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>10</v>
       </c>
       <c r="D255" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E255" t="s">
         <v>12</v>
       </c>
       <c r="F255" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>10</v>
+      </c>
+      <c r="D256" t="s">
         <v>515</v>
       </c>
-      <c r="B256" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E256" t="s">
         <v>12</v>
       </c>
       <c r="F256" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="4" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
         <v>10</v>
       </c>
       <c r="D257" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E257" t="s">
         <v>12</v>
       </c>
       <c r="F257" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="4" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
         <v>10</v>
       </c>
       <c r="D258" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E258" t="s">
         <v>12</v>
       </c>
       <c r="F258" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="4" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>10</v>
       </c>
       <c r="D259" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E259" t="s">
         <v>12</v>
       </c>
       <c r="F259" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="4" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>10</v>
       </c>
       <c r="D260" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E260" t="s">
         <v>12</v>
       </c>
       <c r="F260" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="4" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>10</v>
       </c>
       <c r="D261" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="4" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>10</v>
       </c>
       <c r="D262" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E262" t="s">
         <v>12</v>
       </c>
       <c r="F262" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="4" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
         <v>10</v>
       </c>
       <c r="D263" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E263" t="s">
         <v>12</v>
       </c>
       <c r="F263" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="4" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>10</v>
       </c>
       <c r="D264" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E264" t="s">
         <v>12</v>
       </c>
       <c r="F264" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="4" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>10</v>
       </c>
       <c r="D265" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="F265" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="4" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
         <v>10</v>
       </c>
       <c r="D266" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E266" t="s">
         <v>12</v>
       </c>
       <c r="F266" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="4" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>10</v>
       </c>
       <c r="D267" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="F267" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="4" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
         <v>10</v>
       </c>
       <c r="D268" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E268" t="s">
         <v>12</v>
       </c>
       <c r="F268" t="s">
-        <v>254</v>
+        <v>537</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="4" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>10</v>
       </c>
       <c r="D269" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="4" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="B270" t="s">
-        <v>454</v>
+        <v>9</v>
       </c>
       <c r="C270" t="s">
         <v>10</v>
       </c>
       <c r="D270" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E270" t="s">
         <v>12</v>
       </c>
       <c r="F270" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="4" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>10</v>
       </c>
       <c r="D271" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E271" t="s">
         <v>12</v>
       </c>
       <c r="F271" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="4" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>10</v>
       </c>
       <c r="D272" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="F272" t="s">
-        <v>537</v>
+        <v>256</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="4" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>10</v>
       </c>
       <c r="D273" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
       <c r="F273" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="4" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B274" t="s">
-        <v>9</v>
+        <v>464</v>
       </c>
       <c r="C274" t="s">
         <v>10</v>
       </c>
       <c r="D274" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="4" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
         <v>10</v>
       </c>
       <c r="D275" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E275" t="s">
         <v>12</v>
       </c>
       <c r="F275" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="4" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
         <v>10</v>
       </c>
       <c r="D276" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E276" t="s">
         <v>12</v>
       </c>
       <c r="F276" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="4" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
         <v>10</v>
       </c>
       <c r="D277" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E277" t="s">
         <v>12</v>
       </c>
       <c r="F277" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="4" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>10</v>
       </c>
       <c r="D278" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E278" t="s">
         <v>12</v>
       </c>
       <c r="F278" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="4" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
         <v>10</v>
       </c>
       <c r="D279" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E279" t="s">
         <v>12</v>
       </c>
       <c r="F279" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="4" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
         <v>10</v>
       </c>
       <c r="D280" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E280" t="s">
         <v>12</v>
       </c>
       <c r="F280" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="4" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
         <v>10</v>
       </c>
       <c r="D281" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
       <c r="F281" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="4" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
         <v>10</v>
       </c>
       <c r="D282" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E282" t="s">
         <v>12</v>
       </c>
       <c r="F282" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="4" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
         <v>10</v>
       </c>
       <c r="D283" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E283" t="s">
         <v>12</v>
       </c>
       <c r="F283" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="4" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
         <v>10</v>
       </c>
       <c r="D284" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E284" t="s">
         <v>12</v>
       </c>
       <c r="F284" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="4" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
         <v>10</v>
       </c>
       <c r="D285" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E285" t="s">
         <v>12</v>
       </c>
       <c r="F285" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="4" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
         <v>10</v>
       </c>
       <c r="D286" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E286" t="s">
         <v>12</v>
       </c>
       <c r="F286" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="4" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
         <v>10</v>
       </c>
       <c r="D287" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E287" t="s">
         <v>12</v>
       </c>
       <c r="F287" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="4" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
         <v>10</v>
       </c>
       <c r="D288" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E288" t="s">
         <v>12</v>
       </c>
       <c r="F288" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="4" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
         <v>10</v>
       </c>
       <c r="D289" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E289" t="s">
         <v>12</v>
       </c>
       <c r="F289" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="4" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
         <v>10</v>
       </c>
       <c r="D290" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E290" t="s">
         <v>12</v>
       </c>
       <c r="F290" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="4" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
         <v>10</v>
       </c>
       <c r="D291" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E291" t="s">
         <v>12</v>
       </c>
       <c r="F291" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="4" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
         <v>10</v>
       </c>
       <c r="D292" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E292" t="s">
         <v>12</v>
       </c>
       <c r="F292" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="4" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
         <v>10</v>
       </c>
       <c r="D293" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E293" t="s">
         <v>12</v>
       </c>
       <c r="F293" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="4" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
         <v>10</v>
       </c>
       <c r="D294" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E294" t="s">
         <v>12</v>
       </c>
       <c r="F294" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="4" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
         <v>10</v>
       </c>
       <c r="D295" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E295" t="s">
         <v>12</v>
       </c>
       <c r="F295" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="4" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
         <v>10</v>
       </c>
       <c r="D296" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E296" t="s">
         <v>12</v>
       </c>
       <c r="F296" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="4" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
         <v>10</v>
       </c>
       <c r="D297" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E297" t="s">
         <v>12</v>
       </c>
       <c r="F297" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="4" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
         <v>10</v>
       </c>
       <c r="D298" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E298" t="s">
         <v>12</v>
       </c>
       <c r="F298" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="4" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
         <v>10</v>
       </c>
       <c r="D299" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E299" t="s">
         <v>12</v>
       </c>
       <c r="F299" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="4" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
         <v>10</v>
       </c>
       <c r="D300" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E300" t="s">
         <v>12</v>
       </c>
       <c r="F300" t="s">
-        <v>391</v>
+        <v>595</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="4" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
         <v>10</v>
       </c>
       <c r="D301" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="E301" t="s">
         <v>12</v>
       </c>
       <c r="F301" t="s">
-        <v>543</v>
+        <v>597</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="4" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
         <v>10</v>
       </c>
       <c r="D302" t="s">
-        <v>595</v>
+        <v>515</v>
       </c>
       <c r="E302" t="s">
         <v>12</v>
       </c>
       <c r="F302" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="4" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B303" t="s">
-        <v>438</v>
+        <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>10</v>
       </c>
       <c r="D303" t="s">
-        <v>595</v>
+        <v>515</v>
       </c>
       <c r="E303" t="s">
         <v>12</v>
       </c>
       <c r="F303" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="4" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>10</v>
       </c>
       <c r="D304" t="s">
-        <v>595</v>
+        <v>515</v>
       </c>
       <c r="E304" t="s">
         <v>12</v>
       </c>
       <c r="F304" t="s">
-        <v>600</v>
+        <v>402</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="4" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>10</v>
       </c>
       <c r="D305" t="s">
-        <v>595</v>
+        <v>515</v>
       </c>
       <c r="E305" t="s">
         <v>12</v>
       </c>
       <c r="F305" t="s">
-        <v>602</v>
+        <v>553</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="4" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B306" t="s">
-        <v>9</v>
+        <v>244</v>
       </c>
       <c r="C306" t="s">
         <v>10</v>
       </c>
       <c r="D306" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E306" t="s">
         <v>12</v>
       </c>
       <c r="F306" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="4" t="s">
+        <v>607</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>10</v>
+      </c>
+      <c r="D307" t="s">
         <v>605</v>
       </c>
-      <c r="B307" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E307" t="s">
         <v>12</v>
       </c>
       <c r="F307" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="4" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>10</v>
       </c>
       <c r="D308" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E308" t="s">
         <v>12</v>
       </c>
       <c r="F308" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="4" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>10</v>
       </c>
       <c r="D309" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E309" t="s">
         <v>12</v>
       </c>
       <c r="F309" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="4" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>10</v>
       </c>
       <c r="D310" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E310" t="s">
         <v>12</v>
       </c>
       <c r="F310" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="4" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>10</v>
       </c>
       <c r="D311" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E311" t="s">
         <v>12</v>
       </c>
       <c r="F311" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="4" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>10</v>
       </c>
       <c r="D312" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E312" t="s">
         <v>12</v>
       </c>
       <c r="F312" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="4" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>10</v>
       </c>
       <c r="D313" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E313" t="s">
         <v>12</v>
       </c>
       <c r="F313" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="4" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>10</v>
       </c>
       <c r="D314" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E314" t="s">
         <v>12</v>
       </c>
       <c r="F314" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>10</v>
       </c>
       <c r="D315" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E315" t="s">
         <v>12</v>
       </c>
       <c r="F315" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="4" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>10</v>
       </c>
       <c r="D316" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E316" t="s">
         <v>12</v>
       </c>
       <c r="F316" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="4" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B317" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>10</v>
       </c>
       <c r="D317" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E317" t="s">
         <v>12</v>
       </c>
       <c r="F317" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="4" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>10</v>
       </c>
       <c r="D318" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E318" t="s">
         <v>12</v>
       </c>
       <c r="F318" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="4" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>10</v>
       </c>
       <c r="D319" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E319" t="s">
         <v>12</v>
       </c>
       <c r="F319" t="s">
-        <v>42</v>
+        <v>632</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="4" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="B320" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="C320" t="s">
         <v>10</v>
       </c>
       <c r="D320" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E320" t="s">
         <v>12</v>
       </c>
       <c r="F320" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="4" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>10</v>
       </c>
       <c r="D321" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E321" t="s">
         <v>12</v>
       </c>
       <c r="F321" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="4" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>10</v>
       </c>
       <c r="D322" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E322" t="s">
         <v>12</v>
       </c>
       <c r="F322" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="4" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>10</v>
       </c>
       <c r="D323" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E323" t="s">
         <v>12</v>
       </c>
       <c r="F323" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="4" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>10</v>
       </c>
       <c r="D324" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="E324" t="s">
         <v>12</v>
       </c>
       <c r="F324" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="4" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>10</v>
       </c>
       <c r="D325" t="s">
-        <v>641</v>
+        <v>605</v>
       </c>
       <c r="E325" t="s">
         <v>12</v>
       </c>
       <c r="F325" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="4" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
         <v>10</v>
       </c>
       <c r="D326" t="s">
-        <v>641</v>
+        <v>605</v>
       </c>
       <c r="E326" t="s">
         <v>12</v>
       </c>
       <c r="F326" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="4" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
         <v>10</v>
       </c>
       <c r="D327" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E327" t="s">
         <v>12</v>
       </c>
       <c r="F327" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="4" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
         <v>10</v>
       </c>
       <c r="D328" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E328" t="s">
         <v>12</v>
       </c>
       <c r="F328" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>10</v>
       </c>
       <c r="D329" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E329" t="s">
         <v>12</v>
       </c>
       <c r="F329" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="4" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>10</v>
       </c>
       <c r="D330" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E330" t="s">
         <v>12</v>
       </c>
       <c r="F330" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="4" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>10</v>
       </c>
       <c r="D331" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E331" t="s">
         <v>12</v>
       </c>
       <c r="F331" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="4" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
         <v>10</v>
       </c>
       <c r="D332" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E332" t="s">
         <v>12</v>
       </c>
       <c r="F332" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="4" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
         <v>10</v>
       </c>
       <c r="D333" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E333" t="s">
         <v>12</v>
       </c>
       <c r="F333" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="4" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>10</v>
       </c>
       <c r="D334" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E334" t="s">
         <v>12</v>
       </c>
       <c r="F334" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="4" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
         <v>10</v>
       </c>
       <c r="D335" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E335" t="s">
         <v>12</v>
       </c>
       <c r="F335" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="4" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
         <v>10</v>
       </c>
       <c r="D336" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="F336" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="4" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
         <v>10</v>
       </c>
       <c r="D337" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E337" t="s">
         <v>12</v>
       </c>
       <c r="F337" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="4" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
         <v>10</v>
       </c>
       <c r="D338" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E338" t="s">
         <v>12</v>
       </c>
       <c r="F338" t="s">
-        <v>412</v>
+        <v>670</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="4" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>10</v>
       </c>
       <c r="D339" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E339" t="s">
         <v>12</v>
       </c>
       <c r="F339" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="4" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
         <v>10</v>
       </c>
       <c r="D340" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E340" t="s">
         <v>12</v>
       </c>
       <c r="F340" t="s">
-        <v>670</v>
+        <v>423</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="4" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
         <v>10</v>
       </c>
       <c r="D341" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E341" t="s">
         <v>12</v>
       </c>
       <c r="F341" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="4" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
         <v>10</v>
       </c>
       <c r="D342" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E342" t="s">
         <v>12</v>
       </c>
       <c r="F342" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="4" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>10</v>
       </c>
       <c r="D343" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E343" t="s">
         <v>12</v>
       </c>
       <c r="F343" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="4" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
         <v>10</v>
       </c>
       <c r="D344" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E344" t="s">
         <v>12</v>
       </c>
       <c r="F344" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="4" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
         <v>10</v>
       </c>
       <c r="D345" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E345" t="s">
         <v>12</v>
       </c>
       <c r="F345" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="4" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
         <v>10</v>
       </c>
       <c r="D346" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E346" t="s">
         <v>12</v>
       </c>
       <c r="F346" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="4" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
         <v>10</v>
       </c>
       <c r="D347" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E347" t="s">
         <v>12</v>
       </c>
       <c r="F347" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="4" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
         <v>10</v>
       </c>
       <c r="D348" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E348" t="s">
         <v>12</v>
       </c>
       <c r="F348" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="4" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
         <v>10</v>
       </c>
       <c r="D349" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E349" t="s">
         <v>12</v>
       </c>
       <c r="F349" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="4" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
         <v>10</v>
       </c>
       <c r="D350" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E350" t="s">
         <v>12</v>
       </c>
       <c r="F350" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="4" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
         <v>10</v>
       </c>
       <c r="D351" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E351" t="s">
         <v>12</v>
       </c>
       <c r="F351" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="4" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
         <v>10</v>
       </c>
       <c r="D352" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E352" t="s">
         <v>12</v>
       </c>
       <c r="F352" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="4" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
         <v>10</v>
       </c>
       <c r="D353" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E353" t="s">
         <v>12</v>
       </c>
       <c r="F353" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="4" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>10</v>
       </c>
       <c r="D354" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E354" t="s">
         <v>12</v>
       </c>
       <c r="F354" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="4" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>10</v>
       </c>
       <c r="D355" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="4" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
         <v>10</v>
       </c>
       <c r="D356" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E356" t="s">
         <v>12</v>
       </c>
       <c r="F356" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="4" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
         <v>10</v>
       </c>
       <c r="D357" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E357" t="s">
         <v>12</v>
       </c>
       <c r="F357" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="4" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
         <v>10</v>
       </c>
       <c r="D358" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E358" t="s">
         <v>12</v>
       </c>
       <c r="F358" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="4" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
         <v>10</v>
       </c>
       <c r="D359" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E359" t="s">
         <v>12</v>
       </c>
       <c r="F359" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="4" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
         <v>10</v>
       </c>
       <c r="D360" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E360" t="s">
         <v>12</v>
       </c>
       <c r="F360" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="4" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
         <v>10</v>
       </c>
       <c r="D361" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
       </c>
       <c r="F361" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="4" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
         <v>10</v>
       </c>
       <c r="D362" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E362" t="s">
         <v>12</v>
       </c>
       <c r="F362" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="4" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
         <v>10</v>
       </c>
       <c r="D363" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E363" t="s">
         <v>12</v>
       </c>
       <c r="F363" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="4" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
         <v>10</v>
       </c>
       <c r="D364" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E364" t="s">
         <v>12</v>
       </c>
       <c r="F364" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="4" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
         <v>10</v>
       </c>
       <c r="D365" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E365" t="s">
         <v>12</v>
       </c>
       <c r="F365" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="4" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
         <v>10</v>
       </c>
       <c r="D366" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E366" t="s">
         <v>12</v>
       </c>
       <c r="F366" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="4" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
         <v>10</v>
       </c>
       <c r="D367" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E367" t="s">
         <v>12</v>
       </c>
       <c r="F367" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="4" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
         <v>10</v>
       </c>
       <c r="D368" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E368" t="s">
         <v>12</v>
       </c>
       <c r="F368" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="4" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
         <v>10</v>
       </c>
       <c r="D369" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="F369" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="4" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
         <v>10</v>
       </c>
       <c r="D370" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E370" t="s">
         <v>12</v>
       </c>
       <c r="F370" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="4" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
         <v>10</v>
       </c>
       <c r="D371" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E371" t="s">
         <v>12</v>
       </c>
       <c r="F371" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="4" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
         <v>10</v>
       </c>
       <c r="D372" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E372" t="s">
         <v>12</v>
       </c>
       <c r="F372" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="4" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
         <v>10</v>
       </c>
       <c r="D373" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E373" t="s">
         <v>12</v>
       </c>
       <c r="F373" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="4" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
         <v>10</v>
       </c>
       <c r="D374" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E374" t="s">
         <v>12</v>
       </c>
       <c r="F374" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="4" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
         <v>10</v>
       </c>
       <c r="D375" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E375" t="s">
         <v>12</v>
       </c>
       <c r="F375" t="s">
-        <v>541</v>
+        <v>743</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="4" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
         <v>10</v>
       </c>
       <c r="D376" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E376" t="s">
         <v>12</v>
       </c>
       <c r="F376" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="4" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
         <v>10</v>
       </c>
       <c r="D377" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E377" t="s">
         <v>12</v>
       </c>
       <c r="F377" t="s">
-        <v>743</v>
+        <v>551</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="4" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
         <v>10</v>
       </c>
       <c r="D378" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E378" t="s">
         <v>12</v>
       </c>
       <c r="F378" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="4" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
         <v>10</v>
       </c>
       <c r="D379" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E379" t="s">
         <v>12</v>
       </c>
       <c r="F379" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="4" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
         <v>10</v>
       </c>
       <c r="D380" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E380" t="s">
         <v>12</v>
       </c>
       <c r="F380" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="4" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
         <v>10</v>
       </c>
       <c r="D381" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E381" t="s">
         <v>12</v>
       </c>
       <c r="F381" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="4" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
         <v>10</v>
       </c>
       <c r="D382" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E382" t="s">
         <v>12</v>
       </c>
       <c r="F382" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="4" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
         <v>10</v>
       </c>
       <c r="D383" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E383" t="s">
         <v>12</v>
       </c>
       <c r="F383" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="4" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
         <v>10</v>
       </c>
       <c r="D384" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E384" t="s">
         <v>12</v>
       </c>
       <c r="F384" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="4" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
         <v>10</v>
       </c>
       <c r="D385" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E385" t="s">
         <v>12</v>
       </c>
       <c r="F385" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="4" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
         <v>10</v>
       </c>
       <c r="D386" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E386" t="s">
         <v>12</v>
       </c>
       <c r="F386" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="4" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
         <v>10</v>
       </c>
       <c r="D387" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E387" t="s">
         <v>12</v>
       </c>
       <c r="F387" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="4" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
         <v>10</v>
       </c>
       <c r="D388" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E388" t="s">
         <v>12</v>
       </c>
       <c r="F388" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="4" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
         <v>10</v>
       </c>
       <c r="D389" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E389" t="s">
         <v>12</v>
       </c>
       <c r="F389" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="4" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
         <v>10</v>
       </c>
       <c r="D390" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E390" t="s">
         <v>12</v>
       </c>
       <c r="F390" t="s">
-        <v>387</v>
+        <v>772</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="4" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
         <v>10</v>
       </c>
       <c r="D391" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E391" t="s">
         <v>12</v>
       </c>
       <c r="F391" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="4" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
         <v>10</v>
       </c>
       <c r="D392" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E392" t="s">
         <v>12</v>
       </c>
       <c r="F392" t="s">
-        <v>772</v>
+        <v>398</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="4" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
         <v>10</v>
       </c>
       <c r="D393" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E393" t="s">
         <v>12</v>
       </c>
       <c r="F393" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="4" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
         <v>10</v>
       </c>
       <c r="D394" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E394" t="s">
         <v>12</v>
       </c>
       <c r="F394" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="4" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
         <v>10</v>
       </c>
       <c r="D395" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E395" t="s">
         <v>12</v>
       </c>
       <c r="F395" t="s">
-        <v>74</v>
+        <v>781</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="4" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
         <v>10</v>
       </c>
       <c r="D396" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E396" t="s">
         <v>12</v>
       </c>
       <c r="F396" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="4" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
         <v>10</v>
       </c>
       <c r="D397" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E397" t="s">
         <v>12</v>
       </c>
       <c r="F397" t="s">
-        <v>781</v>
+        <v>74</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="4" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
         <v>10</v>
       </c>
       <c r="D398" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E398" t="s">
         <v>12</v>
       </c>
       <c r="F398" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="4" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
         <v>10</v>
       </c>
       <c r="D399" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E399" t="s">
         <v>12</v>
       </c>
       <c r="F399" t="s">
-        <v>162</v>
+        <v>788</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="4" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
         <v>10</v>
       </c>
       <c r="D400" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E400" t="s">
         <v>12</v>
       </c>
       <c r="F400" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="4" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
         <v>10</v>
       </c>
       <c r="D401" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E401" t="s">
         <v>12</v>
       </c>
       <c r="F401" t="s">
-        <v>761</v>
+        <v>158</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="4" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
         <v>10</v>
       </c>
       <c r="D402" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E402" t="s">
         <v>12</v>
       </c>
       <c r="F402" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="4" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
         <v>10</v>
       </c>
       <c r="D403" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E403" t="s">
         <v>12</v>
       </c>
       <c r="F403" t="s">
-        <v>791</v>
+        <v>768</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="4" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
         <v>10</v>
       </c>
       <c r="D404" t="s">
-        <v>793</v>
+        <v>648</v>
       </c>
       <c r="E404" t="s">
         <v>12</v>
       </c>
       <c r="F404" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="4" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
         <v>10</v>
       </c>
       <c r="D405" t="s">
-        <v>793</v>
+        <v>648</v>
       </c>
       <c r="E405" t="s">
         <v>12</v>
       </c>
       <c r="F405" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="4" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
         <v>10</v>
       </c>
       <c r="D406" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E406" t="s">
         <v>12</v>
       </c>
       <c r="F406" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="4" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
         <v>10</v>
       </c>
       <c r="D407" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E407" t="s">
         <v>12</v>
       </c>
       <c r="F407" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="4" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
         <v>10</v>
       </c>
       <c r="D408" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E408" t="s">
         <v>12</v>
       </c>
       <c r="F408" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="4" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
         <v>10</v>
       </c>
       <c r="D409" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E409" t="s">
         <v>12</v>
       </c>
       <c r="F409" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="4" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
         <v>10</v>
       </c>
       <c r="D410" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E410" t="s">
         <v>12</v>
       </c>
       <c r="F410" t="s">
-        <v>800</v>
+        <v>809</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="4" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
         <v>10</v>
       </c>
       <c r="D411" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E411" t="s">
         <v>12</v>
       </c>
       <c r="F411" t="s">
-        <v>800</v>
+        <v>811</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="4" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
         <v>10</v>
       </c>
       <c r="D412" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E412" t="s">
         <v>12</v>
       </c>
       <c r="F412" t="s">
-        <v>800</v>
+        <v>813</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="4" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
         <v>10</v>
       </c>
       <c r="D413" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E413" t="s">
         <v>12</v>
       </c>
       <c r="F413" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="4" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
         <v>10</v>
       </c>
       <c r="D414" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E414" t="s">
         <v>12</v>
       </c>
       <c r="F414" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="4" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
         <v>10</v>
       </c>
       <c r="D415" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E415" t="s">
         <v>12</v>
       </c>
       <c r="F415" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="4" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
         <v>10</v>
       </c>
       <c r="D416" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E416" t="s">
         <v>12</v>
       </c>
       <c r="F416" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="4" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
         <v>10</v>
       </c>
       <c r="D417" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E417" t="s">
         <v>12</v>
       </c>
       <c r="F417" t="s">
-        <v>815</v>
+        <v>42</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="4" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
         <v>10</v>
       </c>
       <c r="D418" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E418" t="s">
         <v>12</v>
       </c>
       <c r="F418" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="4" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
         <v>10</v>
       </c>
       <c r="D419" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E419" t="s">
         <v>12</v>
       </c>
       <c r="F419" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="4" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
         <v>10</v>
       </c>
       <c r="D420" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E420" t="s">
         <v>12</v>
       </c>
       <c r="F420" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="4" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
         <v>10</v>
       </c>
       <c r="D421" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E421" t="s">
         <v>12</v>
       </c>
       <c r="F421" t="s">
-        <v>42</v>
+        <v>827</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="4" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
         <v>10</v>
       </c>
       <c r="D422" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E422" t="s">
         <v>12</v>
       </c>
       <c r="F422" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="4" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
         <v>10</v>
       </c>
       <c r="D423" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E423" t="s">
         <v>12</v>
       </c>
       <c r="F423" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="4" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
         <v>10</v>
       </c>
       <c r="D424" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E424" t="s">
         <v>12</v>
       </c>
       <c r="F424" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="4" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
         <v>10</v>
       </c>
       <c r="D425" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E425" t="s">
         <v>12</v>
       </c>
       <c r="F425" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="4" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
         <v>10</v>
       </c>
       <c r="D426" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E426" t="s">
         <v>12</v>
       </c>
       <c r="F426" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="4" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
         <v>10</v>
       </c>
       <c r="D427" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E427" t="s">
         <v>12</v>
       </c>
       <c r="F427" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="4" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
         <v>10</v>
       </c>
       <c r="D428" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E428" t="s">
         <v>12</v>
       </c>
       <c r="F428" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="4" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
         <v>10</v>
       </c>
       <c r="D429" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E429" t="s">
         <v>12</v>
       </c>
       <c r="F429" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="4" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
         <v>10</v>
       </c>
       <c r="D430" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E430" t="s">
         <v>12</v>
       </c>
       <c r="F430" t="s">
-        <v>824</v>
+        <v>838</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="4" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
         <v>10</v>
       </c>
       <c r="D431" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E431" t="s">
         <v>12</v>
       </c>
       <c r="F431" t="s">
-        <v>827</v>
+        <v>840</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="4" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
         <v>10</v>
       </c>
       <c r="D432" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E432" t="s">
         <v>12</v>
       </c>
       <c r="F432" t="s">
-        <v>827</v>
+        <v>842</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="4" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
         <v>10</v>
       </c>
       <c r="D433" t="s">
-        <v>793</v>
+        <v>844</v>
       </c>
       <c r="E433" t="s">
         <v>12</v>
       </c>
       <c r="F433" t="s">
-        <v>824</v>
+        <v>845</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="4" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
         <v>10</v>
       </c>
       <c r="D434" t="s">
-        <v>793</v>
+        <v>844</v>
       </c>
       <c r="E434" t="s">
         <v>12</v>
       </c>
       <c r="F434" t="s">
-        <v>838</v>
+        <v>847</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="4" t="s">
-        <v>839</v>
+        <v>848</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
         <v>10</v>
       </c>
       <c r="D435" t="s">
-        <v>793</v>
+        <v>844</v>
       </c>
       <c r="E435" t="s">
         <v>12</v>
       </c>
       <c r="F435" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="4" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
         <v>10</v>
       </c>
       <c r="D436" t="s">
-        <v>793</v>
+        <v>844</v>
       </c>
       <c r="E436" t="s">
         <v>12</v>
       </c>
       <c r="F436" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="4" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
         <v>10</v>
       </c>
       <c r="D437" t="s">
         <v>844</v>
       </c>
       <c r="E437" t="s">
         <v>12</v>
       </c>
       <c r="F437" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="4" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
         <v>10</v>
       </c>
       <c r="D438" t="s">
         <v>844</v>
       </c>
       <c r="E438" t="s">
         <v>12</v>
       </c>
       <c r="F438" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="4" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
         <v>10</v>
       </c>
       <c r="D439" t="s">
         <v>844</v>
       </c>
       <c r="E439" t="s">
         <v>12</v>
       </c>
       <c r="F439" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="4" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
         <v>10</v>
       </c>
       <c r="D440" t="s">
         <v>844</v>
       </c>
       <c r="E440" t="s">
         <v>12</v>
       </c>
       <c r="F440" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="4" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
         <v>10</v>
       </c>
       <c r="D441" t="s">
         <v>844</v>
       </c>
       <c r="E441" t="s">
         <v>12</v>
       </c>
       <c r="F441" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="4" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
         <v>10</v>
       </c>
       <c r="D442" t="s">
         <v>844</v>
       </c>
       <c r="E442" t="s">
         <v>12</v>
       </c>
       <c r="F442" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="4" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
         <v>10</v>
       </c>
       <c r="D443" t="s">
         <v>844</v>
       </c>
       <c r="E443" t="s">
         <v>12</v>
       </c>
       <c r="F443" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="4" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
         <v>10</v>
       </c>
       <c r="D444" t="s">
         <v>844</v>
       </c>
       <c r="E444" t="s">
         <v>12</v>
       </c>
       <c r="F444" t="s">
-        <v>858</v>
+        <v>866</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="4" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
         <v>10</v>
       </c>
       <c r="D445" t="s">
         <v>844</v>
       </c>
       <c r="E445" t="s">
         <v>12</v>
       </c>
       <c r="F445" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="4" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
         <v>10</v>
       </c>
       <c r="D446" t="s">
         <v>844</v>
       </c>
       <c r="E446" t="s">
         <v>12</v>
       </c>
       <c r="F446" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="4" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
         <v>10</v>
       </c>
       <c r="D447" t="s">
         <v>844</v>
       </c>
       <c r="E447" t="s">
         <v>12</v>
       </c>
       <c r="F447" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="4" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
         <v>10</v>
       </c>
       <c r="D448" t="s">
         <v>844</v>
       </c>
       <c r="E448" t="s">
         <v>12</v>
       </c>
       <c r="F448" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="4" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
         <v>10</v>
       </c>
       <c r="D449" t="s">
         <v>844</v>
       </c>
       <c r="E449" t="s">
         <v>12</v>
       </c>
       <c r="F449" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="4" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
         <v>10</v>
       </c>
       <c r="D450" t="s">
         <v>844</v>
       </c>
       <c r="E450" t="s">
         <v>12</v>
       </c>
       <c r="F450" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="4" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
         <v>10</v>
       </c>
       <c r="D451" t="s">
         <v>844</v>
       </c>
       <c r="E451" t="s">
         <v>12</v>
       </c>
       <c r="F451" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="4" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
         <v>10</v>
       </c>
       <c r="D452" t="s">
         <v>844</v>
       </c>
       <c r="E452" t="s">
         <v>12</v>
       </c>
       <c r="F452" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="4" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
         <v>10</v>
       </c>
       <c r="D453" t="s">
         <v>844</v>
       </c>
       <c r="E453" t="s">
         <v>12</v>
       </c>
       <c r="F453" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="4" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
         <v>10</v>
       </c>
       <c r="D454" t="s">
         <v>844</v>
       </c>
       <c r="E454" t="s">
         <v>12</v>
       </c>
       <c r="F454" t="s">
-        <v>878</v>
+        <v>758</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="4" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
         <v>10</v>
       </c>
       <c r="D455" t="s">
         <v>844</v>
       </c>
       <c r="E455" t="s">
         <v>12</v>
       </c>
       <c r="F455" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="4" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
         <v>10</v>
       </c>
       <c r="D456" t="s">
         <v>844</v>
       </c>
       <c r="E456" t="s">
         <v>12</v>
       </c>
       <c r="F456" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="4" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
         <v>10</v>
       </c>
       <c r="D457" t="s">
         <v>844</v>
       </c>
       <c r="E457" t="s">
         <v>12</v>
       </c>
       <c r="F457" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="4" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
         <v>10</v>
       </c>
       <c r="D458" t="s">
         <v>844</v>
       </c>
       <c r="E458" t="s">
         <v>12</v>
       </c>
       <c r="F458" t="s">
-        <v>751</v>
+        <v>893</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="4" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
         <v>10</v>
       </c>
       <c r="D459" t="s">
         <v>844</v>
       </c>
       <c r="E459" t="s">
         <v>12</v>
       </c>
       <c r="F459" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="4" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
         <v>10</v>
       </c>
       <c r="D460" t="s">
         <v>844</v>
       </c>
       <c r="E460" t="s">
         <v>12</v>
       </c>
       <c r="F460" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="4" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
         <v>10</v>
       </c>
       <c r="D461" t="s">
         <v>844</v>
       </c>
       <c r="E461" t="s">
         <v>12</v>
       </c>
       <c r="F461" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="4" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
         <v>10</v>
       </c>
       <c r="D462" t="s">
         <v>844</v>
       </c>
       <c r="E462" t="s">
         <v>12</v>
       </c>
       <c r="F462" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="4" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
         <v>10</v>
       </c>
       <c r="D463" t="s">
         <v>844</v>
       </c>
       <c r="E463" t="s">
         <v>12</v>
       </c>
       <c r="F463" t="s">
-        <v>895</v>
+        <v>903</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="4" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
         <v>10</v>
       </c>
       <c r="D464" t="s">
         <v>844</v>
       </c>
       <c r="E464" t="s">
         <v>12</v>
       </c>
       <c r="F464" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="4" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
         <v>10</v>
       </c>
       <c r="D465" t="s">
         <v>844</v>
       </c>
       <c r="E465" t="s">
         <v>12</v>
       </c>
       <c r="F465" t="s">
-        <v>899</v>
+        <v>907</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="4" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
         <v>10</v>
       </c>
       <c r="D466" t="s">
         <v>844</v>
       </c>
       <c r="E466" t="s">
         <v>12</v>
       </c>
       <c r="F466" t="s">
-        <v>901</v>
+        <v>909</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="4" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
         <v>10</v>
       </c>
       <c r="D467" t="s">
         <v>844</v>
       </c>
       <c r="E467" t="s">
         <v>12</v>
       </c>
       <c r="F467" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="4" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
         <v>10</v>
       </c>
       <c r="D468" t="s">
         <v>844</v>
       </c>
       <c r="E468" t="s">
         <v>12</v>
       </c>
       <c r="F468" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="4" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
         <v>10</v>
       </c>
       <c r="D469" t="s">
         <v>844</v>
       </c>
       <c r="E469" t="s">
         <v>12</v>
       </c>
       <c r="F469" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="4" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
         <v>10</v>
       </c>
       <c r="D470" t="s">
         <v>844</v>
       </c>
       <c r="E470" t="s">
         <v>12</v>
       </c>
       <c r="F470" t="s">
-        <v>909</v>
+        <v>225</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="4" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
         <v>10</v>
       </c>
       <c r="D471" t="s">
         <v>844</v>
       </c>
       <c r="E471" t="s">
         <v>12</v>
       </c>
       <c r="F471" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="4" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
         <v>10</v>
       </c>
       <c r="D472" t="s">
         <v>844</v>
       </c>
       <c r="E472" t="s">
         <v>12</v>
       </c>
       <c r="F472" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="4" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
         <v>10</v>
       </c>
       <c r="D473" t="s">
         <v>844</v>
       </c>
       <c r="E473" t="s">
         <v>12</v>
       </c>
       <c r="F473" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="4" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
         <v>10</v>
       </c>
       <c r="D474" t="s">
         <v>844</v>
       </c>
       <c r="E474" t="s">
         <v>12</v>
       </c>
       <c r="F474" t="s">
-        <v>226</v>
+        <v>924</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="4" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
         <v>10</v>
       </c>
       <c r="D475" t="s">
         <v>844</v>
       </c>
       <c r="E475" t="s">
         <v>12</v>
       </c>
       <c r="F475" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="4" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
         <v>10</v>
       </c>
       <c r="D476" t="s">
         <v>844</v>
       </c>
       <c r="E476" t="s">
         <v>12</v>
       </c>
       <c r="F476" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="4" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
         <v>10</v>
       </c>
       <c r="D477" t="s">
         <v>844</v>
       </c>
       <c r="E477" t="s">
         <v>12</v>
       </c>
       <c r="F477" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="4" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
         <v>10</v>
       </c>
       <c r="D478" t="s">
         <v>844</v>
       </c>
       <c r="E478" t="s">
         <v>12</v>
       </c>
       <c r="F478" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="4" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
         <v>10</v>
       </c>
       <c r="D479" t="s">
         <v>844</v>
       </c>
       <c r="E479" t="s">
         <v>12</v>
       </c>
       <c r="F479" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="4" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
         <v>10</v>
       </c>
       <c r="D480" t="s">
         <v>844</v>
       </c>
       <c r="E480" t="s">
         <v>12</v>
       </c>
       <c r="F480" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="4" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
         <v>10</v>
       </c>
       <c r="D481" t="s">
         <v>844</v>
       </c>
       <c r="E481" t="s">
         <v>12</v>
       </c>
       <c r="F481" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="4" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
         <v>10</v>
       </c>
       <c r="D482" t="s">
         <v>844</v>
       </c>
       <c r="E482" t="s">
         <v>12</v>
       </c>
       <c r="F482" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="4" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
         <v>10</v>
       </c>
       <c r="D483" t="s">
         <v>844</v>
       </c>
       <c r="E483" t="s">
         <v>12</v>
       </c>
       <c r="F483" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="4" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
         <v>10</v>
       </c>
       <c r="D484" t="s">
         <v>844</v>
       </c>
       <c r="E484" t="s">
         <v>12</v>
       </c>
       <c r="F484" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="4" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
         <v>10</v>
       </c>
       <c r="D485" t="s">
         <v>844</v>
       </c>
       <c r="E485" t="s">
         <v>12</v>
       </c>
       <c r="F485" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="4" t="s">
-        <v>939</v>
+        <v>947</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
         <v>10</v>
       </c>
       <c r="D486" t="s">
         <v>844</v>
       </c>
       <c r="E486" t="s">
         <v>12</v>
       </c>
       <c r="F486" t="s">
-        <v>940</v>
+        <v>948</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="4" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
         <v>10</v>
       </c>
       <c r="D487" t="s">
         <v>844</v>
       </c>
       <c r="E487" t="s">
         <v>12</v>
       </c>
       <c r="F487" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="4" t="s">
-        <v>943</v>
+        <v>951</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
         <v>10</v>
       </c>
       <c r="D488" t="s">
         <v>844</v>
       </c>
       <c r="E488" t="s">
         <v>12</v>
       </c>
       <c r="F488" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="4" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
         <v>10</v>
       </c>
       <c r="D489" t="s">
         <v>844</v>
       </c>
       <c r="E489" t="s">
         <v>12</v>
       </c>
       <c r="F489" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="4" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
         <v>10</v>
       </c>
       <c r="D490" t="s">
         <v>844</v>
       </c>
       <c r="E490" t="s">
         <v>12</v>
       </c>
       <c r="F490" t="s">
-        <v>948</v>
+        <v>42</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="4" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
         <v>10</v>
       </c>
       <c r="D491" t="s">
         <v>844</v>
       </c>
       <c r="E491" t="s">
         <v>12</v>
       </c>
       <c r="F491" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="4" t="s">
-        <v>951</v>
+        <v>418</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
         <v>10</v>
       </c>
       <c r="D492" t="s">
         <v>844</v>
       </c>
       <c r="E492" t="s">
         <v>12</v>
       </c>
       <c r="F492" t="s">
-        <v>952</v>
+        <v>419</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="4" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
         <v>10</v>
       </c>
       <c r="D493" t="s">
         <v>844</v>
       </c>
       <c r="E493" t="s">
         <v>12</v>
       </c>
       <c r="F493" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="4" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
         <v>10</v>
       </c>
       <c r="D494" t="s">
         <v>844</v>
       </c>
       <c r="E494" t="s">
         <v>12</v>
       </c>
       <c r="F494" t="s">
-        <v>42</v>
+        <v>961</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="4" t="s">
-        <v>956</v>
+        <v>962</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
         <v>10</v>
       </c>
       <c r="D495" t="s">
         <v>844</v>
       </c>
       <c r="E495" t="s">
         <v>12</v>
       </c>
       <c r="F495" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="4" t="s">
-        <v>407</v>
+        <v>964</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
         <v>10</v>
       </c>
       <c r="D496" t="s">
         <v>844</v>
       </c>
       <c r="E496" t="s">
         <v>12</v>
       </c>
       <c r="F496" t="s">
-        <v>408</v>
+        <v>965</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="4" t="s">
-        <v>958</v>
+        <v>966</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
         <v>10</v>
       </c>
       <c r="D497" t="s">
         <v>844</v>
       </c>
       <c r="E497" t="s">
         <v>12</v>
       </c>
       <c r="F497" t="s">
-        <v>959</v>
+        <v>967</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="4" t="s">
-        <v>960</v>
+        <v>968</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
         <v>10</v>
       </c>
       <c r="D498" t="s">
         <v>844</v>
       </c>
       <c r="E498" t="s">
         <v>12</v>
       </c>
       <c r="F498" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="4" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
         <v>10</v>
       </c>
       <c r="D499" t="s">
         <v>844</v>
       </c>
       <c r="E499" t="s">
         <v>12</v>
       </c>
       <c r="F499" t="s">
-        <v>963</v>
+        <v>701</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="4" t="s">
-        <v>964</v>
+        <v>971</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
         <v>10</v>
       </c>
       <c r="D500" t="s">
         <v>844</v>
       </c>
       <c r="E500" t="s">
         <v>12</v>
       </c>
       <c r="F500" t="s">
-        <v>965</v>
+        <v>972</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="4" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
         <v>10</v>
       </c>
       <c r="D501" t="s">
         <v>844</v>
       </c>
       <c r="E501" t="s">
         <v>12</v>
       </c>
       <c r="F501" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="4" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
         <v>10</v>
       </c>
       <c r="D502" t="s">
         <v>844</v>
       </c>
       <c r="E502" t="s">
         <v>12</v>
       </c>
       <c r="F502" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="4" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
         <v>10</v>
       </c>
       <c r="D503" t="s">
         <v>844</v>
       </c>
       <c r="E503" t="s">
         <v>12</v>
       </c>
       <c r="F503" t="s">
-        <v>694</v>
+        <v>978</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="4" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
         <v>10</v>
       </c>
       <c r="D504" t="s">
         <v>844</v>
       </c>
       <c r="E504" t="s">
         <v>12</v>
       </c>
       <c r="F504" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="4" t="s">
-        <v>973</v>
+        <v>981</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
         <v>10</v>
       </c>
       <c r="D505" t="s">
         <v>844</v>
       </c>
       <c r="E505" t="s">
         <v>12</v>
       </c>
       <c r="F505" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="4" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
         <v>10</v>
       </c>
       <c r="D506" t="s">
         <v>844</v>
       </c>
       <c r="E506" t="s">
         <v>12</v>
       </c>
       <c r="F506" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="4" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
         <v>10</v>
       </c>
       <c r="D507" t="s">
-        <v>844</v>
+        <v>986</v>
       </c>
       <c r="E507" t="s">
         <v>12</v>
       </c>
       <c r="F507" t="s">
-        <v>978</v>
+        <v>987</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="4" t="s">
-        <v>979</v>
+        <v>988</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
         <v>10</v>
       </c>
       <c r="D508" t="s">
-        <v>844</v>
+        <v>989</v>
       </c>
       <c r="E508" t="s">
         <v>12</v>
       </c>
       <c r="F508" t="s">
-        <v>980</v>
+        <v>990</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="4" t="s">
-        <v>981</v>
+        <v>991</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
         <v>10</v>
       </c>
       <c r="D509" t="s">
-        <v>844</v>
+        <v>989</v>
       </c>
       <c r="E509" t="s">
         <v>12</v>
       </c>
       <c r="F509" t="s">
-        <v>982</v>
+        <v>992</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="4" t="s">
-        <v>983</v>
+        <v>993</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
         <v>10</v>
       </c>
       <c r="D510" t="s">
-        <v>844</v>
+        <v>989</v>
       </c>
       <c r="E510" t="s">
         <v>12</v>
       </c>
       <c r="F510" t="s">
-        <v>984</v>
+        <v>994</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="4" t="s">
-        <v>985</v>
+        <v>995</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
         <v>10</v>
       </c>
       <c r="D511" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="E511" t="s">
         <v>12</v>
       </c>
       <c r="F511" t="s">
-        <v>987</v>
+        <v>996</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="4" t="s">
-        <v>988</v>
+        <v>997</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
         <v>10</v>
       </c>
       <c r="D512" t="s">
         <v>989</v>
       </c>
       <c r="E512" t="s">
         <v>12</v>
       </c>
       <c r="F512" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="4" t="s">
-        <v>991</v>
+        <v>999</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
         <v>10</v>
       </c>
       <c r="D513" t="s">
         <v>989</v>
       </c>
       <c r="E513" t="s">
         <v>12</v>
       </c>
       <c r="F513" t="s">
-        <v>992</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="4" t="s">
-        <v>993</v>
+        <v>1001</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
         <v>10</v>
       </c>
       <c r="D514" t="s">
         <v>989</v>
       </c>
       <c r="E514" t="s">
         <v>12</v>
       </c>
       <c r="F514" t="s">
-        <v>994</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="4" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
         <v>10</v>
       </c>
       <c r="D515" t="s">
         <v>989</v>
       </c>
       <c r="E515" t="s">
         <v>12</v>
       </c>
       <c r="F515" t="s">
-        <v>996</v>
+        <v>42</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="4" t="s">
-        <v>997</v>
+        <v>1004</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
         <v>10</v>
       </c>
       <c r="D516" t="s">
         <v>989</v>
       </c>
       <c r="E516" t="s">
         <v>12</v>
       </c>
       <c r="F516" t="s">
-        <v>998</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="4" t="s">
-        <v>999</v>
+        <v>1006</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
         <v>10</v>
       </c>
       <c r="D517" t="s">
         <v>989</v>
       </c>
       <c r="E517" t="s">
         <v>12</v>
       </c>
       <c r="F517" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="4" t="s">
-        <v>1001</v>
+        <v>1008</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
         <v>10</v>
       </c>
       <c r="D518" t="s">
         <v>989</v>
       </c>
       <c r="E518" t="s">
         <v>12</v>
       </c>
       <c r="F518" t="s">
-        <v>1002</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="4" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
         <v>10</v>
       </c>
       <c r="D519" t="s">
         <v>989</v>
       </c>
       <c r="E519" t="s">
         <v>12</v>
       </c>
       <c r="F519" t="s">
-        <v>42</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="4" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
         <v>10</v>
       </c>
       <c r="D520" t="s">
         <v>989</v>
       </c>
       <c r="E520" t="s">
         <v>12</v>
       </c>
       <c r="F520" t="s">
-        <v>1005</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="4" t="s">
-        <v>1006</v>
+        <v>1013</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
         <v>10</v>
       </c>
       <c r="D521" t="s">
-        <v>989</v>
+        <v>1014</v>
       </c>
       <c r="E521" t="s">
         <v>12</v>
       </c>
       <c r="F521" t="s">
-        <v>1007</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="4" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
         <v>10</v>
       </c>
       <c r="D522" t="s">
-        <v>989</v>
+        <v>1014</v>
       </c>
       <c r="E522" t="s">
         <v>12</v>
       </c>
       <c r="F522" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="4" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
         <v>10</v>
       </c>
       <c r="D523" t="s">
-        <v>989</v>
+        <v>1014</v>
       </c>
       <c r="E523" t="s">
         <v>12</v>
       </c>
       <c r="F523" t="s">
-        <v>1010</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="4" t="s">
-        <v>1011</v>
+        <v>1020</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
         <v>10</v>
       </c>
       <c r="D524" t="s">
-        <v>989</v>
+        <v>1021</v>
       </c>
       <c r="E524" t="s">
         <v>12</v>
       </c>
       <c r="F524" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="4" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
         <v>10</v>
       </c>
       <c r="D525" t="s">
-        <v>1014</v>
+        <v>1021</v>
       </c>
       <c r="E525" t="s">
         <v>12</v>
       </c>
       <c r="F525" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="4" t="s">
-        <v>1016</v>
+        <v>1025</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
         <v>10</v>
       </c>
       <c r="D526" t="s">
-        <v>1014</v>
+        <v>1021</v>
       </c>
       <c r="E526" t="s">
         <v>12</v>
       </c>
       <c r="F526" t="s">
-        <v>1017</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="4" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
         <v>10</v>
       </c>
       <c r="D527" t="s">
-        <v>1014</v>
+        <v>1021</v>
       </c>
       <c r="E527" t="s">
         <v>12</v>
       </c>
       <c r="F527" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="4" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
         <v>10</v>
       </c>
       <c r="D528" t="s">
         <v>1021</v>
       </c>
       <c r="E528" t="s">
         <v>12</v>
       </c>
       <c r="F528" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="4" t="s">
-        <v>1023</v>
+        <v>1031</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
         <v>10</v>
       </c>
       <c r="D529" t="s">
         <v>1021</v>
       </c>
       <c r="E529" t="s">
         <v>12</v>
       </c>
       <c r="F529" t="s">
-        <v>1024</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="4" t="s">
-        <v>1025</v>
+        <v>1033</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
         <v>10</v>
       </c>
       <c r="D530" t="s">
         <v>1021</v>
       </c>
       <c r="E530" t="s">
         <v>12</v>
       </c>
       <c r="F530" t="s">
-        <v>1026</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="4" t="s">
-        <v>1027</v>
+        <v>1035</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
         <v>10</v>
       </c>
       <c r="D531" t="s">
         <v>1021</v>
       </c>
       <c r="E531" t="s">
         <v>12</v>
       </c>
       <c r="F531" t="s">
-        <v>1028</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="4" t="s">
-        <v>1029</v>
+        <v>1037</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
         <v>10</v>
       </c>
       <c r="D532" t="s">
         <v>1021</v>
       </c>
       <c r="E532" t="s">
         <v>12</v>
       </c>
       <c r="F532" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="4" t="s">
-        <v>1031</v>
+        <v>1039</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
         <v>10</v>
       </c>
       <c r="D533" t="s">
         <v>1021</v>
       </c>
       <c r="E533" t="s">
         <v>12</v>
       </c>
       <c r="F533" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="4" t="s">
-        <v>1033</v>
+        <v>1041</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
         <v>10</v>
       </c>
       <c r="D534" t="s">
         <v>1021</v>
       </c>
       <c r="E534" t="s">
         <v>12</v>
       </c>
       <c r="F534" t="s">
-        <v>1034</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="4" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
         <v>10</v>
       </c>
       <c r="D535" t="s">
         <v>1021</v>
       </c>
       <c r="E535" t="s">
         <v>12</v>
       </c>
       <c r="F535" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="4" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
         <v>10</v>
       </c>
       <c r="D536" t="s">
         <v>1021</v>
       </c>
       <c r="E536" t="s">
         <v>12</v>
       </c>
       <c r="F536" t="s">
-        <v>1038</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="4" t="s">
-        <v>1039</v>
+        <v>1047</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
         <v>10</v>
       </c>
       <c r="D537" t="s">
         <v>1021</v>
       </c>
       <c r="E537" t="s">
         <v>12</v>
       </c>
       <c r="F537" t="s">
-        <v>1040</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="4" t="s">
-        <v>1041</v>
+        <v>1049</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
         <v>10</v>
       </c>
       <c r="D538" t="s">
         <v>1021</v>
       </c>
       <c r="E538" t="s">
         <v>12</v>
       </c>
       <c r="F538" t="s">
-        <v>1042</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="4" t="s">
-        <v>1043</v>
+        <v>1051</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
         <v>10</v>
       </c>
       <c r="D539" t="s">
         <v>1021</v>
       </c>
       <c r="E539" t="s">
         <v>12</v>
       </c>
       <c r="F539" t="s">
-        <v>1044</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="4" t="s">
-        <v>1045</v>
+        <v>1053</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
         <v>10</v>
       </c>
       <c r="D540" t="s">
         <v>1021</v>
       </c>
       <c r="E540" t="s">
         <v>12</v>
       </c>
       <c r="F540" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="4" t="s">
-        <v>1047</v>
+        <v>1055</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
         <v>10</v>
       </c>
       <c r="D541" t="s">
         <v>1021</v>
       </c>
       <c r="E541" t="s">
         <v>12</v>
       </c>
       <c r="F541" t="s">
-        <v>1048</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="4" t="s">
-        <v>1049</v>
+        <v>1057</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
         <v>10</v>
       </c>
       <c r="D542" t="s">
         <v>1021</v>
       </c>
       <c r="E542" t="s">
         <v>12</v>
       </c>
       <c r="F542" t="s">
-        <v>1050</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="4" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
         <v>10</v>
       </c>
       <c r="D543" t="s">
-        <v>1021</v>
+        <v>9</v>
       </c>
       <c r="E543" t="s">
         <v>12</v>
       </c>
       <c r="F543" t="s">
-        <v>1052</v>
+        <v>369</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="4" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
         <v>10</v>
       </c>
       <c r="D544" t="s">
-        <v>1021</v>
+        <v>9</v>
       </c>
       <c r="E544" t="s">
         <v>12</v>
       </c>
       <c r="F544" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="4" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="B545" t="s">
-        <v>9</v>
+        <v>1063</v>
       </c>
       <c r="C545" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D545" t="s">
-        <v>1021</v>
+        <v>800</v>
       </c>
       <c r="E545" t="s">
         <v>12</v>
       </c>
       <c r="F545" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="4" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="B546" t="s">
-        <v>9</v>
+        <v>1063</v>
       </c>
       <c r="C546" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D546" t="s">
-        <v>1021</v>
+        <v>800</v>
       </c>
       <c r="E546" t="s">
         <v>12</v>
       </c>
       <c r="F546" t="s">
-        <v>1058</v>
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="547" spans="1:6">
+      <c r="A547" s="4" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B547" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C547" t="s">
+        <v>9</v>
+      </c>
+      <c r="D547" t="s">
+        <v>800</v>
+      </c>
+      <c r="E547" t="s">
+        <v>12</v>
+      </c>
+      <c r="F547" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="548" spans="1:6">
+      <c r="A548" s="4" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C548" t="s">
+        <v>9</v>
+      </c>
+      <c r="D548" t="s">
+        <v>800</v>
+      </c>
+      <c r="E548" t="s">
+        <v>12</v>
+      </c>
+      <c r="F548" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="549" spans="1:6">
+      <c r="A549" s="4" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B549" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C549" t="s">
+        <v>9</v>
+      </c>
+      <c r="D549" t="s">
+        <v>800</v>
+      </c>
+      <c r="E549" t="s">
+        <v>12</v>
+      </c>
+      <c r="F549" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="550" spans="1:6">
+      <c r="A550" s="4" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B550" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C550" t="s">
+        <v>9</v>
+      </c>
+      <c r="D550" t="s">
+        <v>800</v>
+      </c>
+      <c r="E550" t="s">
+        <v>12</v>
+      </c>
+      <c r="F550" t="s">
+        <v>1064</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_17"/>
@@ -15028,50 +15141,54 @@
     <hyperlink ref="A522" r:id="rId_hyperlink_519"/>
     <hyperlink ref="A523" r:id="rId_hyperlink_520"/>
     <hyperlink ref="A524" r:id="rId_hyperlink_521"/>
     <hyperlink ref="A525" r:id="rId_hyperlink_522"/>
     <hyperlink ref="A526" r:id="rId_hyperlink_523"/>
     <hyperlink ref="A527" r:id="rId_hyperlink_524"/>
     <hyperlink ref="A528" r:id="rId_hyperlink_525"/>
     <hyperlink ref="A529" r:id="rId_hyperlink_526"/>
     <hyperlink ref="A530" r:id="rId_hyperlink_527"/>
     <hyperlink ref="A531" r:id="rId_hyperlink_528"/>
     <hyperlink ref="A532" r:id="rId_hyperlink_529"/>
     <hyperlink ref="A533" r:id="rId_hyperlink_530"/>
     <hyperlink ref="A534" r:id="rId_hyperlink_531"/>
     <hyperlink ref="A535" r:id="rId_hyperlink_532"/>
     <hyperlink ref="A536" r:id="rId_hyperlink_533"/>
     <hyperlink ref="A537" r:id="rId_hyperlink_534"/>
     <hyperlink ref="A538" r:id="rId_hyperlink_535"/>
     <hyperlink ref="A539" r:id="rId_hyperlink_536"/>
     <hyperlink ref="A540" r:id="rId_hyperlink_537"/>
     <hyperlink ref="A541" r:id="rId_hyperlink_538"/>
     <hyperlink ref="A542" r:id="rId_hyperlink_539"/>
     <hyperlink ref="A543" r:id="rId_hyperlink_540"/>
     <hyperlink ref="A544" r:id="rId_hyperlink_541"/>
     <hyperlink ref="A545" r:id="rId_hyperlink_542"/>
     <hyperlink ref="A546" r:id="rId_hyperlink_543"/>
+    <hyperlink ref="A547" r:id="rId_hyperlink_544"/>
+    <hyperlink ref="A548" r:id="rId_hyperlink_545"/>
+    <hyperlink ref="A549" r:id="rId_hyperlink_546"/>
+    <hyperlink ref="A550" r:id="rId_hyperlink_547"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>