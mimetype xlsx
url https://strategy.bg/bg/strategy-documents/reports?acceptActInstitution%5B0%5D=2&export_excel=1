--- v0 (2026-02-04)
+++ v1 (2026-03-23)
@@ -47,225 +47,225 @@
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Стратегия за приватизация на "Вазовски машиностроителни заводи" ЕАД - Сопот</t>
   </si>
   <si>
     <t>---</t>
   </si>
   <si>
     <t>Национално</t>
   </si>
   <si>
-    <t>Бизнес среда</t>
+    <t>Архив - Бизнес среда</t>
   </si>
   <si>
     <t>Народното събрание</t>
   </si>
   <si>
     <t>23-03-2011 - 31-12-2012</t>
   </si>
   <si>
     <t>Актуализирана стратегия за национална сигурност на Република България</t>
   </si>
   <si>
-    <t>Външна политика, сигурност и отбрана</t>
+    <t>Архив - Външна политика, сигурност и отбрана</t>
   </si>
   <si>
     <t>14-03-2018 - 01-01-9999</t>
   </si>
   <si>
     <t>Бяла книга за отбраната и въоръжените сили на Република България</t>
   </si>
   <si>
     <t>28-10-2010 - 31-12-2020</t>
   </si>
   <si>
     <t>Военна доктрина на Република България</t>
   </si>
   <si>
     <t>08-04-1999 - 31-12-2011</t>
   </si>
   <si>
     <t>Концепция за национална сигурност на Република България</t>
   </si>
   <si>
     <t>16-04-1998 - 31-12-2010</t>
   </si>
   <si>
     <t>Концепция на Република България за участие с военни контингенти в операции зад граница</t>
   </si>
   <si>
     <t>29-03-2005 - 31-12-2020</t>
   </si>
   <si>
     <t>Стратегически преглед на отбраната. Политическа рамка</t>
   </si>
   <si>
     <t>25-03-2004 - 31-12-2021</t>
   </si>
   <si>
     <t>Стратегия за национална сигурност на Република България</t>
   </si>
   <si>
     <t>08-03-2011 - 31-12-2020</t>
   </si>
   <si>
     <t>Енергийна стратегия на Република България до 2020 г.</t>
   </si>
   <si>
-    <t>Енергетика</t>
+    <t>Архив - Енергетика</t>
   </si>
   <si>
     <t>01-06-2011 - 31-12-2020</t>
   </si>
   <si>
     <t>Национална здравна стратегия 2008 - 2013 г. и план за действие</t>
   </si>
   <si>
-    <t>Здравеопазване</t>
+    <t>Архив - Здравеопазване</t>
   </si>
   <si>
     <t>05-12-2008 - 31-12-2013</t>
   </si>
   <si>
     <t>Национална здравна стратегия 2020</t>
   </si>
   <si>
     <t>17-12-2015 - 31-12-2020</t>
   </si>
   <si>
     <t>Националната стратегия за младежта (2021-2030)</t>
   </si>
   <si>
-    <t>Младежка политика</t>
+    <t>Архив - Младежка политика</t>
   </si>
   <si>
     <t>31-01-2023 - 31-12-2030</t>
   </si>
   <si>
     <t>Национална стратегия за развитие на научните изследвания 2017 – 2030 г.</t>
   </si>
   <si>
-    <t>Наука и технологии</t>
+    <t>Архив - Наука и технологии</t>
   </si>
   <si>
     <t>07-06-2017 - 31-12-2030</t>
   </si>
   <si>
     <t>Национална стратегия за развитие на научните изследвания 2020</t>
   </si>
   <si>
     <t>28-07-2011 - 31-12-2020</t>
   </si>
   <si>
     <t>Стратегия за развитие на радио- и телевизионната дейност чрез наземно радиоразприскване</t>
   </si>
   <si>
     <t>28-09-2005 - 31-12-2008</t>
   </si>
   <si>
     <t>Национална програма за развитие на училищното образование и предучилищното възпитание и подготовка 2006 – 2015 г.</t>
   </si>
   <si>
-    <t>Образование</t>
+    <t>Архив - Образование</t>
   </si>
   <si>
     <t>07-06-2006 - 31-12-2015</t>
   </si>
   <si>
     <t>Национална стратегия за въвеждане на ИКТ в българските училища</t>
   </si>
   <si>
     <t>01-03-2005 - 31-12-2008</t>
   </si>
   <si>
     <t>Стратегия за развитие на висшето образование в Република България 2021-2030 г.</t>
   </si>
   <si>
     <t>17-12-2020 - 31-12-2030</t>
   </si>
   <si>
     <t>Стратегията за развитие на висшето образование в Република България за периода 2014 – 2020 г.</t>
   </si>
   <si>
     <t>26-02-2015 - 31-12-2020</t>
   </si>
   <si>
     <t>Национална стратегия за управление и развитие на водния сектор</t>
   </si>
   <si>
-    <t>Околна среда</t>
+    <t>Архив - Околна среда</t>
   </si>
   <si>
     <t>21-11-2012 - 31-12-2037</t>
   </si>
   <si>
     <t>Актуализирана стратегия за продължаване на реформата в съдебната система</t>
   </si>
   <si>
-    <t>Правосъдие и вътрешни работи</t>
+    <t>Архив - Правосъдие и вътрешни работи</t>
   </si>
   <si>
     <t>21-01-2015 - 31-12-2023</t>
   </si>
   <si>
     <t>Национална стратегия за детето 2008-2018 г.</t>
   </si>
   <si>
     <t>Стратегия</t>
   </si>
   <si>
-    <t>Социална политика и заетост</t>
+    <t>Архив - Социална политика и заетост</t>
   </si>
   <si>
     <t>31-01-2008 - 31-12-2018</t>
   </si>
   <si>
     <t>Национална стратегия на Република България за интегриране на ромите (2012 - 2020)</t>
   </si>
   <si>
     <t>01-03-2012 - 31-12-2020</t>
   </si>
   <si>
     <t>Национална стратегия за развитие на физическото възпитание и спорта в Република България 2012 - 2022</t>
   </si>
   <si>
-    <t>Спорт</t>
+    <t>Архив - Спорт</t>
   </si>
   <si>
     <t>24-11-2011 - 31-12-2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -615,51 +615,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/704" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1672" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/666" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/562" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/668" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/392" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/449" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/606" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/705" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/499" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/994" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1587" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1593" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/710" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/548" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/405" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/411" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1495" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/964" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/876" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/958" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/477" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/728" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/715" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A27" sqref="A27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>