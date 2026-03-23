--- v0 (2025-11-04)
+++ v1 (2026-03-23)
@@ -47,51 +47,51 @@
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Програма "Научи се да плуваш"</t>
   </si>
   <si>
     <t>---</t>
   </si>
   <si>
     <t>Национално</t>
   </si>
   <si>
-    <t>Спорт</t>
+    <t>Архив - Спорт</t>
   </si>
   <si>
     <t>Председателя на държавната агенция за младежта и спорта</t>
   </si>
   <si>
     <t>14-08-2008 - 31-12-2009</t>
   </si>
   <si>
     <t>Програма "Спорт за децата в свободното време"</t>
   </si>
   <si>
     <t>25-07-2007 - 31-12-2009</t>
   </si>
   <si>
     <t>Програма за олимпийска подготовка</t>
   </si>
   <si>
     <t>25-11-2008 - 31-12-2009</t>
   </si>
   <si>
     <t>Програма за развитие на спорта за високи постижения</t>
   </si>
   <si>
     <t>Програма за развитие на спорта за учащи и спорта за всички</t>
   </si>