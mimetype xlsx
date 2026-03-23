--- v0 (2025-11-05)
+++ v1 (2026-03-23)
@@ -47,51 +47,51 @@
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Националната програма за превенция и ограничаване на свлачищата на територията на Република България, ерозията и абразията по Дунавското и Черноморското крайбрежие 2015-2020 г.</t>
   </si>
   <si>
     <t>---</t>
   </si>
   <si>
     <t>Национално</t>
   </si>
   <si>
-    <t>Регионална политика</t>
+    <t>Архив - Регионална политика</t>
   </si>
   <si>
     <t>Министерския съвет</t>
   </si>
   <si>
     <t>01-01-9999 - 31-12-2020</t>
   </si>
   <si>
     <t>Областна стратегия за развитие на Област Бургас за периода 2014 -2020 г.</t>
   </si>
   <si>
     <t>Областно</t>
   </si>
   <si>
     <t>Бургас</t>
   </si>
   <si>
     <t>Областна стратегия за интегриране на ромите на Област Варна 2012-2020 г.</t>
   </si>
   <si>
     <t>Варна</t>
   </si>
   <si>
     <t>Областна стратегия за младежта на Област Варна 2013-2020 г.</t>
   </si>
@@ -993,51 +993,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1054" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A105" sqref="A105"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>