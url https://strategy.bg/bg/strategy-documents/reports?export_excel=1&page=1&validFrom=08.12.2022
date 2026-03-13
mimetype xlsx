--- v0 (2026-01-09)
+++ v1 (2026-03-13)
@@ -12,272 +12,317 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="392">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="412">
   <si>
     <t>СПРАВКА "СТРАТЕГИЧЕСКИ ДОКУМЕНТИ"</t>
   </si>
   <si>
-    <t>Общо 192 резултата</t>
+    <t>Общо 197 резултата</t>
   </si>
   <si>
     <t>Заглавие</t>
   </si>
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Национален план на Република България за развитие на способностите за управление на границите и за връщане на незаконно пребиваващи граждани на трети страни</t>
   </si>
   <si>
     <t>---</t>
   </si>
   <si>
     <t>Национално</t>
   </si>
   <si>
-    <t>Външна политика, сигурност и отбрана</t>
+    <t>Архив - Външна политика, сигурност и отбрана</t>
   </si>
   <si>
     <t>Министерския съвет</t>
   </si>
   <si>
     <t>11-05-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Национална отбранителна стратегия</t>
   </si>
   <si>
     <t>06-03-2025 - 31-12-2035</t>
   </si>
   <si>
     <t>Национална пътна карта с дейности по сътрудничеството на Република България с Организацията за икономическо сътрудничество и развитие (ОИСР) за тригодишния период от 2023 г. до 2025 г.</t>
   </si>
   <si>
     <t>13-04-2023 - 31-12-2025</t>
   </si>
   <si>
     <t>Национална стратегия за интегрирано гранично управление в Република България 2024 - 2027 г.</t>
   </si>
   <si>
     <t>26-03-2025 - 31-12-2027</t>
   </si>
   <si>
     <t>Административeн мониторингов доклад за изпълнението през 202З г. на Националната стратегия на Република България за равенство, приобщаване и участие на ромите (2021 - 2030)</t>
   </si>
   <si>
-    <t>Държавна администрация</t>
+    <t>Архив - Държавна администрация</t>
   </si>
   <si>
     <t>08-08-2024 - 01-01-9999</t>
   </si>
   <si>
     <t>Концепция за развитие на регулаторната политика на Република България 2025-2027 г.</t>
   </si>
   <si>
     <t>21-03-2025 - 31-12-2027</t>
   </si>
   <si>
     <t>Национална програма за превенция и защита от домашното насилие за периода 2024 – 2026 г.</t>
   </si>
   <si>
     <t>01-10-2024 - 01-01-9999</t>
   </si>
   <si>
     <t>План за действие за внедряване на административни услуги на принципа „епизод от живота“</t>
   </si>
   <si>
     <t>План за намаляване на административната тежест</t>
   </si>
   <si>
     <t>29-03-2024 - 01-01-9999</t>
   </si>
   <si>
     <t>Стратегия за развитие на вътрешния контрол в публичния сектор на Република България за периода 2023 – 2026 г.</t>
   </si>
   <si>
     <t>08-12-2022 - 31-12-2026</t>
   </si>
   <si>
     <t>Цифрова трансформация на България за периода 2024 – 2030 г.</t>
   </si>
   <si>
     <t>04-04-2024 - 31-12-2030</t>
   </si>
   <si>
     <t>Национален план за борба с рака в Република България 2027</t>
   </si>
   <si>
-    <t>Здравеопазване</t>
+    <t>Архив - Здравеопазване</t>
   </si>
   <si>
     <t>04-01-2023 - 31-12-2027</t>
   </si>
   <si>
     <t>Национален план за действие за намаляване на риска от облъчване от радон 2023-2027 г.</t>
   </si>
   <si>
     <t>26-01-2023 - 31-12-2027</t>
   </si>
   <si>
+    <t>Национален план за развитие на широкообхватен пренатален и неонатален скрининг и скрининг на социалнозначими заболявания до 2027 година</t>
+  </si>
+  <si>
+    <t>Други документи</t>
+  </si>
+  <si>
+    <t>17-09-2025 - 31-12-2027</t>
+  </si>
+  <si>
     <t>Национална аптечна карта</t>
   </si>
   <si>
     <t>20-12-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Национална здравна стратегия 2030</t>
   </si>
   <si>
     <t>29-09-2023 - 31-12-2030</t>
   </si>
   <si>
     <t>Национална програма за насърчаване на донорството и подпомагане на трансплантацията 2024 -2028</t>
   </si>
   <si>
     <t>04-07-2024 - 31-12-2028</t>
   </si>
   <si>
     <t>Национална програма за подобряване на ваксинопрофилактиката на сезонния грип и на пневмококовите инфекции при лица на и над 65-годишна възраст 2023 – 2026 г.</t>
   </si>
   <si>
     <t>26-01-2023 - 31-12-2026</t>
   </si>
   <si>
+    <t>Национална програма за превенция на ХИВ и сексуално предавани инфекции в Република България, 2026-2030 г.</t>
+  </si>
+  <si>
+    <t>Национална програма</t>
+  </si>
+  <si>
+    <t>29-01-2026 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика на оралните заболявания при деца от 0 до 18 г. в Република България 2026-2030 г.</t>
+  </si>
+  <si>
+    <t>11-02-2026 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма за първична профилактика на ракови заболявания, причинени от човешки папилома вирус (HPV), 2025-2030 г.</t>
+  </si>
+  <si>
+    <t>09-04-2025 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за гериатрична грижа и остаряване в добро здраве 2030 и план за действие за изпълнение на Национална стратегия за гериатрична грижа и остаряване в добро здраве 2030 за периода 2025 – 2026 г.</t>
+  </si>
+  <si>
+    <t>Национална стратегия</t>
+  </si>
+  <si>
+    <t>17-09-2025 - 31-12-2026</t>
+  </si>
+  <si>
     <t>Национална стратегия за детско и юношеско здраве и педиатрична грижа 2030</t>
   </si>
   <si>
     <t>Национална стратегия за електронно здравеопазване и дигитализация на здравната система 2030</t>
   </si>
   <si>
     <t>18-03-2024 - 31-12-2030</t>
   </si>
   <si>
+    <t>Национална стратегия за подобряване на достъпността и капацитета на първичната извънболнична медицинска помощ и осигуряване на балансирано териториално разпределение на медицинската помощ и здравните грижи в Република България 2027 г.</t>
+  </si>
+  <si>
+    <t>11-09-2025 - 31-12-2027</t>
+  </si>
+  <si>
     <t>Националната карта на дългосрочните нужди от здравни услуги</t>
   </si>
   <si>
     <t>29-12-2022 - 31-12-2030</t>
   </si>
   <si>
     <t>Национална програма за действие за принос към изпълнение на целите на Стратегията „От фермата до трапезата“ до 2030 г.</t>
   </si>
   <si>
-    <t>Земеделие и селски райони</t>
+    <t>Архив - Земеделие и селски райони</t>
   </si>
   <si>
     <t>13-12-2024 - 31-12-2030</t>
   </si>
   <si>
     <t>Втори доброволен национален преглед на изпълнението на Целите на ООН за устойчиво развитие в Република България</t>
   </si>
   <si>
-    <t>Междусекторни политики</t>
+    <t>Архив - Междусекторни политики</t>
   </si>
   <si>
     <t>25-04-2025 - 01-01-9999</t>
   </si>
   <si>
     <t>Конвергентна програма на Република България. Актуализации по години.</t>
   </si>
   <si>
     <t>05-05-2023 - 31-12-2027</t>
   </si>
   <si>
     <t>Национална програма за реформи на Република България - актуализация по години</t>
   </si>
   <si>
     <t>04-05-2023 - 31-12-2026</t>
   </si>
   <si>
     <t>Доклад за младежта за 2021-2022 г.</t>
   </si>
   <si>
-    <t>Младежка политика</t>
+    <t>Архив - Младежка политика</t>
   </si>
   <si>
     <t>29-02-2024 - 01-01-9999</t>
   </si>
   <si>
     <t>Националната програма за изпълнение на младежки дейности, финансирани със средства по чл. 10а от Закона за хазарта (2023 – 2025)</t>
   </si>
   <si>
     <t>06-01-2023 - 31-12-2025</t>
   </si>
   <si>
     <t>Националната стратегия за младежта (2021-2030)</t>
   </si>
   <si>
     <t>Народното събрание</t>
   </si>
   <si>
     <t>31-01-2023 - 31-12-2030</t>
   </si>
   <si>
     <t>План за изпълнение на Националната стратегия за младежта (2021-2030 г.) за 2024 г.</t>
   </si>
   <si>
     <t>17-10-2024 - 01-01-9999</t>
   </si>
   <si>
     <t>Актуализирана държавна политика по планиране и разпределение на радиочестотния спектър в Република България</t>
   </si>
   <si>
-    <t>Наука и технологии</t>
+    <t>Архив - Наука и технологии</t>
   </si>
   <si>
     <t>04-05-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Актуализирана секторна пощенска политика на Република България</t>
   </si>
   <si>
     <t>17-11-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Иновационна стратегия за интелигентна специализация 2021-2027 г.</t>
   </si>
   <si>
     <t>15-12-2022 - 31-12-2027</t>
   </si>
   <si>
     <t>Национална научна програма „Върхови изследвания и хора за развитие на европейска наука” – 2024 (ВИХРЕН – 2024)</t>
   </si>
   <si>
     <t>13-06-2024 - 31-12-2031</t>
   </si>
   <si>
     <t>Национална научна програма „Критични и стратегически суровини за зелен преход и устойчиво развитие“</t>
   </si>
@@ -305,51 +350,51 @@
   <si>
     <t>13-11-2024 - 31-12-2030</t>
   </si>
   <si>
     <t>Национална пътна карта за подобряване на условията за разгръщане на потенциала за развитие на водородните технологии и механизмите за производство и доставка на водород</t>
   </si>
   <si>
     <t>26-04-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Национална стратегия за цифрова трансформация на строителния сектор 2030 г.</t>
   </si>
   <si>
     <t>06-04-2023 - 31-12-2030</t>
   </si>
   <si>
     <t>Отчет за състоянието и Годишен план за развитието на информационните ресурси в администрацията и информационните ресурси на Единната електронна съобщителна мрежа на държавната администрация и за нуждите на националната сигурност</t>
   </si>
   <si>
     <t>29-04-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>Актуализирана Национална програма „Подкрепа на образователните медиатори и социалните работници”</t>
   </si>
   <si>
-    <t>Образование</t>
+    <t>Архив - Образование</t>
   </si>
   <si>
     <t>21-12-2022 - 31-12-2023</t>
   </si>
   <si>
     <t>Годишен план за насърчаване на ранното детско развитие за 2024 г.</t>
   </si>
   <si>
     <t>04-04-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2022 г.</t>
   </si>
   <si>
     <t>12-01-2023 - 31-12-2023</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2023 г.</t>
   </si>
   <si>
     <t>11-01-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2024 г.</t>
   </si>
@@ -395,725 +440,743 @@
   <si>
     <t>План за засилване на ролята на здравно образование в българското училище</t>
   </si>
   <si>
     <t>29-09-2023 - 31-12-2027</t>
   </si>
   <si>
     <t>Програма за дейността на Центъра за образователна интеграция на децата и учениците от етническите малцинства за периода 2025-2027 г.</t>
   </si>
   <si>
     <t>26-09-2025 - 31-12-2027</t>
   </si>
   <si>
     <t>Програма за изграждане на нови и основен ремонт на съществуващи спортни площадки в държавните и общинските училища</t>
   </si>
   <si>
     <t>29-09-2023 - 31-12-2024</t>
   </si>
   <si>
     <t>Програми за разширяване и подобряване на сградния фонд и материалната база в системата на образованието за периода 2024 - 2026 г.</t>
   </si>
   <si>
     <t>04-10-2023 - 31-12-2027</t>
   </si>
   <si>
-    <t>Национална стратегия за околна среда 2021 – 2030 г.</t>
-[...8 lines deleted...]
-    <t>План за управление на риска от наводнения в Дунавски район за басейново управление за периода 2022 - 2027 г.</t>
+    <t>Актуализирана Национална програма за контрол на замърсяването на въздуха 2020 – 2030 г.</t>
+  </si>
+  <si>
+    <t>Архив - Околна среда</t>
+  </si>
+  <si>
+    <t>02-07-2025 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Годишен план за 2024 г. за изпълнение на Националната програма за намаляване на риска от бедствия 2021-2025 г.</t>
+  </si>
+  <si>
+    <t>Архив - Правосъдие и вътрешни работи</t>
+  </si>
+  <si>
+    <t>17-06-2024 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национален план за противодействие на тероризма</t>
+  </si>
+  <si>
+    <t>24-08-2023 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2023 г.</t>
+  </si>
+  <si>
+    <t>12-04-2023 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите</t>
+  </si>
+  <si>
+    <t>07-12-2023 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална стратегия за управление на миграцията и убежището 2025-2030 г.</t>
+  </si>
+  <si>
+    <t>03-09-2025 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>План за изпълнение на препоръчаните действия, включени в приетия на 18 май 2022 г. Доклад за България от Пети оценителен кръг на Комитета на експертите за оценка на мерките срещу изпирането на пари (Комитета MONEYVAL) към Съвета на Европа</t>
+  </si>
+  <si>
+    <t>12-12-2022 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Стратегия за противодействие на изпирането на пари и финансирането на тероризма в Република България за периода 2023-2027 година</t>
+  </si>
+  <si>
+    <t>31-08-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Морски пространствен план на Република България 2021-2035 г.</t>
+  </si>
+  <si>
+    <t>Архив - Регионална политика</t>
+  </si>
+  <si>
+    <t>23-05-2023 - 31-12-2035</t>
+  </si>
+  <si>
+    <t>Националната програма за превенция и ограничаване на свлачищата на територията на Република България, ерозията и абразията по Дунавското и Черноморското крайбрежие 2015-2020 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Последваща оценка на въздействието на Закона за регионално развитие и Правилника за неговото прилагане за периода 2013-2023</t>
+  </si>
+  <si>
+    <t>19-12-2024 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национален план за действие за борба с антисемитизма (2023 - 2027 г.)</t>
+  </si>
+  <si>
+    <t>Архив - Социална политика и заетост</t>
+  </si>
+  <si>
+    <t>18-10-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>НАЦИОНАЛНА ПРОГРАМА ЗА ПРЕВЕНЦИЯ НА НАСИЛИЕТО И ЗЛОУПОТРЕБАТА С ДЕЦА (2023 – 2026 г.)</t>
+  </si>
+  <si>
+    <t>Отчет за 2022 на Актуализираната национална стратегия за демографско развитие на населението в Република България (2012-2030 г.)</t>
+  </si>
+  <si>
+    <t>07-02-2024 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национален план за търсене и спасяване в българския морски отговорен район за търсене и спасяване</t>
+  </si>
+  <si>
+    <t>Архив - Транспорт</t>
+  </si>
+  <si>
+    <t>14-08-2024 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Актуализирана средносрочна бюджетна прогноза за периода 2025-2028 г.</t>
+  </si>
+  <si>
+    <t>Архив - Финанси и данъчна политика</t>
+  </si>
+  <si>
+    <t>24-02-2025 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Национален план за въвеждане на еврото в Република България</t>
+  </si>
+  <si>
+    <t>13-11-2023 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Средносрочната стратегия за инвестиране на средствата на Държавния фонд за гарантиране устойчивост на държавната пенсионна система за периода 2023-2025 г.</t>
+  </si>
+  <si>
+    <t>21-12-2022 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на държавния дълг. Актуализации по години.</t>
+  </si>
+  <si>
+    <t>25-02-2025 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Бургас за периода 2014 -2020 г.</t>
+  </si>
+  <si>
+    <t>Областно</t>
+  </si>
+  <si>
+    <t>Бургас</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите на Област Варна 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Варна</t>
+  </si>
+  <si>
+    <t>Областна стратегия за младежта на Област Варна 2013-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата в Област Варна за периода 2012 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в област Варна 2011 - 2015</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Стратегия за устойчиво развитие на туризма в област Видин 2009-2013 г.</t>
+  </si>
+  <si>
+    <t>Видин</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата в Област Враца 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Враца</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на българските граждани от ромски произход на Област Добрич 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Добрич</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Добрич (2020 – 2022 г.)</t>
+  </si>
+  <si>
+    <t>Областен управител</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Добрич (2024-2026 г.)</t>
+  </si>
+  <si>
+    <t>Областния съвет за развитие</t>
+  </si>
+  <si>
+    <t>09-04-2024 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване на безопасността на движението по пътищата в Област Добрич 2011-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Ловеч 2023 – 2024 г.</t>
+  </si>
+  <si>
+    <t>Ловеч</t>
+  </si>
+  <si>
+    <t>03-04-2023 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Ловеч 2025 – 2026 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите в Област Монтана 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Монтана</t>
+  </si>
+  <si>
+    <t>Стратегия за намаляване на жертвите по пътищата на Област Пазарджик 2012-2015 г.</t>
+  </si>
+  <si>
+    <t>Пазарджик</t>
+  </si>
+  <si>
+    <t>Стратегия на Област Пазарджик за интегриране на ромите (2012-2020 г.)</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата в Област Плевен 2012 - 2015 г.</t>
+  </si>
+  <si>
+    <t>Плевен</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в Област Плевен 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата на Област Разград 2011-2020 г.</t>
+  </si>
+  <si>
+    <t>Разград</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на социалните услуги в Област Разград 2011 -2015 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите на Област Силистра 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Силистра</t>
+  </si>
+  <si>
+    <t>Програма за енергийна ефективност на област Силистра (2020 - 2027 г.)</t>
+  </si>
+  <si>
+    <t>Областния съвет за енергийна ефективност</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите в Софийска област 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Софийска</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в Софийска област 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област София 2005-2015 г.</t>
+  </si>
+  <si>
+    <t>София</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в Област София 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Областен план за младежта за 2015 г.</t>
+  </si>
+  <si>
+    <t>Търговище</t>
+  </si>
+  <si>
+    <t>Областен план за младежта на Област Търговище 2013 г.</t>
+  </si>
+  <si>
+    <t>Областен план за младежта на Област Търговище 2014 година</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Търговище за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в област Хасково 2011-2015г.</t>
+  </si>
+  <si>
+    <t>Хасково</t>
+  </si>
+  <si>
+    <t>Стратегия за подобряване безопасността на движението по пътищата в Област Хасково 2011-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите на Област Шумен 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Шумен</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Ямбол 2014-2020</t>
+  </si>
+  <si>
+    <t>Ямбол</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Белене за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общинско</t>
+  </si>
+  <si>
+    <t>Белене</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Белица 2014-2020</t>
+  </si>
+  <si>
+    <t>Белица</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Белослав за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Белослав</t>
+  </si>
+  <si>
+    <t>Доклад за резултатите от междинната оценка за периода 2021–2024 г. на Плана за интегрирано развитие на община Бобов дол (2021–2027 г.)</t>
+  </si>
+  <si>
+    <t>Доклади</t>
+  </si>
+  <si>
+    <t>Бобов дол</t>
+  </si>
+  <si>
+    <t>Общинския съвет</t>
+  </si>
+  <si>
+    <t>05-03-2026 - Не е указан срок</t>
+  </si>
+  <si>
+    <t>Общински план за развитие 2014-2020 на Община Бойница</t>
+  </si>
+  <si>
+    <t>Бойница</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Борован 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Борован</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Брегово за периода 2014-2020</t>
+  </si>
+  <si>
+    <t>Брегово</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Бяла Слатина 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Бяла Слатина</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Бяла Слатина 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Актуализация на Програмата за реализация на Плана за интегрирано развитие на община Варна за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>11-05-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Ветрино за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Ветрино</t>
+  </si>
+  <si>
+    <t>Актуализиран План за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
+  </si>
+  <si>
+    <t>27-02-2024 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Доклад за резултатите от междинната оценка на изпълнението на Плана за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
+  </si>
+  <si>
+    <t>28-10-2025 - Не е указан срок</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Враца 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на образованието в Община Враца 2007 - 2011 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост на Община Враца 2008 - 2011 г.</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за подобряване на бизнес средата с цел привличане на инвестиции 2014-2020г.</t>
+  </si>
+  <si>
+    <t>Вълчи дол</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Габрово 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Габрово</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на социалните услуги на Община Генерал Тошево 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Генерал-Тошево</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Гоце Делчев 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>Гоце Делчев</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Гърмен 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Гърмен</t>
+  </si>
+  <si>
+    <t>Програма и план за действие за овладяване популацията на безстопанствени кучета на територията на Община Две могили 2026-2028 г.</t>
+  </si>
+  <si>
+    <t>Две могили</t>
+  </si>
+  <si>
+    <t>22-01-2026 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Девня 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Девня</t>
+  </si>
+  <si>
+    <t>30-03-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Димово 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Димово</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Долна Митрополия за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Долна Митрополия</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Долни Дъбник 2014- 2020 г.</t>
+  </si>
+  <si>
+    <t>Долни Дъбник</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на риска в община Драгоман за периода 2025-2028 година</t>
+  </si>
+  <si>
+    <t>Стратегия</t>
+  </si>
+  <si>
+    <t>Драгоман</t>
+  </si>
+  <si>
+    <t>Кмета на общината</t>
+  </si>
+  <si>
+    <t>03-01-2025 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Дулово за периода 2014-2020 година</t>
+  </si>
+  <si>
+    <t>Дулово</t>
+  </si>
+  <si>
+    <t>Програма за енергийна ефективност на Община Ивайловград 2012-2015 г.</t>
+  </si>
+  <si>
+    <t>Ивайловград</t>
+  </si>
+  <si>
+    <t>Общински план за развитие 2014-2020 г. на Община Исперих</t>
+  </si>
+  <si>
+    <t>Исперих</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за развитие на социалните услуги в Община Карлово 2010-2015 г.</t>
+  </si>
+  <si>
+    <t>Карлово</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Карлово 2007-2013 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Ковачевци 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Ковачевци</t>
+  </si>
+  <si>
+    <t>Общинска програма за опазване на околната среда 2010-2013 г. на Община Козлодуй</t>
+  </si>
+  <si>
+    <t>Козлодуй</t>
+  </si>
+  <si>
+    <t>Програма за поетапно решаване на проблемите, свързани с материалната база на общинските училища до 2015 г</t>
+  </si>
+  <si>
+    <t>Програма за развитие на образователната система в Община Козлодуй за 2010 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Програма за развитие на туризма за периода на 2008-2011 г. на територията на Община Козлодуй</t>
+  </si>
+  <si>
+    <t>Програма за управление на Община Козлодуй за периода 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост на Община Козлодуй за периода 2008 - 2011 г.</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за социални услуги на Община Костинброд 2011-2015г.</t>
+  </si>
+  <si>
+    <t>Костинброд</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за развитие на социалните услуги в Община Криводол 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Криводол</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Криводол за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Кула (2014-2020 г.)</t>
+  </si>
+  <si>
+    <t>Кула</t>
+  </si>
+  <si>
+    <t>Община Летница. План за развитие на общината за периода 2014 - 2020 година</t>
+  </si>
+  <si>
+    <t>Летница</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Лом 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Лом</t>
+  </si>
+  <si>
+    <t>31-03-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за устойчива градска мобилност на община Лом 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>31-07-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общинска програма за енергийна ефективност на Община Мизия 2010-2015 г.</t>
+  </si>
+  <si>
+    <t>Мизия</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Мизия 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Никопол за 2014 - 2020 година</t>
+  </si>
+  <si>
+    <t>Никопол</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Нови пазар (ПИРО) 2024-2027 г.</t>
+  </si>
+  <si>
+    <t>Нови пазар</t>
+  </si>
+  <si>
+    <t>28-11-2024 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Омуртаг 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Омуртаг</t>
+  </si>
+  <si>
+    <t>Комуникационна стратегия на Община Оряхово</t>
+  </si>
+  <si>
+    <t>Оряхово</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Концепция на Стратегия за местно развитие на МИГ “Оряхово”</t>
+  </si>
+  <si>
+    <t>Общински план за превенция на корупцията в Община Оряхово за периоада 2009 - 2011 година</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Оряхово 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Оряхово за периода 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Перник 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Перник</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Перник за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>08-06-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Плевен за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Поморие за 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Поморие</t>
+  </si>
+  <si>
+    <t>20-12-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Попово за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Попово</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Пордим за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Пордим</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Радомир 2021-2027 година</t>
+  </si>
+  <si>
+    <t>Радомир</t>
   </si>
   <si>
     <t>28-12-2023 - 31-12-2027</t>
   </si>
   <si>
-    <t>План за управление на риска от наводнения в Западнобеломорски район за басейново управление за периода 2022 - 2027 г.</t>
-[...658 lines deleted...]
-  <si>
     <t>Общински план за развитие на Община Разлог 2014 - 2020г.</t>
   </si>
   <si>
     <t>Разлог</t>
   </si>
   <si>
     <t>План за интегрирано развитие на Община Разлог 2021-2027г.</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Роман за периода 2014-2020 г.</t>
   </si>
   <si>
     <t>Роман</t>
   </si>
   <si>
     <t>Общински план за развитие на община Руен 2014-2021 г.</t>
   </si>
   <si>
     <t>Руен</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Самоков 2007-2013 г.</t>
   </si>
   <si>
     <t>Самоков</t>
@@ -1170,53 +1233,50 @@
     <t>Трявна</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Тунджа 2014 - 2020</t>
   </si>
   <si>
     <t>Тунджа</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Търговище 2014-2020 г.</t>
   </si>
   <si>
     <t>План за интегрирано развитие на Община Хайредин (ПИРО) 2021-2027г.</t>
   </si>
   <si>
     <t>Хайредин</t>
   </si>
   <si>
     <t>25-04-2023 - 31-12-2027</t>
   </si>
   <si>
     <t>Общинска програмa за енергийна ефективност на Община Царево 2010 – 2015 година</t>
   </si>
   <si>
     <t>Царево</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кмета на общината</t>
   </si>
   <si>
     <t>Програма за развитие на туризма в Община Царево 2009 - 2013 г.</t>
   </si>
   <si>
     <t>Актуализация на Общинския план за развитие на Община Червен бряг 2014-2020 г.</t>
   </si>
   <si>
     <t>Червен бряг</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Ябланица 2014-2020 г.</t>
   </si>
   <si>
     <t>Ябланица</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
@@ -1559,70 +1619,70 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1589" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1588" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1603" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1453" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1591" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1600" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1587" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1573" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1597" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1598" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1670" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1678" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1677" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1676" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1675" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1592" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1595" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1594" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1619" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1727" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1605" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1521" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1659" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1602" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1054" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1589" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1588" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1603" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1740" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1453" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1736" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1735" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1743" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1741" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1742" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1591" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1600" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1587" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1573" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1597" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1598" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1733" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1592" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1595" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1594" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1619" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1744" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1727" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1732" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1605" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1739" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1521" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1659" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1602" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1054" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F195"/>
+  <dimension ref="A1:F200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A195" sqref="A195"/>
+      <selection activeCell="A200" sqref="A200"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="281.788" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
@@ -1883,3623 +1943,3723 @@
     <row r="16" spans="1:6">
       <c r="A16" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
         <v>35</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
         <v>35</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
         <v>35</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
         <v>35</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
         <v>35</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
         <v>35</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="4" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
         <v>35</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B23" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
         <v>35</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="4" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B24" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="4" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B25" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B28" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E30" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="F36" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B37" t="s">
-        <v>84</v>
+        <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
         <v>88</v>
       </c>
-      <c r="B39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="4" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="4" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B43" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="4" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="4" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="4" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="4" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B48" t="s">
-        <v>84</v>
+        <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="4" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="4" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="4" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="4" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="4" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="4" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B54" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="4" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="4" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="4" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="4" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="4" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="4" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="4" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="4" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="4" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="4" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B64" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="4" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="4" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="4" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="4" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="4" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="4" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="4" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="4" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="E72" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="4" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" t="s">
         <v>161</v>
       </c>
-      <c r="B74" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E74" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F74" t="s">
-        <v>46</v>
+        <v>166</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="4" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="4" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>166</v>
+        <v>49</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="4" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
         <v>168</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="4" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="4" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="4" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="4" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
+        <v>10</v>
+      </c>
+      <c r="D81" t="s">
         <v>177</v>
       </c>
-      <c r="D81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>155</v>
+        <v>182</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="4" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
+        <v>10</v>
+      </c>
+      <c r="D82" t="s">
         <v>177</v>
       </c>
-      <c r="D82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>155</v>
+        <v>184</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="4" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D83" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="E83" t="s">
         <v>9</v>
       </c>
       <c r="F83" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="4" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D84" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="E84" t="s">
         <v>9</v>
       </c>
       <c r="F84" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="4" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D85" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="E85" t="s">
         <v>9</v>
       </c>
       <c r="F85" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="4" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D86" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="E86" t="s">
         <v>9</v>
       </c>
       <c r="F86" t="s">
-        <v>187</v>
+        <v>164</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="4" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D87" t="s">
         <v>189</v>
       </c>
       <c r="E87" t="s">
         <v>9</v>
       </c>
       <c r="F87" t="s">
-        <v>155</v>
+        <v>193</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="4" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D88" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E88" t="s">
         <v>9</v>
       </c>
       <c r="F88" t="s">
-        <v>155</v>
+        <v>196</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="4" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D89" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="E89" t="s">
-        <v>193</v>
+        <v>9</v>
       </c>
       <c r="F89" t="s">
-        <v>194</v>
+        <v>164</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="4" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D90" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="E90" t="s">
-        <v>196</v>
+        <v>9</v>
       </c>
       <c r="F90" t="s">
-        <v>197</v>
+        <v>164</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="4" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D91" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="E91" t="s">
-        <v>9</v>
+        <v>202</v>
       </c>
       <c r="F91" t="s">
-        <v>155</v>
+        <v>203</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="4" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D92" t="s">
         <v>200</v>
       </c>
       <c r="E92" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="F92" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="4" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D93" t="s">
         <v>200</v>
       </c>
       <c r="E93" t="s">
-        <v>196</v>
+        <v>9</v>
       </c>
       <c r="F93" t="s">
-        <v>203</v>
+        <v>164</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="4" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D94" t="s">
+        <v>209</v>
+      </c>
+      <c r="E94" t="s">
         <v>205</v>
       </c>
-      <c r="E94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F94" t="s">
-        <v>155</v>
+        <v>210</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="4" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D95" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E95" t="s">
-        <v>9</v>
+        <v>205</v>
       </c>
       <c r="F95" t="s">
-        <v>184</v>
+        <v>212</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="4" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D96" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="E96" t="s">
-        <v>9</v>
+        <v>205</v>
       </c>
       <c r="F96" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="4" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D97" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="E97" t="s">
         <v>9</v>
       </c>
       <c r="F97" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="4" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D98" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="E98" t="s">
         <v>9</v>
       </c>
       <c r="F98" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="4" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D99" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="E99" t="s">
         <v>9</v>
       </c>
       <c r="F99" t="s">
-        <v>155</v>
+        <v>193</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="4" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D100" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="E100" t="s">
         <v>9</v>
       </c>
       <c r="F100" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="4" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D101" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="E101" t="s">
         <v>9</v>
       </c>
       <c r="F101" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="4" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D102" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="E102" t="s">
-        <v>218</v>
+        <v>9</v>
       </c>
       <c r="F102" t="s">
-        <v>219</v>
+        <v>193</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="4" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D103" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E103" t="s">
         <v>9</v>
       </c>
       <c r="F103" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="4" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D104" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E104" t="s">
-        <v>9</v>
+        <v>227</v>
       </c>
       <c r="F104" t="s">
-        <v>184</v>
+        <v>228</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="4" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D105" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="E105" t="s">
         <v>9</v>
       </c>
       <c r="F105" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="4" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D106" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="E106" t="s">
         <v>9</v>
       </c>
       <c r="F106" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="4" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D107" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="E107" t="s">
+        <v>9</v>
+      </c>
+      <c r="F107" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="4" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D108" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="E108" t="s">
         <v>9</v>
       </c>
       <c r="F108" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="4" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D109" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="E109" t="s">
+        <v>202</v>
+      </c>
+      <c r="F109" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="4" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D110" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="E110" t="s">
         <v>9</v>
       </c>
       <c r="F110" t="s">
-        <v>155</v>
+        <v>196</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="4" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D111" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E111" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="F111" t="s">
-        <v>184</v>
+        <v>239</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="4" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D112" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E112" t="s">
         <v>9</v>
       </c>
       <c r="F112" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="4" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D113" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="E113" t="s">
-        <v>9</v>
+        <v>205</v>
       </c>
       <c r="F113" t="s">
-        <v>155</v>
+        <v>193</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="4" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="D114" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="E114" t="s">
-        <v>196</v>
+        <v>9</v>
       </c>
       <c r="F114" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="4" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="D115" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E115" t="s">
         <v>9</v>
       </c>
       <c r="F115" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="4" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="D116" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E116" t="s">
-        <v>9</v>
+        <v>205</v>
       </c>
       <c r="F116" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="4" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D117" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="E117" t="s">
         <v>9</v>
       </c>
       <c r="F117" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="4" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D118" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="E118" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F118" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="4" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D119" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="E119" t="s">
         <v>9</v>
       </c>
       <c r="F119" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="4" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="B120" t="s">
-        <v>9</v>
+        <v>256</v>
       </c>
       <c r="C120" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D120" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="E120" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="F120" t="s">
-        <v>155</v>
+        <v>259</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="4" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D121" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="E121" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="F121" t="s">
-        <v>187</v>
+        <v>164</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="4" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D122" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="E122" t="s">
         <v>9</v>
       </c>
       <c r="F122" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="4" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D123" t="s">
-        <v>180</v>
+        <v>265</v>
       </c>
       <c r="E123" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="F123" t="s">
-        <v>257</v>
+        <v>164</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>249</v>
+      </c>
+      <c r="D124" t="s">
+        <v>267</v>
+      </c>
+      <c r="E124" t="s">
         <v>258</v>
       </c>
-      <c r="B124" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F124" t="s">
-        <v>219</v>
+        <v>196</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="4" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D125" t="s">
-        <v>189</v>
+        <v>267</v>
       </c>
       <c r="E125" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F125" t="s">
-        <v>261</v>
+        <v>164</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="4" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="B126" t="s">
-        <v>263</v>
+        <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D126" t="s">
         <v>189</v>
       </c>
       <c r="E126" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="F126" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="4" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D127" t="s">
-        <v>189</v>
+        <v>272</v>
       </c>
       <c r="E127" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F127" t="s">
-        <v>155</v>
+        <v>228</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="4" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D128" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="E128" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F128" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="4" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="B129" t="s">
-        <v>9</v>
+        <v>256</v>
       </c>
       <c r="C129" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D129" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="E129" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F129" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="4" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D130" t="s">
-        <v>270</v>
+        <v>198</v>
       </c>
       <c r="E130" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F130" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="4" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D131" t="s">
-        <v>272</v>
+        <v>198</v>
       </c>
       <c r="E131" t="s">
         <v>9</v>
       </c>
       <c r="F131" t="s">
-        <v>155</v>
+        <v>279</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="4" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D132" t="s">
-        <v>274</v>
+        <v>198</v>
       </c>
       <c r="E132" t="s">
         <v>9</v>
       </c>
       <c r="F132" t="s">
-        <v>184</v>
+        <v>279</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="4" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D133" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="E133" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="F133" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="4" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D134" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="E134" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F134" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="4" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D135" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="E135" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F135" t="s">
-        <v>281</v>
+        <v>193</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="4" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D136" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="E136" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F136" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="4" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D137" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="E137" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F137" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="4" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="B138" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="C138" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D138" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="E138" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F138" t="s">
-        <v>155</v>
+        <v>293</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="4" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D139" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="E139" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F139" t="s">
-        <v>155</v>
+        <v>296</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="4" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D140" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="E140" t="s">
         <v>9</v>
       </c>
       <c r="F140" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="4" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D141" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="E141" t="s">
         <v>9</v>
       </c>
       <c r="F141" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="4" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D142" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="E142" t="s">
         <v>9</v>
       </c>
       <c r="F142" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="4" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="B143" t="s">
-        <v>9</v>
+        <v>304</v>
       </c>
       <c r="C143" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D143" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="E143" t="s">
-        <v>9</v>
+        <v>306</v>
       </c>
       <c r="F143" t="s">
-        <v>187</v>
+        <v>307</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="4" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D144" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="E144" t="s">
         <v>9</v>
       </c>
       <c r="F144" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="4" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D145" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="E145" t="s">
         <v>9</v>
       </c>
       <c r="F145" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="4" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D146" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="E146" t="s">
         <v>9</v>
       </c>
       <c r="F146" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="4" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D147" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="E147" t="s">
         <v>9</v>
       </c>
       <c r="F147" t="s">
-        <v>303</v>
+        <v>193</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="4" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D148" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="E148" t="s">
         <v>9</v>
       </c>
       <c r="F148" t="s">
-        <v>267</v>
+        <v>196</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="4" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D149" t="s">
-        <v>300</v>
+        <v>318</v>
       </c>
       <c r="E149" t="s">
         <v>9</v>
       </c>
       <c r="F149" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="4" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D150" t="s">
-        <v>300</v>
+        <v>320</v>
       </c>
       <c r="E150" t="s">
         <v>9</v>
       </c>
       <c r="F150" t="s">
-        <v>267</v>
+        <v>196</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="4" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D151" t="s">
-        <v>308</v>
+        <v>320</v>
       </c>
       <c r="E151" t="s">
         <v>9</v>
       </c>
       <c r="F151" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="4" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D152" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="E152" t="s">
         <v>9</v>
       </c>
       <c r="F152" t="s">
-        <v>184</v>
+        <v>323</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="4" t="s">
-        <v>311</v>
+        <v>324</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D153" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="E153" t="s">
         <v>9</v>
       </c>
       <c r="F153" t="s">
-        <v>155</v>
+        <v>279</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="4" t="s">
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D154" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="E154" t="s">
         <v>9</v>
       </c>
       <c r="F154" t="s">
-        <v>155</v>
+        <v>193</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="4" t="s">
-        <v>314</v>
+        <v>326</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D155" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="E155" t="s">
         <v>9</v>
       </c>
       <c r="F155" t="s">
-        <v>155</v>
+        <v>279</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="4" t="s">
-        <v>316</v>
+        <v>327</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D156" t="s">
-        <v>317</v>
+        <v>328</v>
       </c>
       <c r="E156" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F156" t="s">
-        <v>318</v>
+        <v>193</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="4" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D157" t="s">
-        <v>317</v>
+        <v>330</v>
       </c>
       <c r="E157" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F157" t="s">
-        <v>320</v>
+        <v>193</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="4" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D158" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="E158" t="s">
         <v>9</v>
       </c>
       <c r="F158" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="4" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D159" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="E159" t="s">
         <v>9</v>
       </c>
       <c r="F159" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="4" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D160" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="E160" t="s">
         <v>9</v>
       </c>
       <c r="F160" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="4" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D161" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="E161" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="F161" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="4" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D162" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="E162" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F162" t="s">
-        <v>155</v>
+        <v>340</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="4" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D163" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="E163" t="s">
         <v>9</v>
       </c>
       <c r="F163" t="s">
-        <v>333</v>
+        <v>193</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="4" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D164" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="E164" t="s">
         <v>9</v>
       </c>
       <c r="F164" t="s">
-        <v>333</v>
+        <v>164</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="4" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D165" t="s">
-        <v>332</v>
+        <v>345</v>
       </c>
       <c r="E165" t="s">
         <v>9</v>
       </c>
       <c r="F165" t="s">
-        <v>267</v>
+        <v>164</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="4" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D166" t="s">
-        <v>332</v>
+        <v>347</v>
       </c>
       <c r="E166" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F166" t="s">
-        <v>155</v>
+        <v>348</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="4" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D167" t="s">
-        <v>332</v>
+        <v>350</v>
       </c>
       <c r="E167" t="s">
         <v>9</v>
       </c>
       <c r="F167" t="s">
-        <v>187</v>
+        <v>164</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="4" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D168" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="E168" t="s">
         <v>9</v>
       </c>
       <c r="F168" t="s">
-        <v>155</v>
+        <v>353</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="4" t="s">
-        <v>340</v>
+        <v>354</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D169" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="E169" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F169" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="4" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D170" t="s">
-        <v>210</v>
+        <v>352</v>
       </c>
       <c r="E170" t="s">
         <v>9</v>
       </c>
       <c r="F170" t="s">
-        <v>155</v>
+        <v>279</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="4" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D171" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="E171" t="s">
         <v>9</v>
       </c>
       <c r="F171" t="s">
-        <v>345</v>
+        <v>164</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="4" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D172" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="E172" t="s">
         <v>9</v>
       </c>
       <c r="F172" t="s">
-        <v>155</v>
+        <v>196</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="4" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D173" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="E173" t="s">
         <v>9</v>
       </c>
       <c r="F173" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="4" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D174" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="E174" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="F174" t="s">
-        <v>131</v>
+        <v>361</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="4" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D175" t="s">
-        <v>353</v>
+        <v>219</v>
       </c>
       <c r="E175" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F175" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="4" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D176" t="s">
-        <v>353</v>
+        <v>364</v>
       </c>
       <c r="E176" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F176" t="s">
-        <v>38</v>
+        <v>365</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="4" t="s">
-        <v>355</v>
+        <v>366</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D177" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
       <c r="E177" t="s">
         <v>9</v>
       </c>
       <c r="F177" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="4" t="s">
-        <v>357</v>
+        <v>368</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D178" t="s">
-        <v>358</v>
+        <v>369</v>
       </c>
       <c r="E178" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F178" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="4" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D179" t="s">
-        <v>360</v>
+        <v>371</v>
       </c>
       <c r="E179" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F179" t="s">
-        <v>187</v>
+        <v>372</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="4" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D180" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
       <c r="E180" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F180" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="4" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D181" t="s">
-        <v>363</v>
+        <v>374</v>
       </c>
       <c r="E181" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F181" t="s">
-        <v>155</v>
+        <v>38</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="4" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D182" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="E182" t="s">
         <v>9</v>
       </c>
       <c r="F182" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="4" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D183" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="E183" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F183" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="4" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D184" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
       <c r="E184" t="s">
         <v>9</v>
       </c>
       <c r="F184" t="s">
-        <v>184</v>
+        <v>196</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="4" t="s">
-        <v>370</v>
+        <v>382</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D185" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="E185" t="s">
         <v>9</v>
       </c>
       <c r="F185" t="s">
-        <v>155</v>
+        <v>193</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="4" t="s">
-        <v>372</v>
+        <v>383</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D186" t="s">
-        <v>373</v>
+        <v>384</v>
       </c>
       <c r="E186" t="s">
         <v>9</v>
       </c>
       <c r="F186" t="s">
-        <v>187</v>
+        <v>164</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="4" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D187" t="s">
-        <v>375</v>
+        <v>386</v>
       </c>
       <c r="E187" t="s">
         <v>9</v>
       </c>
       <c r="F187" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="4" t="s">
-        <v>376</v>
+        <v>387</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D188" t="s">
-        <v>377</v>
+        <v>388</v>
       </c>
       <c r="E188" t="s">
         <v>9</v>
       </c>
       <c r="F188" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="4" t="s">
-        <v>378</v>
+        <v>389</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D189" t="s">
-        <v>379</v>
+        <v>390</v>
       </c>
       <c r="E189" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F189" t="s">
-        <v>155</v>
+        <v>193</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="4" t="s">
-        <v>380</v>
+        <v>391</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D190" t="s">
-        <v>227</v>
+        <v>392</v>
       </c>
       <c r="E190" t="s">
         <v>9</v>
       </c>
       <c r="F190" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="4" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D191" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="E191" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F191" t="s">
-        <v>383</v>
+        <v>196</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="4" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D192" t="s">
-        <v>385</v>
+        <v>396</v>
       </c>
       <c r="E192" t="s">
-        <v>386</v>
+        <v>9</v>
       </c>
       <c r="F192" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="4" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D193" t="s">
-        <v>385</v>
+        <v>398</v>
       </c>
       <c r="E193" t="s">
         <v>9</v>
       </c>
       <c r="F193" t="s">
-        <v>187</v>
+        <v>164</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="4" t="s">
-        <v>388</v>
+        <v>399</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D194" t="s">
-        <v>389</v>
+        <v>400</v>
       </c>
       <c r="E194" t="s">
-        <v>9</v>
+        <v>258</v>
       </c>
       <c r="F194" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="4" t="s">
-        <v>390</v>
+        <v>401</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D195" t="s">
-        <v>391</v>
+        <v>236</v>
       </c>
       <c r="E195" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="F195" t="s">
-        <v>155</v>
+        <v>164</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>249</v>
+      </c>
+      <c r="D196" t="s">
+        <v>403</v>
+      </c>
+      <c r="E196" t="s">
+        <v>258</v>
+      </c>
+      <c r="F196" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197" s="4" t="s">
+        <v>405</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>249</v>
+      </c>
+      <c r="D197" t="s">
+        <v>406</v>
+      </c>
+      <c r="E197" t="s">
+        <v>306</v>
+      </c>
+      <c r="F197" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198" s="4" t="s">
+        <v>407</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>249</v>
+      </c>
+      <c r="D198" t="s">
+        <v>406</v>
+      </c>
+      <c r="E198" t="s">
+        <v>9</v>
+      </c>
+      <c r="F198" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199" s="4" t="s">
+        <v>408</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>249</v>
+      </c>
+      <c r="D199" t="s">
+        <v>409</v>
+      </c>
+      <c r="E199" t="s">
+        <v>9</v>
+      </c>
+      <c r="F199" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="A200" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>249</v>
+      </c>
+      <c r="D200" t="s">
+        <v>411</v>
+      </c>
+      <c r="E200" t="s">
+        <v>258</v>
+      </c>
+      <c r="F200" t="s">
+        <v>164</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_17"/>
@@ -5656,50 +5816,55 @@
     <hyperlink ref="A171" r:id="rId_hyperlink_168"/>
     <hyperlink ref="A172" r:id="rId_hyperlink_169"/>
     <hyperlink ref="A173" r:id="rId_hyperlink_170"/>
     <hyperlink ref="A174" r:id="rId_hyperlink_171"/>
     <hyperlink ref="A175" r:id="rId_hyperlink_172"/>
     <hyperlink ref="A176" r:id="rId_hyperlink_173"/>
     <hyperlink ref="A177" r:id="rId_hyperlink_174"/>
     <hyperlink ref="A178" r:id="rId_hyperlink_175"/>
     <hyperlink ref="A179" r:id="rId_hyperlink_176"/>
     <hyperlink ref="A180" r:id="rId_hyperlink_177"/>
     <hyperlink ref="A181" r:id="rId_hyperlink_178"/>
     <hyperlink ref="A182" r:id="rId_hyperlink_179"/>
     <hyperlink ref="A183" r:id="rId_hyperlink_180"/>
     <hyperlink ref="A184" r:id="rId_hyperlink_181"/>
     <hyperlink ref="A185" r:id="rId_hyperlink_182"/>
     <hyperlink ref="A186" r:id="rId_hyperlink_183"/>
     <hyperlink ref="A187" r:id="rId_hyperlink_184"/>
     <hyperlink ref="A188" r:id="rId_hyperlink_185"/>
     <hyperlink ref="A189" r:id="rId_hyperlink_186"/>
     <hyperlink ref="A190" r:id="rId_hyperlink_187"/>
     <hyperlink ref="A191" r:id="rId_hyperlink_188"/>
     <hyperlink ref="A192" r:id="rId_hyperlink_189"/>
     <hyperlink ref="A193" r:id="rId_hyperlink_190"/>
     <hyperlink ref="A194" r:id="rId_hyperlink_191"/>
     <hyperlink ref="A195" r:id="rId_hyperlink_192"/>
+    <hyperlink ref="A196" r:id="rId_hyperlink_193"/>
+    <hyperlink ref="A197" r:id="rId_hyperlink_194"/>
+    <hyperlink ref="A198" r:id="rId_hyperlink_195"/>
+    <hyperlink ref="A199" r:id="rId_hyperlink_196"/>
+    <hyperlink ref="A200" r:id="rId_hyperlink_197"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>