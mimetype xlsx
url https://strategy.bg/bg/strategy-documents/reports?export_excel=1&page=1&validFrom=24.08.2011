--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1834">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1846">
   <si>
     <t>СПРАВКА "СТРАТЕГИЧЕСКИ ДОКУМЕНТИ"</t>
   </si>
   <si>
-    <t>Общо 924 резултата</t>
+    <t>Общо 927 резултата</t>
   </si>
   <si>
     <t>Заглавие</t>
   </si>
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Национален оперативен план за справяне с пандемията от SARS-CoV-2</t>
   </si>
   <si>
     <t>---</t>
   </si>
@@ -962,149 +962,167 @@
   <si>
     <t>07-12-2020 - 31-12-2024</t>
   </si>
   <si>
     <t>Актуализиран национален план за широколентова инфраструктура за достъп от следващо поколение „Свързана България“</t>
   </si>
   <si>
     <t>06-08-2020 - 31-12-2030</t>
   </si>
   <si>
     <t>Иновационна стратегия за интелигентна специализация 2021-2027 г.</t>
   </si>
   <si>
     <t>15-12-2022 - 31-12-2027</t>
   </si>
   <si>
     <t>Концепция за развитието на изкуствения интелект в България до 2030 г.</t>
   </si>
   <si>
     <t>16-12-2020 - 31-12-2030</t>
   </si>
   <si>
     <t>Научна програма „Повиша­ване на изследователския капацитет в областта на математи­чески науки (ПИКОМ)"</t>
   </si>
   <si>
+    <t>Национална програма</t>
+  </si>
+  <si>
+    <t>21-10-2021 - 20-06-2026</t>
+  </si>
+  <si>
+    <t>Национален стратегически документ „Цифрова трансформация на България за периода 2020-2030 г.“</t>
+  </si>
+  <si>
+    <t>21-07-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална научна програма “Върхови изследвания и хора за развитие на европейска наука“ – 2021 (ВИХРЕН – 2021)</t>
+  </si>
+  <si>
+    <t>12-08-2021 - 31-12-2029</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Върхови изследвания и хора за развитие на европейска наука” – 2024 (ВИХРЕН – 2024)</t>
+  </si>
+  <si>
+    <t>13-06-2024 - 31-12-2031</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Иновативни нискотоксични биологично активни средства за прецизна медицина“ (БиоАктивМед)</t>
+  </si>
+  <si>
+    <t>14-09-2018 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Интелигентно животновъдство“</t>
+  </si>
+  <si>
+    <t>26-11-2020 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Интелигентно растениевъдство“</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Критични и стратегически суровини за зелен преход и устойчиво развитие“</t>
+  </si>
+  <si>
+    <t>18-07-2024 - 31-12-2029</t>
+  </si>
+  <si>
+    <t>Национална научна програма „ПЕТЪР БЕРОН. НАУКА И ИНОВАЦИИ С ЕВРОПА – 2025“ (ННП ПЕТЪР БЕРОН И НИЕ – 2025)</t>
+  </si>
+  <si>
+    <t>Програма</t>
+  </si>
+  <si>
+    <t>20-11-2025 - 31-12-2033</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Петър Берон. Наука и иновации с Европа“ (Петър Берон и НИЕ)</t>
+  </si>
+  <si>
+    <t>17-08-2018 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Развитие и утвърждаване на българистиката в чужбина“</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Развитие на научните изследвания и иновациите в системата на българското предучилищно и училищно образование“</t>
+  </si>
+  <si>
+    <t>04-12-2024 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална научна прог­рама „Сигурност и отбрана”</t>
+  </si>
+  <si>
+    <t>21-10-2021 - 18-05-2026</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Създаване на база данни на кръводарителите в Република България за маркери на трансмисивни инфекции“</t>
+  </si>
+  <si>
+    <t>21-04-2020 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национална програма „Европейски научни мрежи“</t>
+  </si>
+  <si>
+    <t>06-08-2020 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национална програма за полярни изследвания 2017-2021 г.</t>
+  </si>
+  <si>
+    <t>29-08-2016 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Национална програма за полярни изследвания „От полюс до полюс“ 2022 – 2025 г.</t>
+  </si>
+  <si>
+    <t>16-06-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национална програма „Млади учени и постдокторанти – 2“</t>
+  </si>
+  <si>
+    <t>07-04-2022 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма „Повишаване на квалификацията в областта на ядрените технологии и ядреното инженерство“</t>
+  </si>
+  <si>
+    <t>13-11-2024 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма „Стимулиране на публикационната активност в авторитетни международни научни списания и отворeния достъп до научна информация“</t>
+  </si>
+  <si>
     <t>21-10-2021 - 31-12-2025</t>
   </si>
   <si>
-    <t>Национален стратегически документ „Цифрова трансформация на България за периода 2020-2030 г.“</t>
-[...94 lines deleted...]
-  <si>
     <t>Национална програма „Цифрова България 2015”</t>
   </si>
   <si>
     <t>14-11-2012 - 31-12-2015</t>
   </si>
   <si>
     <t>Национална програма „ЦифроваБългария 2025”</t>
   </si>
   <si>
     <t>05-12-2019 - 31-12-2025</t>
   </si>
   <si>
     <t>Национална пътна карта за научна инфраструктура</t>
   </si>
   <si>
     <t>Национална пътна карта за подобряване на условията за разгръщане на потенциала за развитие на водородните технологии и механизмите за производство и доставка на водород</t>
   </si>
   <si>
     <t>26-04-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Национална стратегия за развитие на научните изследвания 2017 – 2030 г.</t>
   </si>
   <si>
     <t>07-06-2017 - 31-12-2030</t>
@@ -1115,104 +1133,110 @@
   <si>
     <t>19-12-2012 - 31-12-2015</t>
   </si>
   <si>
     <t>Национална стратегия за цифрова трансформация на строителния сектор 2030 г.</t>
   </si>
   <si>
     <t>06-04-2023 - 31-12-2030</t>
   </si>
   <si>
     <t>Национални научни програми</t>
   </si>
   <si>
     <t>17-08-2018 - 31-12-2026</t>
   </si>
   <si>
     <t>Отчет за състоянието и Годишен план за развитието на информационните ресурси в администрацията и информационните ресурси на Единната електронна съобщителна мрежа на държавната администрация и за нуждите на националната сигурност</t>
   </si>
   <si>
     <t>29-04-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>План за въвеждане на наземно цифрово телевизионно радиоразпръскване (DVB-T) в Република България</t>
   </si>
   <si>
+    <t>13-07-2012 - 31-12-2012</t>
+  </si>
+  <si>
     <t>22-08-2013 - 31-12-2012</t>
   </si>
   <si>
-    <t>13-07-2012 - 31-12-2012</t>
-[...1 lines deleted...]
-  <si>
     <t>Актуализирана Национална програма „Подкрепа на образователните медиатори и социалните работници”</t>
   </si>
   <si>
     <t>Образование</t>
   </si>
   <si>
     <t>21-12-2022 - 31-12-2023</t>
   </si>
   <si>
     <t>Годишен план за насърчаване на ранното детско развитие за 2024 г.</t>
   </si>
   <si>
     <t>04-04-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>Концепция за насърчаване обучението на софтуерни специалисти</t>
   </si>
   <si>
     <t>16-12-2015 - 31-12-2023</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България</t>
   </si>
   <si>
     <t>22-07-2021 - 31-12-2022</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2022 г.</t>
   </si>
   <si>
     <t>12-01-2023 - 31-12-2023</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2023 г.</t>
   </si>
   <si>
     <t>11-01-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2024 г.</t>
   </si>
   <si>
     <t>27-12-2024 - 31-12-2025</t>
   </si>
   <si>
     <t>Национална програма „Дигитална квалификация“</t>
   </si>
   <si>
+    <t>Национална програма „Избирам да следвам в България“</t>
+  </si>
+  <si>
+    <t>03-12-2025 - 03-12-2030</t>
+  </si>
+  <si>
     <t>Национална програма „Модернизация на библиотеките в държавните висши училища“</t>
   </si>
   <si>
     <t>21-03-2024 - 31-12-2027</t>
   </si>
   <si>
     <t>Национална програма „Образование с наука“</t>
   </si>
   <si>
     <t>27-06-2024 - 31-12-2028</t>
   </si>
   <si>
     <t>Национална програма „Повишаване компетентностите на преподавателите от държавните висши училища, подготвящи бъдещи учители”</t>
   </si>
   <si>
     <t>19-01-2021 - 31-12-2024</t>
   </si>
   <si>
     <t>Национална програма „Популяризиране на българското висше образование и кандидатстване на лица от българска народност, живеещи в чужбина, за обучение в български висши училища“</t>
   </si>
   <si>
     <t>19-03-2021 - 31-12-2027</t>
   </si>
   <si>
     <t>Национална стратегия за насърчаване и повишаване на грамотността (2014-2020 г.)</t>
@@ -2243,56 +2267,56 @@
   <si>
     <t>18-09-2020 - 01-01-9999</t>
   </si>
   <si>
     <t>Национална стратегия за безопасност на движението по пътищата в Република България 2021 - 2030 г.</t>
   </si>
   <si>
     <t>26-10-2020 - 31-12-2030</t>
   </si>
   <si>
     <t>План за действия при актове на незаконна намеса в гражданското въздухоплаване</t>
   </si>
   <si>
     <t>09-06-2022 - 01-01-9999</t>
   </si>
   <si>
     <t>Стратегия за безопасност на корабоплаването и опазване на околната среда от замърсяване от кораби</t>
   </si>
   <si>
     <t>26-06-2020 - 01-01-9999</t>
   </si>
   <si>
     <t>Стратегия за развитие на пътната инфраструктура в Република България 2016 - 2022 г.</t>
   </si>
   <si>
+    <t>18-09-2015 - 31-12-2015</t>
+  </si>
+  <si>
     <t>05-05-2016 - 31-12-2022</t>
   </si>
   <si>
-    <t>18-09-2015 - 31-12-2015</t>
-[...1 lines deleted...]
-  <si>
     <t>Актуализирана Национална стратегия за устойчиво развитие на туризма в Република България 2014-2030 г.</t>
   </si>
   <si>
     <t>Туризъм</t>
   </si>
   <si>
     <t>04-06-2014 - 31-12-2030</t>
   </si>
   <si>
     <t>Актуализирана средносрочна бюджетна прогноза за периода 2016-2018 г.</t>
   </si>
   <si>
     <t>Финанси и данъчна политика</t>
   </si>
   <si>
     <t>30-10-2015 - 31-12-2016</t>
   </si>
   <si>
     <t>Актуализирана средносрочна бюджетна прогноза за периода 2021-2023 г.</t>
   </si>
   <si>
     <t>23-12-2020 - 31-12-2021</t>
   </si>
   <si>
     <t>Актуализирана средносрочна бюджетна прогноза за периода 2022-2024 г.</t>
@@ -3449,50 +3473,59 @@
   <si>
     <t>28-05-2021 - 31-12-2027</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Ветрино 2014-2020 г.</t>
   </si>
   <si>
     <t>Ветрино</t>
   </si>
   <si>
     <t>План за интегрирано развитие на община Ветрино за периода 2021-2027 г.</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Видин за периода 2014-2020 г.</t>
   </si>
   <si>
     <t>09-03-2016 - 31-12-2020</t>
   </si>
   <si>
     <t>Актуализиран План за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
   </si>
   <si>
     <t>27-02-2024 - 31-12-2027</t>
   </si>
   <si>
+    <t>Доклад за резултатите от междинната оценка на изпълнението на Плана за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
+  </si>
+  <si>
+    <t>Доклади</t>
+  </si>
+  <si>
+    <t>28-10-2025 - Не е указан срок</t>
+  </si>
+  <si>
     <t>Общински план за развитие на Община Враца 2014-2020 г.</t>
   </si>
   <si>
     <t>План за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
   </si>
   <si>
     <t>30-03-2021 - 31-12-2027</t>
   </si>
   <si>
     <t>Стратегия за развитие на образованието в Община Враца 2007 - 2011 г.</t>
   </si>
   <si>
     <t>01-01-9999 - 31-12-2011</t>
   </si>
   <si>
     <t>Стратегия за управление на общинската собственост на Община Враца 2008 - 2011 г.</t>
   </si>
   <si>
     <t>Стратегия за управление на общинската собственост на Община Враца 2011-2015 г.</t>
   </si>
   <si>
     <t>31-01-2012 - 31-12-2015</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Вълчедръм 2014-2020 г.</t>
@@ -4452,50 +4485,53 @@
     <t>План за интегрирано развитие на община Лъки 2021-2027 г.</t>
   </si>
   <si>
     <t>Лъки</t>
   </si>
   <si>
     <t>17-12-2020 - 31-12-2027</t>
   </si>
   <si>
     <t>План за интегрирано развитие на Община Любимец 2021-2027г.</t>
   </si>
   <si>
     <t>Любимец</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Лясковец 2014-2020 г.</t>
   </si>
   <si>
     <t>Лясковец</t>
   </si>
   <si>
     <t>28-08-2014 - 31-12-2020</t>
   </si>
   <si>
     <t>План за интегрирано развитие на община Лясковец за периода 2021 – 2027 г.</t>
+  </si>
+  <si>
+    <t>Стратегия</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Мадан за периода 2014-2020 г.</t>
   </si>
   <si>
     <t>Мадан</t>
   </si>
   <si>
     <t>25-06-2014 - 31-12-2020</t>
   </si>
   <si>
     <t>План за интегрирано развитие на община Мадан за периода 2021 - 2027 г.</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Макреш 2014-2020</t>
   </si>
   <si>
     <t>Макреш</t>
   </si>
   <si>
     <t>15-07-2014 - 31-12-2020</t>
   </si>
   <si>
     <t>План за интегрирано развитие на Община Макреш 2021-2027г.</t>
   </si>
@@ -5885,72 +5921,72 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1488" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1353" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1343" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1354" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/890" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/979" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1410" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/879" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1306" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/908" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/778" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/978" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1034" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/769" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/962" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1672" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1431" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1336" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1236" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1571" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/936" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/940" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1342" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1566" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1543" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1402" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/883" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1148" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1408" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/984" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/756" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1585" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/892" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/773" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1589" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/891" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/680" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/714" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1321" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/780" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/766" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/982" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/971" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1556" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/941" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1588" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1603" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1442" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1244" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/994" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1296" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1233" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/875" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1317" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1293" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1453" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1412" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/909" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1481" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1411" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1490" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/754" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1239" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1240" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/859" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1491" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/893" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1415" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/935" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1559" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1232" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/781" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1416" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/939" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1443" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1591" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/858" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1572" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1302" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1282" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1009" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/873" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1284" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1147" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1347" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1662" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1279" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/874" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1496" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1609" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1413" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1522" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/763" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1349" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1547" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/759" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/852" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/804" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/888" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/955" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/987" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1245" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1286" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1285" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1318" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1409" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1257" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/951" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/921" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/871" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1501" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/709" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/990" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1600" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1587" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1590" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1168" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1355" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/956" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1569" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/952" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1352" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1346" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1573" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1356" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1498" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1335" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1497" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/929" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1596" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1294" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/886" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/894" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/880" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1545" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1580" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1338" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1169" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1557" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1546" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1291" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/764" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1315" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/922" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1593" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/771" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1290" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/867" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/779" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1597" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/981" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1489" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1598" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1297" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1401" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1581" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/937" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/902" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/878" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1304" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1351" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1419" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1551" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1006" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/789" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1583" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1582" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1337" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1323" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1553" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1406" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/906" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/868" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1495" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/811" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/964" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1230" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/782" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1550" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/713" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/946" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/587" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/974" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1308" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1341" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1307" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1313" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1670" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/876" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1678" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1677" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1676" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1675" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/838" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/757" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/958" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1503" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1259" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/749" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/900" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/850" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/899" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/960" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1227" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1301" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1292" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1326" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1407" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1552" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/797" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1254" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1303" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1283" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1280" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/907" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/969" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1011" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/758" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1540" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/965" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1253" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1129" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1298" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/716" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/975" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1350" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1370" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/957" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1570" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1492" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/718" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1332" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1592" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/860" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/767" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/910" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/895" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/750" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1533" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/711" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/983" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1499" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/768" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1316" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/440" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1613" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1575" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1574" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1576" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1579" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1577" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1578" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/772" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1614" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/770" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/865" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/866" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/864" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/863" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/861" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/862" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1167" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/898" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/856" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1500" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/775" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/774" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1289" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/720" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/884" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/945" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1322" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/950" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/717" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/885" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/986" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1234" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1287" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1288" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1319" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1403" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1525" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/882" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/755" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/762" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1300" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1565" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1235" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1595" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/857" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/903" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1281" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/881" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/931" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/790" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1229" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1362" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1055" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1361" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/728" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1549" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/889" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1344" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1564" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1584" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/970" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/784" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/748" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/791" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1311" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1425" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/963" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/715" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1358" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1251" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1560" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1339" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1345" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1555" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1231" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1010" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/972" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/904" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/985" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1363" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1544" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/976" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1417" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1334" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/897" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/959" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1008" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1266" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1277" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1594" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1414" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1261" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/997" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/999" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/968" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1260" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/844" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/996" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/845" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/980" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1243" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/870" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/840" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1000" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/877" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1241" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/995" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/793" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1001" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1002" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1270" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1619" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1405" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1003" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1250" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/586" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1269" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1271" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1268" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1004" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/988" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/989" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1005" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1035" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1012" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1013" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1015" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1017" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1018" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1016" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1019" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1226" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/843" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1022" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1024" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1023" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1025" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/777" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1028" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1014" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1026" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1029" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1248" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/729" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/841" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1030" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1249" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1031" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1090" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/736" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/739" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1093" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/737" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/630" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/738" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1096" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1095" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/694" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/678" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1097" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1094" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/700" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1091" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1092" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/740" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1420" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/905" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1164" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1191" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1121" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1472" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1036" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1385" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1102" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/991" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1379" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1177" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1568" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1468" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1563" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1057" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1482" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/901" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1451" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1179" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1512" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1215" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1510" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1216" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1192" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1397" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1068" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1388" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1364" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1378" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1159" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1193" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1539" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1465" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1069" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1507" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1160" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1126" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1466" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1132" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1528" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1438" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1109" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1136" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1137" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1135" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1433" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1165" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1110" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1161" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1475" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1134" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1060" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1376" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/826" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/869" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1202" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1131" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1462" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/933" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/934" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1111" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1508" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1075" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1534" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1104" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1071" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1382" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1173" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1171" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1194" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1214" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1224" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1516" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/887" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1535" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/917" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1523" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1477" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1061" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1080" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/222" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1327" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1162" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1439" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/896" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1605" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1441" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/923" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/928" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/911" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1437" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/930" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1103" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1529" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1195" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1514" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1470" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1428" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1422" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1183" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1328" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1139" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1374" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1217" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1461" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1128" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1474" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1138" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1506" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1196" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/595" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1367" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1197" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1479" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/948" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1386" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1140" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1509" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1198" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1459" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/808" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1163" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1372" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1081" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1531" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1446" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1199" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1105" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1238" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1504" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/925" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/924" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/926" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/927" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1464" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1112" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1435" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1113" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1373" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1377" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1082" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1493" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/855" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1389" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/832" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/833" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/829" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1200" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1274" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1201" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1449" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1203" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/813" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/944" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/942" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/943" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1225" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1436" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1537" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1106" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1154" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1454" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1463" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1267" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1562" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1218" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1427" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1083" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1021" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1395" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1038" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1040" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1041" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1383" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1044" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1045" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1046" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1042" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1039" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1047" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1050" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1049" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1155" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1375" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/938" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1521" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1043" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1456" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1460" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1715" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1141" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1369" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1263" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1457" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1064" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1530" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/919" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/918" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1072" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1515" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/947" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1204" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1469" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1320" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1704" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1073" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1348" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1219" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1394" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1432" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1541" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1116" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1381" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1485" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1117" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1065" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1599" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1400" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1114" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1458" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1701" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1604" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1142" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1365" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1434" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1184" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1473" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1205" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1390" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1712" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1527" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1143" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1524" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1659" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1020" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1237" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1206" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1380" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1445" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1421" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1360" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1133" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1115" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1212" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1156" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1393" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1602" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1398" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1220" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/825" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1256" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1714" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1713" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1430" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1066" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/565" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1166" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1536" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1207" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1505" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1330" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1221" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1186" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1700" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1144" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1444" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1208" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1392" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1455" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1265" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1487" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1174" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1467" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1187" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1538" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1502" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/916" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/913" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1418" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/967" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1511" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1170" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1396" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1656" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1384" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1118" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1447" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1452" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1399" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1518" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1486" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1145" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1357" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1426" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1272" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1188" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1130" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1682" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1127" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1359" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1476" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1517" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1108" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1448" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1051" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1222" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1052" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1440" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1424" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1366" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1368" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1176" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1519" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1053" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/640" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1189" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1101" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1520" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1513" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1325" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1423" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1387" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1119" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1554" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1152" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1027" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1158" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/973" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1391" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1209" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1471" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/743" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1070" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1526" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1333" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1067" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1532" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1484" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1107" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1483" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1120" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1705" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1054" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1074" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1480" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1190" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1478" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1488" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1353" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1343" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1354" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/890" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/979" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1410" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/879" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1306" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/908" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/778" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/978" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1034" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/769" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/962" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1672" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1431" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1336" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1236" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1571" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/936" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/940" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1342" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1566" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1543" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1402" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/883" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1148" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1408" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/984" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/756" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1585" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/892" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/773" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1589" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/891" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/680" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/714" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1321" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/780" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/766" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/982" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/971" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1556" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/941" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1588" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1603" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1442" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1244" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/994" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1296" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1233" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/875" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1317" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1293" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1453" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1412" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/909" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1481" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1411" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1490" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/754" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1239" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1240" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/859" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1491" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/893" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1415" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/935" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1559" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1232" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/781" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1416" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/939" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1443" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1591" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/858" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1572" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1302" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1282" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1009" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/873" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1284" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1147" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1347" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1662" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1279" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/874" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1496" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1609" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1413" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1522" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/763" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1349" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1547" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/759" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/852" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/804" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/888" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/955" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/987" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1245" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1286" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1285" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1318" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1409" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1257" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/951" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/921" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/871" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1501" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/709" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/990" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1600" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1587" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1590" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1168" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1355" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/956" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1569" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/952" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1352" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1346" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1573" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1356" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1498" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1335" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/929" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1294" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1596" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/886" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/894" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/880" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1545" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1497" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1580" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1338" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1169" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1557" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1546" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1291" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/764" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1315" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/922" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1593" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/771" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1290" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/779" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/867" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1597" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/981" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1489" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1598" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1297" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1401" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1581" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/937" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/902" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/878" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1304" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1351" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1419" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1551" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1006" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/789" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1583" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1582" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1337" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1323" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1553" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1406" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/906" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/868" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1495" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/811" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/964" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1230" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/782" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1550" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/713" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/946" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/587" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/974" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1308" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1341" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1307" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1313" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1670" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/876" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1678" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1677" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1676" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1675" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/838" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/757" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/958" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1503" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1259" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/749" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/900" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/850" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/899" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/960" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1227" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1301" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1292" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1326" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1407" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1552" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/797" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1254" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1303" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1283" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1280" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/907" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/969" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1011" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/758" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1540" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/965" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1253" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1129" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1298" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/716" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/975" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1350" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1370" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/957" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1570" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1492" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/718" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1332" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1592" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/860" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/767" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/910" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/895" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/750" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1533" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/711" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/983" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1499" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/768" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1316" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/440" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1613" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1575" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1574" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1576" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1579" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1577" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1578" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/772" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1614" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/770" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/865" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/866" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/864" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/863" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/861" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/862" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1167" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/898" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/856" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1500" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/775" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/774" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1289" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/720" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/884" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/945" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1322" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/950" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/717" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/885" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/986" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1234" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1287" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1288" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1319" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1403" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1525" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/882" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/755" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/762" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1300" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1565" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1235" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1595" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/857" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/903" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1281" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/881" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/931" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/790" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1229" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1362" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1055" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1361" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/728" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1549" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/889" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1344" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1564" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1584" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/970" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/784" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/748" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/791" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1311" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1425" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/963" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/715" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1358" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1251" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1560" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1339" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1345" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1555" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1231" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/972" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1010" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/904" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/985" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1363" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1544" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/976" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1417" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1334" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/897" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/959" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1008" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1266" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1277" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1594" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1414" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1261" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/997" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/999" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/968" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1260" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/844" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/996" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/845" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/980" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1243" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/870" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/840" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1000" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/877" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1241" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/995" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/793" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1001" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1002" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1270" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1619" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1405" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1003" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1250" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/586" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1269" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1271" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1268" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1004" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/988" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/989" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1005" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1035" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1012" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1013" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1015" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1017" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1018" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1016" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1019" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1226" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/843" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1022" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1024" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1023" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1025" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/777" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1028" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1014" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1026" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1029" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1248" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/729" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/841" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1030" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1249" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1031" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1090" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/736" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/739" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1093" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/737" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/630" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/738" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1096" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1095" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/694" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/678" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1097" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1094" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/700" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1091" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1092" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/740" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1420" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/905" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1164" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1191" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1121" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1472" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1036" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1385" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1102" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/991" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1379" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1177" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1568" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1468" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1563" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1057" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1482" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/901" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1451" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1179" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1512" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1215" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1510" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1216" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1192" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1397" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1068" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1388" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1364" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1378" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1159" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1193" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1539" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1465" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1069" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1507" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1160" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1126" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1466" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1132" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1528" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1438" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1109" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1136" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1137" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1135" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1433" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1165" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1110" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1161" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1475" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1134" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1060" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1727" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1376" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/826" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/869" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1202" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1131" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1462" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/933" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/934" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1111" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1508" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1075" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1534" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1104" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1071" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1382" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1173" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1171" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1194" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1214" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1224" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1516" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/887" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1535" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/917" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1523" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1477" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1061" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1080" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/222" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1327" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1162" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1439" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/896" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1605" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1441" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/923" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/928" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/911" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1437" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/930" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1103" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1529" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1195" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1514" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1470" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1428" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1422" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1183" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1328" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1139" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1374" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1217" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1461" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1128" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1474" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1138" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1506" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1196" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/595" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1367" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1197" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1479" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/948" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1386" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1140" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1509" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1198" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1459" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/808" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1163" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1372" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1081" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1531" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1446" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1199" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1105" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1238" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1504" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/925" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/924" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/926" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/927" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1464" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1112" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1435" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1113" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1373" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1377" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1082" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1493" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/855" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1389" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/832" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/833" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/829" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1200" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1274" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1201" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1449" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1203" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/813" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/944" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/942" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/943" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1225" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1436" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1537" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1106" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1154" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1454" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1463" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1267" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1562" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1218" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1427" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1083" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1021" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1395" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1038" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1040" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1041" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1383" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1044" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1045" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1046" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1042" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1039" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1047" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1050" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1049" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1155" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1375" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/938" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1521" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1043" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1456" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1460" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1715" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1141" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1369" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1263" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1457" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1064" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1530" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/919" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/918" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1072" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1515" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/947" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1204" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1469" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1320" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1704" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1073" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1348" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1219" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1394" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1432" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1541" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1116" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1381" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1485" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1117" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1065" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1599" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1400" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1114" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1458" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1701" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1604" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1142" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1365" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1434" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1184" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1473" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1205" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1390" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1712" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1527" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1143" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1524" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1659" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1020" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1237" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1206" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1380" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1445" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1421" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1360" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1133" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1115" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1212" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1156" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1393" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1602" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1398" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1220" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/825" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1256" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1714" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1713" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1430" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1066" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/565" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1166" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1536" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1207" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1505" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1330" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1221" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1186" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1700" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1144" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1444" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1208" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1392" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1455" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1265" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1487" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1174" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1467" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1187" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1538" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1502" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/916" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/913" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1418" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/967" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1511" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1170" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1396" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1656" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1384" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1118" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1447" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1452" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1399" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1518" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1486" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1145" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1357" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1426" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1272" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1188" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1130" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1682" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1127" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1359" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1476" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1517" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1108" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1448" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1051" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1222" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1052" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1440" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1424" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1366" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1368" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1176" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1519" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1053" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/640" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1189" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1101" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1520" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1513" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1325" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1423" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1387" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1119" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1554" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1152" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1027" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1158" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/973" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1391" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1209" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1471" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/743" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1070" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1526" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1333" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1067" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1484" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1532" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1107" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1483" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1120" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1705" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1054" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1074" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1480" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1190" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1478" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F927"/>
+  <dimension ref="A1:F930"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A927" sqref="A927"/>
+      <selection activeCell="A930" sqref="A930"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="298.356" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="106.117" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1" t="s">
@@ -8909,15563 +8945,15623 @@
     <row r="151" spans="1:6">
       <c r="A151" s="4" t="s">
         <v>313</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>10</v>
       </c>
       <c r="D151" t="s">
         <v>294</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="4" t="s">
         <v>315</v>
       </c>
       <c r="B152" t="s">
-        <v>9</v>
+        <v>316</v>
       </c>
       <c r="C152" t="s">
         <v>10</v>
       </c>
       <c r="D152" t="s">
         <v>294</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="4" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>10</v>
       </c>
       <c r="D153" t="s">
         <v>294</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="4" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>10</v>
       </c>
       <c r="D154" t="s">
         <v>294</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="F154" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="4" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>10</v>
       </c>
       <c r="D155" t="s">
         <v>294</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="4" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>10</v>
       </c>
       <c r="D156" t="s">
         <v>294</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="4" t="s">
         <v>324</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>10</v>
       </c>
       <c r="D157" t="s">
         <v>294</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="4" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>10</v>
       </c>
       <c r="D158" t="s">
         <v>294</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="4" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>10</v>
       </c>
       <c r="D159" t="s">
         <v>294</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="4" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>10</v>
       </c>
       <c r="D160" t="s">
         <v>294</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="4" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B161" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="C161" t="s">
         <v>10</v>
       </c>
       <c r="D161" t="s">
         <v>294</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="4" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>10</v>
       </c>
       <c r="D162" t="s">
         <v>294</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="4" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B163" t="s">
-        <v>9</v>
+        <v>316</v>
       </c>
       <c r="C163" t="s">
         <v>10</v>
       </c>
       <c r="D163" t="s">
         <v>294</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>334</v>
+        <v>237</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="4" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>10</v>
       </c>
       <c r="D164" t="s">
         <v>294</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="4" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B165" t="s">
-        <v>9</v>
+        <v>316</v>
       </c>
       <c r="C165" t="s">
         <v>10</v>
       </c>
       <c r="D165" t="s">
         <v>294</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="4" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>10</v>
       </c>
       <c r="D166" t="s">
         <v>294</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="4" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>10</v>
       </c>
       <c r="D167" t="s">
         <v>294</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="4" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>10</v>
       </c>
       <c r="D168" t="s">
         <v>294</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="F168" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="4" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B169" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="C169" t="s">
         <v>10</v>
       </c>
       <c r="D169" t="s">
         <v>294</v>
       </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="F169" t="s">
-        <v>334</v>
+        <v>348</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="4" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>10</v>
       </c>
       <c r="D170" t="s">
         <v>294</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="4" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>10</v>
       </c>
       <c r="D171" t="s">
         <v>294</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="F171" t="s">
-        <v>316</v>
+        <v>352</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="4" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>10</v>
       </c>
       <c r="D172" t="s">
         <v>294</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="F172" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="4" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>10</v>
       </c>
       <c r="D173" t="s">
         <v>294</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="4" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>10</v>
       </c>
       <c r="D174" t="s">
         <v>294</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="F174" t="s">
-        <v>179</v>
+        <v>358</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="4" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>10</v>
       </c>
       <c r="D175" t="s">
         <v>294</v>
       </c>
       <c r="E175" t="s">
         <v>12</v>
       </c>
       <c r="F175" t="s">
-        <v>355</v>
+        <v>179</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="4" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>10</v>
       </c>
       <c r="D176" t="s">
         <v>294</v>
       </c>
       <c r="E176" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F176" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="4" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>10</v>
       </c>
       <c r="D177" t="s">
         <v>294</v>
       </c>
       <c r="E177" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F177" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="4" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>10</v>
       </c>
       <c r="D178" t="s">
         <v>294</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="4" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>10</v>
       </c>
       <c r="D179" t="s">
         <v>294</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="F179" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="4" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>10</v>
       </c>
       <c r="D180" t="s">
         <v>294</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
       <c r="F180" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="4" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>10</v>
       </c>
       <c r="D181" t="s">
         <v>294</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="F181" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="4" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>10</v>
       </c>
       <c r="D182" t="s">
         <v>294</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="4" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>10</v>
       </c>
       <c r="D183" t="s">
-        <v>370</v>
+        <v>294</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="4" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>10</v>
       </c>
       <c r="D184" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="F184" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="4" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>10</v>
       </c>
       <c r="D185" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E185" t="s">
         <v>12</v>
       </c>
       <c r="F185" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>10</v>
+      </c>
+      <c r="D186" t="s">
         <v>376</v>
       </c>
-      <c r="B186" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="4" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>10</v>
       </c>
       <c r="D187" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="4" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>10</v>
       </c>
       <c r="D188" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
       <c r="F188" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="4" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>10</v>
       </c>
       <c r="D189" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="F189" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="4" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>10</v>
       </c>
       <c r="D190" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190" t="s">
-        <v>177</v>
+        <v>389</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="4" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>10</v>
       </c>
       <c r="D191" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
       <c r="F191" t="s">
-        <v>386</v>
+        <v>177</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="4" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="B192" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="C192" t="s">
         <v>10</v>
       </c>
       <c r="D192" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="4" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>10</v>
       </c>
       <c r="D193" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E193" t="s">
         <v>12</v>
       </c>
       <c r="F193" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="4" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>10</v>
       </c>
       <c r="D194" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="F194" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="4" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>10</v>
       </c>
       <c r="D195" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E195" t="s">
         <v>12</v>
       </c>
       <c r="F195" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="4" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>10</v>
       </c>
       <c r="D196" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E196" t="s">
         <v>12</v>
       </c>
       <c r="F196" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="4" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>10</v>
       </c>
       <c r="D197" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E197" t="s">
         <v>12</v>
       </c>
       <c r="F197" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="4" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>10</v>
       </c>
       <c r="D198" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E198" t="s">
         <v>12</v>
       </c>
       <c r="F198" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="4" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>10</v>
       </c>
       <c r="D199" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E199" t="s">
         <v>12</v>
       </c>
       <c r="F199" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="4" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>10</v>
       </c>
       <c r="D200" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
       <c r="F200" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="4" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>10</v>
       </c>
       <c r="D201" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E201" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F201" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="4" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>10</v>
       </c>
       <c r="D202" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="F202" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="4" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>10</v>
       </c>
       <c r="D203" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E203" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F203" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="4" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>10</v>
       </c>
       <c r="D204" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E204" t="s">
         <v>12</v>
       </c>
       <c r="F204" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="4" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>10</v>
       </c>
       <c r="D205" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E205" t="s">
         <v>12</v>
       </c>
       <c r="F205" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="4" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>10</v>
       </c>
       <c r="D206" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E206" t="s">
         <v>12</v>
       </c>
       <c r="F206" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="4" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>10</v>
       </c>
       <c r="D207" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E207" t="s">
         <v>12</v>
       </c>
       <c r="F207" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="4" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>10</v>
       </c>
       <c r="D208" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E208" t="s">
         <v>12</v>
       </c>
       <c r="F208" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="4" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>10</v>
       </c>
       <c r="D209" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E209" t="s">
         <v>12</v>
       </c>
       <c r="F209" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="4" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>10</v>
       </c>
       <c r="D210" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E210" t="s">
         <v>12</v>
       </c>
       <c r="F210" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="4" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>10</v>
       </c>
       <c r="D211" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E211" t="s">
         <v>12</v>
       </c>
       <c r="F211" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="4" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>10</v>
       </c>
       <c r="D212" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="F212" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="4" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>10</v>
       </c>
       <c r="D213" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="4" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>10</v>
       </c>
       <c r="D214" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="F214" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="4" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>10</v>
       </c>
       <c r="D215" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="4" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>10</v>
       </c>
       <c r="D216" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="F216" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="4" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>10</v>
       </c>
       <c r="D217" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E217" t="s">
         <v>12</v>
       </c>
       <c r="F217" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="4" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>10</v>
       </c>
       <c r="D218" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E218" t="s">
         <v>12</v>
       </c>
       <c r="F218" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="4" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>10</v>
       </c>
       <c r="D219" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E219" t="s">
         <v>12</v>
       </c>
       <c r="F219" t="s">
-        <v>275</v>
+        <v>446</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="4" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>10</v>
       </c>
       <c r="D220" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E220" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F220" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="4" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>10</v>
       </c>
       <c r="D221" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E221" t="s">
         <v>12</v>
       </c>
       <c r="F221" t="s">
-        <v>394</v>
+        <v>275</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="4" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>10</v>
       </c>
       <c r="D222" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="E222" t="s">
         <v>46</v>
       </c>
       <c r="F222" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="4" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>10</v>
       </c>
       <c r="D223" t="s">
-        <v>448</v>
+        <v>376</v>
       </c>
       <c r="E223" t="s">
         <v>12</v>
       </c>
       <c r="F223" t="s">
-        <v>449</v>
+        <v>402</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="4" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>10</v>
       </c>
       <c r="D224" t="s">
-        <v>448</v>
+        <v>376</v>
       </c>
       <c r="E224" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F224" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="4" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>10</v>
       </c>
       <c r="D225" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E225" t="s">
         <v>12</v>
       </c>
       <c r="F225" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="4" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>10</v>
       </c>
       <c r="D226" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E226" t="s">
         <v>12</v>
       </c>
       <c r="F226" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>10</v>
+      </c>
+      <c r="D227" t="s">
         <v>456</v>
       </c>
-      <c r="B227" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E227" t="s">
         <v>12</v>
       </c>
       <c r="F227" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="4" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>10</v>
       </c>
       <c r="D228" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E228" t="s">
         <v>12</v>
       </c>
       <c r="F228" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="4" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>10</v>
       </c>
       <c r="D229" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E229" t="s">
         <v>12</v>
       </c>
       <c r="F229" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="4" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>10</v>
       </c>
       <c r="D230" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E230" t="s">
         <v>12</v>
       </c>
       <c r="F230" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="4" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>10</v>
       </c>
       <c r="D231" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E231" t="s">
         <v>12</v>
       </c>
       <c r="F231" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="4" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>10</v>
       </c>
       <c r="D232" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E232" t="s">
         <v>12</v>
       </c>
       <c r="F232" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="4" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>10</v>
       </c>
       <c r="D233" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E233" t="s">
         <v>12</v>
       </c>
       <c r="F233" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="4" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>10</v>
       </c>
       <c r="D234" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E234" t="s">
         <v>12</v>
       </c>
       <c r="F234" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="4" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>10</v>
       </c>
       <c r="D235" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E235" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F235" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="4" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>10</v>
       </c>
       <c r="D236" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E236" t="s">
         <v>12</v>
       </c>
       <c r="F236" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="4" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>10</v>
       </c>
       <c r="D237" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E237" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F237" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="4" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>10</v>
       </c>
       <c r="D238" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E238" t="s">
         <v>12</v>
       </c>
       <c r="F238" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="4" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>10</v>
       </c>
       <c r="D239" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E239" t="s">
         <v>12</v>
       </c>
       <c r="F239" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="4" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>10</v>
       </c>
       <c r="D240" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E240" t="s">
         <v>12</v>
       </c>
       <c r="F240" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="4" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>10</v>
       </c>
       <c r="D241" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="E241" t="s">
         <v>12</v>
       </c>
       <c r="F241" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="4" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>10</v>
       </c>
       <c r="D242" t="s">
-        <v>485</v>
+        <v>456</v>
       </c>
       <c r="E242" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F242" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="4" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>10</v>
       </c>
       <c r="D243" t="s">
-        <v>485</v>
+        <v>456</v>
       </c>
       <c r="E243" t="s">
         <v>12</v>
       </c>
       <c r="F243" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="4" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
         <v>10</v>
       </c>
       <c r="D244" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E244" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F244" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="4" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>10</v>
       </c>
       <c r="D245" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E245" t="s">
         <v>12</v>
       </c>
       <c r="F245" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="4" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>10</v>
       </c>
       <c r="D246" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E246" t="s">
         <v>12</v>
       </c>
       <c r="F246" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="4" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>10</v>
       </c>
       <c r="D247" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E247" t="s">
         <v>12</v>
       </c>
       <c r="F247" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="4" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>10</v>
       </c>
       <c r="D248" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E248" t="s">
         <v>12</v>
       </c>
       <c r="F248" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="4" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>10</v>
       </c>
       <c r="D249" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E249" t="s">
         <v>12</v>
       </c>
       <c r="F249" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="4" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>10</v>
       </c>
       <c r="D250" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E250" t="s">
         <v>12</v>
       </c>
       <c r="F250" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="4" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>10</v>
       </c>
       <c r="D251" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="F251" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="4" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>10</v>
       </c>
       <c r="D252" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E252" t="s">
         <v>12</v>
       </c>
       <c r="F252" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="4" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>10</v>
       </c>
       <c r="D253" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E253" t="s">
         <v>12</v>
       </c>
       <c r="F253" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="4" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>10</v>
       </c>
       <c r="D254" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
       <c r="F254" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="4" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>10</v>
       </c>
       <c r="D255" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E255" t="s">
         <v>12</v>
       </c>
       <c r="F255" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="4" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>10</v>
       </c>
       <c r="D256" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E256" t="s">
         <v>12</v>
       </c>
       <c r="F256" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="4" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
         <v>10</v>
       </c>
       <c r="D257" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E257" t="s">
         <v>12</v>
       </c>
       <c r="F257" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="4" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
         <v>10</v>
       </c>
       <c r="D258" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E258" t="s">
         <v>12</v>
       </c>
       <c r="F258" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="4" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>10</v>
       </c>
       <c r="D259" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E259" t="s">
         <v>12</v>
       </c>
       <c r="F259" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="4" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>10</v>
       </c>
       <c r="D260" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E260" t="s">
         <v>12</v>
       </c>
       <c r="F260" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="4" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>10</v>
       </c>
       <c r="D261" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="4" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>10</v>
       </c>
       <c r="D262" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E262" t="s">
         <v>12</v>
       </c>
       <c r="F262" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="4" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
         <v>10</v>
       </c>
       <c r="D263" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E263" t="s">
         <v>12</v>
       </c>
       <c r="F263" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="4" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>10</v>
       </c>
       <c r="D264" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E264" t="s">
         <v>12</v>
       </c>
       <c r="F264" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="4" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>10</v>
       </c>
       <c r="D265" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="F265" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="4" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
         <v>10</v>
       </c>
       <c r="D266" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E266" t="s">
         <v>12</v>
       </c>
       <c r="F266" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="4" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>10</v>
       </c>
       <c r="D267" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="F267" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="4" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
         <v>10</v>
       </c>
       <c r="D268" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E268" t="s">
         <v>12</v>
       </c>
       <c r="F268" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="4" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>10</v>
       </c>
       <c r="D269" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="4" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
         <v>10</v>
       </c>
       <c r="D270" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E270" t="s">
         <v>12</v>
       </c>
       <c r="F270" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="4" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>10</v>
       </c>
       <c r="D271" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E271" t="s">
         <v>12</v>
       </c>
       <c r="F271" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="4" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>10</v>
       </c>
       <c r="D272" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="F272" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="4" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>10</v>
       </c>
       <c r="D273" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
       <c r="F273" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="4" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>10</v>
       </c>
       <c r="D274" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="4" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
         <v>10</v>
       </c>
       <c r="D275" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E275" t="s">
         <v>12</v>
       </c>
       <c r="F275" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="4" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
         <v>10</v>
       </c>
       <c r="D276" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E276" t="s">
         <v>12</v>
       </c>
       <c r="F276" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="4" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
         <v>10</v>
       </c>
       <c r="D277" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E277" t="s">
         <v>12</v>
       </c>
       <c r="F277" t="s">
-        <v>392</v>
+        <v>559</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="4" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>10</v>
       </c>
       <c r="D278" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E278" t="s">
         <v>12</v>
       </c>
       <c r="F278" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="4" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
         <v>10</v>
       </c>
       <c r="D279" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E279" t="s">
         <v>12</v>
       </c>
       <c r="F279" t="s">
-        <v>558</v>
+        <v>400</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="4" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
         <v>10</v>
       </c>
       <c r="D280" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E280" t="s">
         <v>12</v>
       </c>
       <c r="F280" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="4" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
         <v>10</v>
       </c>
       <c r="D281" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
       <c r="F281" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="4" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
         <v>10</v>
       </c>
       <c r="D282" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E282" t="s">
         <v>12</v>
       </c>
       <c r="F282" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="4" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
         <v>10</v>
       </c>
       <c r="D283" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E283" t="s">
         <v>12</v>
       </c>
       <c r="F283" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="4" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
         <v>10</v>
       </c>
       <c r="D284" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E284" t="s">
         <v>12</v>
       </c>
       <c r="F284" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="4" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
         <v>10</v>
       </c>
       <c r="D285" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E285" t="s">
         <v>12</v>
       </c>
       <c r="F285" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="4" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
         <v>10</v>
       </c>
       <c r="D286" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E286" t="s">
         <v>12</v>
       </c>
       <c r="F286" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="4" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
         <v>10</v>
       </c>
       <c r="D287" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E287" t="s">
         <v>12</v>
       </c>
       <c r="F287" t="s">
-        <v>273</v>
+        <v>578</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="4" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
         <v>10</v>
       </c>
       <c r="D288" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E288" t="s">
         <v>12</v>
       </c>
       <c r="F288" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="4" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
         <v>10</v>
       </c>
       <c r="D289" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E289" t="s">
         <v>12</v>
       </c>
       <c r="F289" t="s">
-        <v>577</v>
+        <v>273</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="4" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
         <v>10</v>
       </c>
       <c r="D290" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E290" t="s">
         <v>12</v>
       </c>
       <c r="F290" t="s">
-        <v>55</v>
+        <v>583</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="4" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
         <v>10</v>
       </c>
       <c r="D291" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E291" t="s">
         <v>12</v>
       </c>
       <c r="F291" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="4" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
         <v>10</v>
       </c>
       <c r="D292" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E292" t="s">
         <v>12</v>
       </c>
       <c r="F292" t="s">
-        <v>582</v>
+        <v>55</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="4" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
         <v>10</v>
       </c>
       <c r="D293" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E293" t="s">
         <v>12</v>
       </c>
       <c r="F293" t="s">
-        <v>121</v>
+        <v>588</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="4" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
         <v>10</v>
       </c>
       <c r="D294" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E294" t="s">
         <v>12</v>
       </c>
       <c r="F294" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="4" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
         <v>10</v>
       </c>
       <c r="D295" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E295" t="s">
         <v>12</v>
       </c>
       <c r="F295" t="s">
-        <v>572</v>
+        <v>121</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="4" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
         <v>10</v>
       </c>
       <c r="D296" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="E296" t="s">
         <v>12</v>
       </c>
       <c r="F296" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="4" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
         <v>10</v>
       </c>
       <c r="D297" t="s">
-        <v>590</v>
+        <v>493</v>
       </c>
       <c r="E297" t="s">
         <v>12</v>
       </c>
       <c r="F297" t="s">
-        <v>591</v>
+        <v>580</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="4" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
         <v>10</v>
       </c>
       <c r="D298" t="s">
-        <v>590</v>
+        <v>493</v>
       </c>
       <c r="E298" t="s">
         <v>12</v>
       </c>
       <c r="F298" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="4" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
         <v>10</v>
       </c>
       <c r="D299" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E299" t="s">
         <v>12</v>
       </c>
       <c r="F299" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="4" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
         <v>10</v>
       </c>
       <c r="D300" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E300" t="s">
         <v>12</v>
       </c>
       <c r="F300" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="4" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
         <v>10</v>
       </c>
       <c r="D301" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E301" t="s">
         <v>12</v>
       </c>
       <c r="F301" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>10</v>
+      </c>
+      <c r="D302" t="s">
         <v>598</v>
       </c>
-      <c r="B302" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E302" t="s">
         <v>12</v>
       </c>
       <c r="F302" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="4" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>10</v>
       </c>
       <c r="D303" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E303" t="s">
         <v>12</v>
       </c>
       <c r="F303" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="4" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>10</v>
       </c>
       <c r="D304" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E304" t="s">
         <v>12</v>
       </c>
       <c r="F304" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="4" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>10</v>
       </c>
       <c r="D305" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E305" t="s">
         <v>12</v>
       </c>
       <c r="F305" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="4" t="s">
+        <v>608</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>10</v>
+      </c>
+      <c r="D306" t="s">
+        <v>598</v>
+      </c>
+      <c r="E306" t="s">
+        <v>12</v>
+      </c>
+      <c r="F306" t="s">
         <v>603</v>
-      </c>
-[...13 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="4" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>10</v>
       </c>
       <c r="D307" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E307" t="s">
         <v>12</v>
       </c>
       <c r="F307" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="4" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>10</v>
       </c>
       <c r="D308" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E308" t="s">
         <v>12</v>
       </c>
       <c r="F308" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="4" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>10</v>
       </c>
       <c r="D309" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E309" t="s">
         <v>12</v>
       </c>
       <c r="F309" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="4" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>10</v>
       </c>
       <c r="D310" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E310" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F310" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="4" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>10</v>
       </c>
       <c r="D311" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E311" t="s">
         <v>12</v>
       </c>
       <c r="F311" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="4" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>10</v>
       </c>
       <c r="D312" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E312" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F312" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="4" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>10</v>
       </c>
       <c r="D313" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E313" t="s">
         <v>12</v>
       </c>
       <c r="F313" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="4" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>10</v>
       </c>
       <c r="D314" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E314" t="s">
         <v>12</v>
       </c>
       <c r="F314" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="4" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>10</v>
       </c>
       <c r="D315" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E315" t="s">
         <v>12</v>
       </c>
       <c r="F315" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="4" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>10</v>
       </c>
       <c r="D316" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E316" t="s">
         <v>12</v>
       </c>
       <c r="F316" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="4" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>10</v>
       </c>
       <c r="D317" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="E317" t="s">
         <v>12</v>
       </c>
       <c r="F317" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="4" t="s">
+        <v>627</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>10</v>
+      </c>
+      <c r="D318" t="s">
+        <v>598</v>
+      </c>
+      <c r="E318" t="s">
+        <v>12</v>
+      </c>
+      <c r="F318" t="s">
         <v>622</v>
-      </c>
-[...13 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="4" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>10</v>
       </c>
       <c r="D319" t="s">
-        <v>625</v>
+        <v>598</v>
       </c>
       <c r="E319" t="s">
         <v>12</v>
       </c>
       <c r="F319" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="4" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>10</v>
       </c>
       <c r="D320" t="s">
-        <v>625</v>
+        <v>598</v>
       </c>
       <c r="E320" t="s">
         <v>12</v>
       </c>
       <c r="F320" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="4" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>10</v>
       </c>
       <c r="D321" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E321" t="s">
         <v>12</v>
       </c>
       <c r="F321" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="4" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>10</v>
       </c>
       <c r="D322" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E322" t="s">
         <v>12</v>
       </c>
       <c r="F322" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="4" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>10</v>
       </c>
       <c r="D323" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E323" t="s">
         <v>12</v>
       </c>
       <c r="F323" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="4" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>10</v>
       </c>
       <c r="D324" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E324" t="s">
         <v>12</v>
       </c>
       <c r="F324" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="4" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>10</v>
       </c>
       <c r="D325" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E325" t="s">
         <v>12</v>
       </c>
       <c r="F325" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="4" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
         <v>10</v>
       </c>
       <c r="D326" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E326" t="s">
         <v>12</v>
       </c>
       <c r="F326" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="4" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
         <v>10</v>
       </c>
       <c r="D327" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E327" t="s">
         <v>12</v>
       </c>
       <c r="F327" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="4" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
         <v>10</v>
       </c>
       <c r="D328" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E328" t="s">
         <v>12</v>
       </c>
       <c r="F328" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="4" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>10</v>
       </c>
       <c r="D329" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E329" t="s">
         <v>12</v>
       </c>
       <c r="F329" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="4" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>10</v>
       </c>
       <c r="D330" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E330" t="s">
         <v>12</v>
       </c>
       <c r="F330" t="s">
-        <v>564</v>
+        <v>651</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="4" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>10</v>
       </c>
       <c r="D331" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E331" t="s">
         <v>12</v>
       </c>
       <c r="F331" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="4" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
         <v>10</v>
       </c>
       <c r="D332" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E332" t="s">
         <v>12</v>
       </c>
       <c r="F332" t="s">
-        <v>650</v>
+        <v>572</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="4" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
         <v>10</v>
       </c>
       <c r="D333" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E333" t="s">
         <v>12</v>
       </c>
       <c r="F333" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="4" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>10</v>
       </c>
       <c r="D334" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E334" t="s">
         <v>12</v>
       </c>
       <c r="F334" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="4" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
         <v>10</v>
       </c>
       <c r="D335" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E335" t="s">
         <v>12</v>
       </c>
       <c r="F335" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="4" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
         <v>10</v>
       </c>
       <c r="D336" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="F336" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="4" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
         <v>10</v>
       </c>
       <c r="D337" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E337" t="s">
         <v>12</v>
       </c>
       <c r="F337" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="4" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
         <v>10</v>
       </c>
       <c r="D338" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E338" t="s">
         <v>12</v>
       </c>
       <c r="F338" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="4" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>10</v>
       </c>
       <c r="D339" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E339" t="s">
         <v>12</v>
       </c>
       <c r="F339" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="4" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
         <v>10</v>
       </c>
       <c r="D340" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E340" t="s">
         <v>12</v>
       </c>
       <c r="F340" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="4" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
         <v>10</v>
       </c>
       <c r="D341" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E341" t="s">
         <v>12</v>
       </c>
       <c r="F341" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="4" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
         <v>10</v>
       </c>
       <c r="D342" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E342" t="s">
         <v>12</v>
       </c>
       <c r="F342" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="4" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>10</v>
       </c>
       <c r="D343" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E343" t="s">
         <v>12</v>
       </c>
       <c r="F343" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="4" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
         <v>10</v>
       </c>
       <c r="D344" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E344" t="s">
         <v>12</v>
       </c>
       <c r="F344" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="4" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
         <v>10</v>
       </c>
       <c r="D345" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E345" t="s">
         <v>12</v>
       </c>
       <c r="F345" t="s">
-        <v>155</v>
+        <v>680</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="4" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
         <v>10</v>
       </c>
       <c r="D346" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E346" t="s">
         <v>12</v>
       </c>
       <c r="F346" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="4" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
         <v>10</v>
       </c>
       <c r="D347" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E347" t="s">
         <v>12</v>
       </c>
       <c r="F347" t="s">
-        <v>679</v>
+        <v>155</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="4" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
         <v>10</v>
       </c>
       <c r="D348" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E348" t="s">
         <v>12</v>
       </c>
       <c r="F348" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="4" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
         <v>10</v>
       </c>
       <c r="D349" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E349" t="s">
         <v>12</v>
       </c>
       <c r="F349" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="4" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
         <v>10</v>
       </c>
       <c r="D350" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E350" t="s">
         <v>12</v>
       </c>
       <c r="F350" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="4" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
         <v>10</v>
       </c>
       <c r="D351" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E351" t="s">
         <v>12</v>
       </c>
       <c r="F351" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="4" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
         <v>10</v>
       </c>
       <c r="D352" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E352" t="s">
         <v>12</v>
       </c>
       <c r="F352" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="4" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
         <v>10</v>
       </c>
       <c r="D353" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E353" t="s">
         <v>12</v>
       </c>
       <c r="F353" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="4" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>10</v>
       </c>
       <c r="D354" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E354" t="s">
         <v>12</v>
       </c>
       <c r="F354" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="4" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>10</v>
       </c>
       <c r="D355" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="4" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
         <v>10</v>
       </c>
       <c r="D356" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E356" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F356" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="4" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
         <v>10</v>
       </c>
       <c r="D357" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E357" t="s">
         <v>12</v>
       </c>
       <c r="F357" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="4" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
         <v>10</v>
       </c>
       <c r="D358" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E358" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F358" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="4" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
         <v>10</v>
       </c>
       <c r="D359" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E359" t="s">
         <v>12</v>
       </c>
       <c r="F359" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="4" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
         <v>10</v>
       </c>
       <c r="D360" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E360" t="s">
         <v>12</v>
       </c>
       <c r="F360" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="4" t="s">
-        <v>289</v>
+        <v>710</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
         <v>10</v>
       </c>
       <c r="D361" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
       </c>
       <c r="F361" t="s">
-        <v>290</v>
+        <v>711</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="4" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
         <v>10</v>
       </c>
       <c r="D362" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E362" t="s">
         <v>12</v>
       </c>
       <c r="F362" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="4" t="s">
-        <v>708</v>
+        <v>289</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
         <v>10</v>
       </c>
       <c r="D363" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E363" t="s">
         <v>12</v>
       </c>
       <c r="F363" t="s">
-        <v>709</v>
+        <v>290</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="4" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
         <v>10</v>
       </c>
       <c r="D364" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E364" t="s">
         <v>12</v>
       </c>
       <c r="F364" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="4" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
         <v>10</v>
       </c>
       <c r="D365" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E365" t="s">
         <v>12</v>
       </c>
       <c r="F365" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="4" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
         <v>10</v>
       </c>
       <c r="D366" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E366" t="s">
         <v>12</v>
       </c>
       <c r="F366" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="4" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
         <v>10</v>
       </c>
       <c r="D367" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E367" t="s">
         <v>12</v>
       </c>
       <c r="F367" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="4" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
         <v>10</v>
       </c>
       <c r="D368" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="E368" t="s">
         <v>12</v>
       </c>
       <c r="F368" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="4" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
         <v>10</v>
       </c>
       <c r="D369" t="s">
-        <v>721</v>
+        <v>633</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="F369" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="4" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
         <v>10</v>
       </c>
       <c r="D370" t="s">
-        <v>721</v>
+        <v>633</v>
       </c>
       <c r="E370" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F370" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="4" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
         <v>10</v>
       </c>
       <c r="D371" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="E371" t="s">
         <v>12</v>
       </c>
       <c r="F371" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="4" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
         <v>10</v>
       </c>
       <c r="D372" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="E372" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F372" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="4" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
         <v>10</v>
       </c>
       <c r="D373" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="E373" t="s">
         <v>12</v>
       </c>
       <c r="F373" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="4" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
         <v>10</v>
       </c>
       <c r="D374" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="E374" t="s">
         <v>12</v>
       </c>
       <c r="F374" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="4" t="s">
+        <v>738</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>10</v>
+      </c>
+      <c r="D375" t="s">
         <v>734</v>
       </c>
-      <c r="B375" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E375" t="s">
         <v>12</v>
       </c>
       <c r="F375" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="4" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
         <v>10</v>
       </c>
       <c r="D376" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="E376" t="s">
         <v>12</v>
       </c>
       <c r="F376" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="4" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
         <v>10</v>
       </c>
       <c r="D377" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="E377" t="s">
         <v>12</v>
       </c>
       <c r="F377" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="4" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
         <v>10</v>
       </c>
       <c r="D378" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="E378" t="s">
         <v>12</v>
       </c>
       <c r="F378" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="4" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
         <v>10</v>
       </c>
       <c r="D379" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="E379" t="s">
         <v>12</v>
       </c>
       <c r="F379" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="4" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
         <v>10</v>
       </c>
       <c r="D380" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="E380" t="s">
         <v>12</v>
       </c>
       <c r="F380" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="4" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
         <v>10</v>
       </c>
       <c r="D381" t="s">
-        <v>746</v>
+        <v>734</v>
       </c>
       <c r="E381" t="s">
         <v>12</v>
       </c>
       <c r="F381" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="4" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
         <v>10</v>
       </c>
       <c r="D382" t="s">
-        <v>749</v>
+        <v>734</v>
       </c>
       <c r="E382" t="s">
         <v>12</v>
       </c>
       <c r="F382" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="4" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
         <v>10</v>
       </c>
       <c r="D383" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="E383" t="s">
         <v>12</v>
       </c>
       <c r="F383" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="4" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
         <v>10</v>
       </c>
       <c r="D384" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E384" t="s">
         <v>12</v>
       </c>
       <c r="F384" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="4" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
         <v>10</v>
       </c>
       <c r="D385" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E385" t="s">
         <v>12</v>
       </c>
       <c r="F385" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="4" t="s">
+        <v>761</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>10</v>
+      </c>
+      <c r="D386" t="s">
         <v>757</v>
       </c>
-      <c r="B386" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E386" t="s">
         <v>12</v>
       </c>
       <c r="F386" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="4" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
         <v>10</v>
       </c>
       <c r="D387" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E387" t="s">
         <v>12</v>
       </c>
       <c r="F387" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="4" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
         <v>10</v>
       </c>
       <c r="D388" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E388" t="s">
         <v>12</v>
       </c>
       <c r="F388" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="4" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
         <v>10</v>
       </c>
       <c r="D389" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E389" t="s">
         <v>12</v>
       </c>
       <c r="F389" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="4" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
         <v>10</v>
       </c>
       <c r="D390" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E390" t="s">
         <v>12</v>
       </c>
       <c r="F390" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="4" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
         <v>10</v>
       </c>
       <c r="D391" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E391" t="s">
         <v>12</v>
       </c>
       <c r="F391" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="4" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
         <v>10</v>
       </c>
       <c r="D392" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E392" t="s">
         <v>12</v>
       </c>
       <c r="F392" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="4" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
         <v>10</v>
       </c>
       <c r="D393" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E393" t="s">
         <v>12</v>
       </c>
       <c r="F393" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="4" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
         <v>10</v>
       </c>
       <c r="D394" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E394" t="s">
         <v>12</v>
       </c>
       <c r="F394" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="4" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
         <v>10</v>
       </c>
       <c r="D395" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E395" t="s">
         <v>12</v>
       </c>
       <c r="F395" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="4" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
         <v>10</v>
       </c>
       <c r="D396" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E396" t="s">
         <v>12</v>
       </c>
       <c r="F396" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="4" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
         <v>10</v>
       </c>
       <c r="D397" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E397" t="s">
         <v>12</v>
       </c>
       <c r="F397" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="4" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
         <v>10</v>
       </c>
       <c r="D398" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="E398" t="s">
         <v>12</v>
       </c>
       <c r="F398" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="4" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>784</v>
+        <v>10</v>
       </c>
       <c r="D399" t="s">
-        <v>785</v>
+        <v>757</v>
       </c>
       <c r="E399" t="s">
-        <v>786</v>
+        <v>12</v>
       </c>
       <c r="F399" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="4" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>784</v>
+        <v>10</v>
       </c>
       <c r="D400" t="s">
-        <v>785</v>
+        <v>757</v>
       </c>
       <c r="E400" t="s">
-        <v>789</v>
+        <v>12</v>
       </c>
       <c r="F400" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="4" t="s">
         <v>791</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D401" t="s">
-        <v>785</v>
+        <v>793</v>
       </c>
       <c r="E401" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="F401" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="4" t="s">
+        <v>796</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>792</v>
+      </c>
+      <c r="D402" t="s">
         <v>793</v>
       </c>
-      <c r="B402" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E402" t="s">
-        <v>9</v>
+        <v>797</v>
       </c>
       <c r="F402" t="s">
-        <v>608</v>
+        <v>798</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="4" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D403" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="E403" t="s">
-        <v>9</v>
+        <v>797</v>
       </c>
       <c r="F403" t="s">
-        <v>608</v>
+        <v>800</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="4" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D404" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="E404" t="s">
         <v>9</v>
       </c>
       <c r="F404" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="4" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D405" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="E405" t="s">
-        <v>789</v>
+        <v>9</v>
       </c>
       <c r="F405" t="s">
-        <v>799</v>
+        <v>616</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="4" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D406" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="E406" t="s">
         <v>9</v>
       </c>
       <c r="F406" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="4" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D407" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="E407" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F407" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="4" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D408" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="E408" t="s">
         <v>9</v>
       </c>
       <c r="F408" t="s">
-        <v>804</v>
+        <v>616</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="4" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D409" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="E409" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F409" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="4" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D410" t="s">
-        <v>809</v>
+        <v>804</v>
       </c>
       <c r="E410" t="s">
-        <v>789</v>
+        <v>9</v>
       </c>
       <c r="F410" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="4" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D411" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="E411" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F411" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="4" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D412" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="E412" t="s">
-        <v>814</v>
+        <v>797</v>
       </c>
       <c r="F412" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="4" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D413" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="E413" t="s">
-        <v>9</v>
+        <v>797</v>
       </c>
       <c r="F413" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="4" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D414" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="E414" t="s">
-        <v>9</v>
+        <v>822</v>
       </c>
       <c r="F414" t="s">
-        <v>608</v>
+        <v>823</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="4" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D415" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="E415" t="s">
-        <v>789</v>
+        <v>9</v>
       </c>
       <c r="F415" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="4" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D416" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="E416" t="s">
-        <v>786</v>
+        <v>9</v>
       </c>
       <c r="F416" t="s">
-        <v>823</v>
+        <v>616</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="4" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D417" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="E417" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F417" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="4" t="s">
+        <v>830</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>792</v>
+      </c>
+      <c r="D418" t="s">
         <v>827</v>
       </c>
-      <c r="B418" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E418" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="F418" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="4" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D419" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="E419" t="s">
-        <v>9</v>
+        <v>797</v>
       </c>
       <c r="F419" t="s">
-        <v>608</v>
+        <v>834</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="4" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D420" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="E420" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F420" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="4" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D421" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="E421" t="s">
-        <v>834</v>
+        <v>9</v>
       </c>
       <c r="F421" t="s">
-        <v>835</v>
+        <v>616</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="4" t="s">
+        <v>839</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>792</v>
+      </c>
+      <c r="D422" t="s">
         <v>836</v>
       </c>
-      <c r="B422" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E422" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F422" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="4" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D423" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="E423" t="s">
-        <v>9</v>
+        <v>842</v>
       </c>
       <c r="F423" t="s">
-        <v>608</v>
+        <v>843</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="4" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D424" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="E424" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F424" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="4" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D425" t="s">
-        <v>842</v>
+        <v>836</v>
       </c>
       <c r="E425" t="s">
-        <v>834</v>
+        <v>9</v>
       </c>
       <c r="F425" t="s">
-        <v>843</v>
+        <v>616</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="4" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D426" t="s">
-        <v>842</v>
+        <v>836</v>
       </c>
       <c r="E426" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F426" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="4" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D427" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="E427" t="s">
-        <v>789</v>
+        <v>842</v>
       </c>
       <c r="F427" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="4" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D428" t="s">
         <v>850</v>
       </c>
       <c r="E428" t="s">
-        <v>851</v>
+        <v>797</v>
       </c>
       <c r="F428" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="4" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D429" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="E429" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F429" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="4" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D430" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E430" t="s">
-        <v>789</v>
+        <v>859</v>
       </c>
       <c r="F430" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="4" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D431" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E431" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F431" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="4" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D432" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E432" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F432" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="4" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D433" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E433" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F433" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="4" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="B434" t="s">
-        <v>864</v>
+        <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D434" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E434" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F434" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="4" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D435" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E435" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F435" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="4" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="B436" t="s">
-        <v>9</v>
+        <v>872</v>
       </c>
       <c r="C436" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D436" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E436" t="s">
-        <v>869</v>
+        <v>797</v>
       </c>
       <c r="F436" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="4" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D437" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E437" t="s">
-        <v>786</v>
+        <v>797</v>
       </c>
       <c r="F437" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="4" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D438" t="s">
-        <v>874</v>
+        <v>858</v>
       </c>
       <c r="E438" t="s">
-        <v>789</v>
+        <v>877</v>
       </c>
       <c r="F438" t="s">
-        <v>608</v>
+        <v>878</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="4" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D439" t="s">
-        <v>874</v>
+        <v>858</v>
       </c>
       <c r="E439" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="F439" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="4" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D440" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="E440" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F440" t="s">
-        <v>879</v>
+        <v>616</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="4" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D441" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="E441" t="s">
-        <v>9</v>
+        <v>797</v>
       </c>
       <c r="F441" t="s">
-        <v>804</v>
+        <v>884</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="4" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D442" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="E442" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F442" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="4" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D443" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="E443" t="s">
         <v>9</v>
       </c>
       <c r="F443" t="s">
-        <v>608</v>
+        <v>812</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="4" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D444" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="E444" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F444" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="4" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D445" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="E445" t="s">
         <v>9</v>
       </c>
       <c r="F445" t="s">
-        <v>804</v>
+        <v>616</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="4" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D446" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="E446" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F446" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="4" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D447" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="E447" t="s">
         <v>9</v>
       </c>
       <c r="F447" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="4" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D448" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="E448" t="s">
-        <v>834</v>
+        <v>797</v>
       </c>
       <c r="F448" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="4" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D449" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="E449" t="s">
-        <v>786</v>
+        <v>9</v>
       </c>
       <c r="F449" t="s">
-        <v>895</v>
+        <v>812</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="4" t="s">
+        <v>900</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>792</v>
+      </c>
+      <c r="D450" t="s">
         <v>896</v>
       </c>
-      <c r="B450" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E450" t="s">
-        <v>789</v>
+        <v>842</v>
       </c>
       <c r="F450" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="4" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D451" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="E451" t="s">
-        <v>9</v>
+        <v>794</v>
       </c>
       <c r="F451" t="s">
-        <v>608</v>
+        <v>903</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="4" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D452" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="E452" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F452" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="4" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D453" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
       <c r="E453" t="s">
         <v>9</v>
       </c>
       <c r="F453" t="s">
-        <v>804</v>
+        <v>616</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="4" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D454" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
       <c r="E454" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F454" t="s">
-        <v>121</v>
+        <v>910</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="4" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D455" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
       <c r="E455" t="s">
-        <v>786</v>
+        <v>9</v>
       </c>
       <c r="F455" t="s">
-        <v>906</v>
+        <v>812</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="4" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D456" t="s">
         <v>908</v>
       </c>
       <c r="E456" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F456" t="s">
-        <v>829</v>
+        <v>121</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="4" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D457" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="E457" t="s">
-        <v>9</v>
+        <v>794</v>
       </c>
       <c r="F457" t="s">
-        <v>608</v>
+        <v>914</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="4" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D458" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="E458" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F458" t="s">
-        <v>912</v>
+        <v>837</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="4" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D459" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="E459" t="s">
-        <v>789</v>
+        <v>9</v>
       </c>
       <c r="F459" t="s">
-        <v>898</v>
+        <v>616</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="4" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D460" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="E460" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F460" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="4" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D461" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="E461" t="s">
-        <v>917</v>
+        <v>797</v>
       </c>
       <c r="F461" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="4" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D462" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="E462" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F462" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="4" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D463" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="E463" t="s">
-        <v>789</v>
+        <v>925</v>
       </c>
       <c r="F463" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="4" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D464" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="E464" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F464" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="4" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D465" t="s">
         <v>928</v>
       </c>
       <c r="E465" t="s">
-        <v>9</v>
+        <v>797</v>
       </c>
       <c r="F465" t="s">
-        <v>608</v>
+        <v>931</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="4" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D466" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="E466" t="s">
-        <v>9</v>
+        <v>797</v>
       </c>
       <c r="F466" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="4" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D467" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="E467" t="s">
-        <v>789</v>
+        <v>9</v>
       </c>
       <c r="F467" t="s">
-        <v>932</v>
+        <v>616</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="4" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D468" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="E468" t="s">
         <v>9</v>
       </c>
       <c r="F468" t="s">
-        <v>804</v>
+        <v>938</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="4" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D469" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="E469" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F469" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="4" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D470" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="E470" t="s">
         <v>9</v>
       </c>
       <c r="F470" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="4" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D471" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
       <c r="E471" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F471" t="s">
-        <v>848</v>
+        <v>944</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="4" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D472" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
       <c r="E472" t="s">
         <v>9</v>
       </c>
       <c r="F472" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="4" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D473" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="E473" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="F473" t="s">
-        <v>942</v>
+        <v>856</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="4" t="s">
+        <v>947</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>792</v>
+      </c>
+      <c r="D474" t="s">
         <v>943</v>
       </c>
-      <c r="B474" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E474" t="s">
-        <v>834</v>
+        <v>9</v>
       </c>
       <c r="F474" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="4" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D475" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="E475" t="s">
-        <v>9</v>
+        <v>797</v>
       </c>
       <c r="F475" t="s">
-        <v>817</v>
+        <v>950</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="4" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D476" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="E476" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="F476" t="s">
-        <v>947</v>
+        <v>812</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="4" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D477" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="E477" t="s">
-        <v>789</v>
+        <v>9</v>
       </c>
       <c r="F477" t="s">
-        <v>949</v>
+        <v>825</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="4" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D478" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="E478" t="s">
-        <v>9</v>
+        <v>842</v>
       </c>
       <c r="F478" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>792</v>
+      </c>
+      <c r="D479" t="s">
         <v>952</v>
       </c>
-      <c r="B479" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E479" t="s">
-        <v>9</v>
+        <v>797</v>
       </c>
       <c r="F479" t="s">
-        <v>608</v>
+        <v>957</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="4" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D480" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="E480" t="s">
-        <v>954</v>
+        <v>9</v>
       </c>
       <c r="F480" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="4" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D481" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="E481" t="s">
-        <v>789</v>
+        <v>9</v>
       </c>
       <c r="F481" t="s">
-        <v>958</v>
+        <v>616</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="4" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D482" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="E482" t="s">
-        <v>789</v>
+        <v>962</v>
       </c>
       <c r="F482" t="s">
-        <v>804</v>
+        <v>963</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="4" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D483" t="s">
-        <v>957</v>
+        <v>965</v>
       </c>
       <c r="E483" t="s">
-        <v>9</v>
+        <v>797</v>
       </c>
       <c r="F483" t="s">
-        <v>608</v>
+        <v>966</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="4" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D484" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="E484" t="s">
-        <v>9</v>
+        <v>797</v>
       </c>
       <c r="F484" t="s">
-        <v>608</v>
+        <v>812</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="4" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D485" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="E485" t="s">
-        <v>814</v>
+        <v>9</v>
       </c>
       <c r="F485" t="s">
-        <v>964</v>
+        <v>616</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="4" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D486" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="E486" t="s">
-        <v>789</v>
+        <v>9</v>
       </c>
       <c r="F486" t="s">
-        <v>966</v>
+        <v>616</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="4" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="D487" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="E487" t="s">
-        <v>789</v>
+        <v>822</v>
       </c>
       <c r="F487" t="s">
-        <v>608</v>
+        <v>972</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="4" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
+        <v>792</v>
+      </c>
+      <c r="D488" t="s">
         <v>970</v>
       </c>
-      <c r="D488" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E488" t="s">
-        <v>972</v>
+        <v>797</v>
       </c>
       <c r="F488" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="4" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>970</v>
+        <v>792</v>
       </c>
       <c r="D489" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="E489" t="s">
-        <v>972</v>
+        <v>797</v>
       </c>
       <c r="F489" t="s">
-        <v>975</v>
+        <v>616</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="4" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D490" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E490" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F490" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="4" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D491" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E491" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F491" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="4" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D492" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E492" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F492" t="s">
-        <v>975</v>
+        <v>985</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="4" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D493" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E493" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F493" t="s">
-        <v>975</v>
+        <v>987</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="4" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D494" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E494" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F494" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="4" t="s">
+        <v>989</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>978</v>
+      </c>
+      <c r="D495" t="s">
+        <v>979</v>
+      </c>
+      <c r="E495" t="s">
+        <v>980</v>
+      </c>
+      <c r="F495" t="s">
         <v>983</v>
-      </c>
-[...13 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="4" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D496" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E496" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F496" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="4" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D497" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E497" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F497" t="s">
-        <v>975</v>
+        <v>992</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="4" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D498" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E498" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F498" t="s">
-        <v>975</v>
+        <v>994</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="4" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D499" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E499" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F499" t="s">
-        <v>990</v>
+        <v>983</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="4" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D500" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E500" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F500" t="s">
-        <v>992</v>
+        <v>983</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="4" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D501" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E501" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F501" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="4" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D502" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E502" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F502" t="s">
-        <v>984</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="4" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D503" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E503" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F503" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="4" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D504" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E504" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F504" t="s">
-        <v>999</v>
+        <v>992</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="4" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D505" t="s">
-        <v>1001</v>
+        <v>979</v>
       </c>
       <c r="E505" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F505" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="4" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D506" t="s">
-        <v>1004</v>
+        <v>979</v>
       </c>
       <c r="E506" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F506" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="4" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D507" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="E507" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F507" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="4" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D508" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="E508" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F508" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="4" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D509" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="E509" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F509" t="s">
-        <v>179</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="4" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D510" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="E510" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F510" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="4" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D511" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="E511" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F511" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="4" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D512" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="E512" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F512" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="4" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D513" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="E513" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F513" t="s">
-        <v>1023</v>
+        <v>179</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="4" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D514" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="E514" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F514" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="4" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D515" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="E515" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F515" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="4" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D516" t="s">
         <v>1030</v>
       </c>
       <c r="E516" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F516" t="s">
-        <v>457</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="4" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D517" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="E517" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F517" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="4" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D518" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="E518" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F518" t="s">
-        <v>1035</v>
+        <v>465</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="4" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D519" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="E519" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F519" t="s">
-        <v>608</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="4" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D520" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="E520" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F520" t="s">
-        <v>608</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="4" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D521" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="E521" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F521" t="s">
-        <v>1040</v>
+        <v>616</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="4" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D522" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="E522" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F522" t="s">
-        <v>1043</v>
+        <v>616</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="4" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D523" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="E523" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F523" t="s">
-        <v>608</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="4" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D524" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="E524" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F524" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="4" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D525" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="E525" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F525" t="s">
-        <v>1050</v>
+        <v>616</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="4" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D526" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="E526" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F526" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="4" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D527" t="s">
-        <v>785</v>
+        <v>1057</v>
       </c>
       <c r="E527" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F527" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="4" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D528" t="s">
-        <v>785</v>
+        <v>1057</v>
       </c>
       <c r="E528" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F528" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="4" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D529" t="s">
-        <v>1058</v>
+        <v>793</v>
       </c>
       <c r="E529" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F529" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="4" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D530" t="s">
-        <v>1058</v>
+        <v>793</v>
       </c>
       <c r="E530" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F530" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="4" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D531" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="E531" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F531" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="4" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D532" t="s">
         <v>1066</v>
       </c>
       <c r="E532" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F532" t="s">
-        <v>179</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="4" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D533" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="E533" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F533" t="s">
-        <v>608</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="4" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D534" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="E534" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F534" t="s">
-        <v>1070</v>
+        <v>179</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="4" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D535" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="E535" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F535" t="s">
-        <v>1073</v>
+        <v>616</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="4" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D536" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="E536" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F536" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="4" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D537" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="E537" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F537" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="4" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D538" t="s">
         <v>1080</v>
       </c>
       <c r="E538" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F538" t="s">
-        <v>608</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D539" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="E539" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F539" t="s">
-        <v>1028</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="4" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D540" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="E540" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F540" t="s">
-        <v>1084</v>
+        <v>616</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="4" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D541" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="E541" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F541" t="s">
-        <v>1087</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="4" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D542" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="E542" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F542" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="4" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D543" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="E543" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F543" t="s">
-        <v>1052</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="4" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D544" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="E544" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F544" t="s">
-        <v>608</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="4" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D545" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="E545" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F545" t="s">
-        <v>1097</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="4" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D546" t="s">
-        <v>794</v>
+        <v>1102</v>
       </c>
       <c r="E546" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F546" t="s">
-        <v>1099</v>
+        <v>616</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="4" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D547" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="E547" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F547" t="s">
-        <v>902</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="4" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D548" t="s">
-        <v>1101</v>
+        <v>802</v>
       </c>
       <c r="E548" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F548" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="4" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D549" t="s">
-        <v>1101</v>
+        <v>1109</v>
       </c>
       <c r="E549" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F549" t="s">
-        <v>1105</v>
+        <v>910</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="4" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D550" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="E550" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F550" t="s">
-        <v>817</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="4" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D551" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="E551" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F551" t="s">
-        <v>608</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="4" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D552" t="s">
-        <v>796</v>
+        <v>1115</v>
       </c>
       <c r="E552" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F552" t="s">
-        <v>1110</v>
+        <v>825</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="4" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D553" t="s">
-        <v>796</v>
+        <v>1115</v>
       </c>
       <c r="E553" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F553" t="s">
-        <v>1112</v>
+        <v>616</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="4" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D554" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="E554" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F554" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="4" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D555" t="s">
-        <v>1116</v>
+        <v>804</v>
       </c>
       <c r="E555" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F555" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="4" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D556" t="s">
-        <v>1116</v>
+        <v>804</v>
       </c>
       <c r="E556" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F556" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="4" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D557" t="s">
-        <v>806</v>
+        <v>1124</v>
       </c>
       <c r="E557" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F557" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="4" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D558" t="s">
-        <v>806</v>
+        <v>1124</v>
       </c>
       <c r="E558" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F558" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="4" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D559" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="E559" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F559" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="4" t="s">
-        <v>1125</v>
+        <v>1130</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D560" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="E560" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F560" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="4" t="s">
-        <v>1127</v>
+        <v>1132</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D561" t="s">
-        <v>1128</v>
+        <v>814</v>
       </c>
       <c r="E561" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F561" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="4" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D562" t="s">
-        <v>1131</v>
+        <v>814</v>
       </c>
       <c r="E562" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F562" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="4" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D563" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="E563" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F563" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="4" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D564" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="E564" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F564" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="4" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D565" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="E565" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F565" t="s">
-        <v>845</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="4" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D566" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="E566" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F566" t="s">
-        <v>918</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="4" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D567" t="s">
-        <v>809</v>
+        <v>1147</v>
       </c>
       <c r="E567" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F567" t="s">
-        <v>1142</v>
+        <v>853</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="4" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D568" t="s">
-        <v>819</v>
+        <v>1147</v>
       </c>
       <c r="E568" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F568" t="s">
-        <v>1144</v>
+        <v>926</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="4" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D569" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="E569" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F569" t="s">
-        <v>608</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="4" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D570" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="E570" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F570" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="4" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="B571" t="s">
-        <v>9</v>
+        <v>1154</v>
       </c>
       <c r="C571" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D571" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="E571" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F571" t="s">
-        <v>1149</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="4" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D572" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="E572" t="s">
         <v>9</v>
       </c>
       <c r="F572" t="s">
-        <v>1149</v>
+        <v>616</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="4" t="s">
-        <v>1151</v>
+        <v>1157</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D573" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="E573" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F573" t="s">
-        <v>1152</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="4" t="s">
-        <v>1153</v>
+        <v>1159</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D574" t="s">
-        <v>1154</v>
+        <v>827</v>
       </c>
       <c r="E574" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F574" t="s">
-        <v>932</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="4" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D575" t="s">
-        <v>1154</v>
+        <v>827</v>
       </c>
       <c r="E575" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F575" t="s">
-        <v>1137</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="4" t="s">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D576" t="s">
-        <v>1157</v>
+        <v>827</v>
       </c>
       <c r="E576" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F576" t="s">
-        <v>608</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="4" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D577" t="s">
-        <v>1157</v>
+        <v>1165</v>
       </c>
       <c r="E577" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F577" t="s">
-        <v>1159</v>
+        <v>940</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="4" t="s">
-        <v>1160</v>
+        <v>1166</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D578" t="s">
-        <v>1157</v>
+        <v>1165</v>
       </c>
       <c r="E578" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F578" t="s">
-        <v>1161</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="4" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D579" t="s">
-        <v>1157</v>
+        <v>1168</v>
       </c>
       <c r="E579" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F579" t="s">
-        <v>1163</v>
+        <v>616</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="4" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D580" t="s">
-        <v>1157</v>
+        <v>1168</v>
       </c>
       <c r="E580" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F580" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="4" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D581" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="E581" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F581" t="s">
-        <v>275</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="4" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>978</v>
+      </c>
+      <c r="D582" t="s">
         <v>1168</v>
       </c>
-      <c r="B582" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E582" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F582" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="4" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D583" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="E583" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F583" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="4" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D584" t="s">
-        <v>825</v>
+        <v>1178</v>
       </c>
       <c r="E584" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F584" t="s">
-        <v>608</v>
+        <v>275</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="4" t="s">
-        <v>1174</v>
+        <v>1179</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D585" t="s">
-        <v>825</v>
+        <v>1178</v>
       </c>
       <c r="E585" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F585" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="4" t="s">
-        <v>1176</v>
+        <v>1181</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D586" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
       <c r="E586" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F586" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="4" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D587" t="s">
-        <v>1177</v>
+        <v>833</v>
       </c>
       <c r="E587" t="s">
         <v>9</v>
       </c>
       <c r="F587" t="s">
-        <v>804</v>
+        <v>616</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="4" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D588" t="s">
-        <v>1181</v>
+        <v>833</v>
       </c>
       <c r="E588" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F588" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="4" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D589" t="s">
-        <v>1181</v>
+        <v>1188</v>
       </c>
       <c r="E589" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F589" t="s">
-        <v>1047</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="4" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D590" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="E590" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F590" t="s">
-        <v>1186</v>
+        <v>812</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="4" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D591" t="s">
-        <v>1185</v>
+        <v>1192</v>
       </c>
       <c r="E591" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F591" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="4" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D592" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="E592" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F592" t="s">
-        <v>1103</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="4" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D593" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="E593" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F593" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="4" t="s">
-        <v>1193</v>
+        <v>1198</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D594" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="E594" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F594" t="s">
-        <v>1054</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="4" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D595" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="E595" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F595" t="s">
-        <v>1196</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="4" t="s">
-        <v>1197</v>
+        <v>1202</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D596" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="E596" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F596" t="s">
-        <v>664</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="4" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D597" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
       <c r="E597" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F597" t="s">
-        <v>1175</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="4" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D598" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
       <c r="E598" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F598" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="4" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D599" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="E599" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F599" t="s">
-        <v>608</v>
+        <v>672</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="4" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D600" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="E600" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F600" t="s">
-        <v>1205</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="4" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D601" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="E601" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F601" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="4" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D602" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="E602" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F602" t="s">
-        <v>1210</v>
+        <v>616</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="4" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D603" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="E603" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F603" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="4" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D604" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="E604" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F604" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="4" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D605" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="E605" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F605" t="s">
-        <v>608</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="4" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D606" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="E606" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F606" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="4" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D607" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="E607" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F607" t="s">
-        <v>845</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="4" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D608" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="E608" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F608" t="s">
-        <v>1126</v>
+        <v>616</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="4" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D609" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="E609" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F609" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="4" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D610" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="E610" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F610" t="s">
-        <v>1228</v>
+        <v>853</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="4" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D611" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="E611" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F611" t="s">
-        <v>1231</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="4" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D612" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="E612" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F612" t="s">
-        <v>608</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="4" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D613" t="s">
-        <v>828</v>
+        <v>1236</v>
       </c>
       <c r="E613" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F613" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="4" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D614" t="s">
-        <v>828</v>
+        <v>1241</v>
       </c>
       <c r="E614" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F614" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="4" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D615" t="s">
-        <v>828</v>
+        <v>1244</v>
       </c>
       <c r="E615" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F615" t="s">
-        <v>1239</v>
+        <v>616</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="4" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D616" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="E616" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F616" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="4" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D617" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="E617" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F617" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="4" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D618" t="s">
-        <v>1245</v>
+        <v>836</v>
       </c>
       <c r="E618" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F618" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="4" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D619" t="s">
-        <v>1245</v>
+        <v>836</v>
       </c>
       <c r="E619" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F619" t="s">
-        <v>1188</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="4" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D620" t="s">
-        <v>1249</v>
+        <v>836</v>
       </c>
       <c r="E620" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F620" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="4" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D621" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="E621" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F621" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="4" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D622" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="E622" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F622" t="s">
-        <v>608</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="4" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D623" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="E623" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F623" t="s">
-        <v>1188</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="4" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D624" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="E624" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F624" t="s">
-        <v>608</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="4" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D625" t="s">
-        <v>1257</v>
+        <v>1265</v>
       </c>
       <c r="E625" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F625" t="s">
-        <v>1259</v>
+        <v>616</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="4" t="s">
-        <v>1260</v>
+        <v>1266</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D626" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="E626" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F626" t="s">
-        <v>1262</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="4" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D627" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="E627" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F627" t="s">
-        <v>1112</v>
+        <v>616</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="4" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D628" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="E628" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F628" t="s">
-        <v>1220</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="4" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D629" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="E629" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F629" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="4" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D630" t="s">
-        <v>1267</v>
+        <v>1275</v>
       </c>
       <c r="E630" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F630" t="s">
-        <v>1270</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="4" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D631" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="E631" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F631" t="s">
-        <v>608</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" s="4" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D632" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="E632" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F632" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="4" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D633" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="E633" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F633" t="s">
-        <v>1028</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="4" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D634" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="E634" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F634" t="s">
-        <v>1279</v>
+        <v>616</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="4" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D635" t="s">
-        <v>1278</v>
+        <v>1285</v>
       </c>
       <c r="E635" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F635" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="4" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D636" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="E636" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F636" t="s">
-        <v>1284</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="4" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D637" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="E637" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F637" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="4" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D638" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="E638" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F638" t="s">
-        <v>1268</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="4" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D639" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="E639" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F639" t="s">
-        <v>1290</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="4" t="s">
-        <v>1291</v>
+        <v>1296</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D640" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="E640" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F640" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="4" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D641" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="E641" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F641" t="s">
-        <v>1296</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="4" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D642" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="E642" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F642" t="s">
-        <v>1129</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="4" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D643" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="E643" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F643" t="s">
-        <v>902</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="4" t="s">
-        <v>1300</v>
+        <v>1305</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D644" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="E644" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F644" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="4" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D645" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="E645" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F645" t="s">
-        <v>1304</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="4" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D646" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="E646" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F646" t="s">
-        <v>1286</v>
+        <v>910</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="4" t="s">
-        <v>1306</v>
+        <v>1311</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D647" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="E647" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F647" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="4" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D648" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="E648" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F648" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="4" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D649" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="E649" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F649" t="s">
-        <v>804</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="4" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D650" t="s">
-        <v>1313</v>
+        <v>1318</v>
       </c>
       <c r="E650" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F650" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="4" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D651" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="E651" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F651" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="4" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D652" t="s">
-        <v>1317</v>
+        <v>1324</v>
       </c>
       <c r="E652" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F652" t="s">
-        <v>1129</v>
+        <v>812</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="4" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D653" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="E653" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F653" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="4" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D654" t="s">
-        <v>1321</v>
+        <v>1328</v>
       </c>
       <c r="E654" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F654" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="4" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D655" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="E655" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F655" t="s">
-        <v>608</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="4" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D656" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="E656" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F656" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="4" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D657" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="E657" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F657" t="s">
-        <v>179</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="4" t="s">
-        <v>1211</v>
+        <v>1336</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D658" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="E658" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F658" t="s">
-        <v>1332</v>
+        <v>616</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="4" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D659" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="E659" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F659" t="s">
-        <v>1117</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" s="4" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D660" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="E660" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F660" t="s">
-        <v>1336</v>
+        <v>179</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" s="4" t="s">
-        <v>1337</v>
+        <v>1222</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D661" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="E661" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F661" t="s">
-        <v>1163</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" s="4" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D662" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="E662" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F662" t="s">
-        <v>1163</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" s="4" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D663" t="s">
-        <v>1338</v>
+        <v>1346</v>
       </c>
       <c r="E663" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F663" t="s">
-        <v>1163</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" s="4" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D664" t="s">
-        <v>1338</v>
+        <v>1349</v>
       </c>
       <c r="E664" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F664" t="s">
-        <v>1163</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" s="4" t="s">
-        <v>1342</v>
+        <v>1350</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D665" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="E665" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F665" t="s">
-        <v>1192</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" s="4" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D666" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="E666" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F666" t="s">
-        <v>1043</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" s="4" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D667" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="E667" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F667" t="s">
-        <v>804</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="4" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D668" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
       <c r="E668" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F668" t="s">
-        <v>817</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="4" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D669" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="E669" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F669" t="s">
-        <v>1351</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="4" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D670" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="E670" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F670" t="s">
-        <v>1354</v>
+        <v>812</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" s="4" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D671" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="E671" t="s">
         <v>9</v>
       </c>
       <c r="F671" t="s">
-        <v>1129</v>
+        <v>825</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" s="4" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D672" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="E672" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F672" t="s">
-        <v>1188</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" s="4" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D673" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="E673" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F673" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" s="4" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D674" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="E674" t="s">
         <v>9</v>
       </c>
       <c r="F674" t="s">
-        <v>608</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" s="4" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D675" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
       <c r="E675" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F675" t="s">
-        <v>1363</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" s="4" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D676" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="E676" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F676" t="s">
-        <v>817</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" s="4" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D677" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="E677" t="s">
-        <v>1367</v>
+        <v>9</v>
       </c>
       <c r="F677" t="s">
-        <v>1368</v>
+        <v>616</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" s="4" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D678" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="E678" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F678" t="s">
-        <v>1129</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" s="4" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D679" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="E679" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F679" t="s">
-        <v>1371</v>
+        <v>825</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" s="4" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D680" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="E680" t="s">
-        <v>9</v>
+        <v>1378</v>
       </c>
       <c r="F680" t="s">
-        <v>804</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" s="4" t="s">
-        <v>1373</v>
+        <v>1380</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D681" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="E681" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F681" t="s">
-        <v>1374</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" s="4" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D682" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="E682" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F682" t="s">
-        <v>1376</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" s="4" t="s">
-        <v>1377</v>
+        <v>1383</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D683" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="E683" t="s">
         <v>9</v>
       </c>
       <c r="F683" t="s">
-        <v>1149</v>
+        <v>812</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" s="4" t="s">
-        <v>1378</v>
+        <v>1384</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D684" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="E684" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F684" t="s">
-        <v>804</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" s="4" t="s">
-        <v>1379</v>
+        <v>1386</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D685" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="E685" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F685" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" s="4" t="s">
-        <v>1381</v>
+        <v>1388</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D686" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="E686" t="s">
         <v>9</v>
       </c>
       <c r="F686" t="s">
-        <v>1149</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" s="4" t="s">
-        <v>1382</v>
+        <v>1389</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D687" t="s">
-        <v>1383</v>
+        <v>1376</v>
       </c>
       <c r="E687" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F687" t="s">
-        <v>1384</v>
+        <v>812</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" s="4" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D688" t="s">
-        <v>1383</v>
+        <v>1376</v>
       </c>
       <c r="E688" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F688" t="s">
-        <v>1129</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" s="4" t="s">
-        <v>1386</v>
+        <v>1392</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D689" t="s">
-        <v>1387</v>
+        <v>1376</v>
       </c>
       <c r="E689" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F689" t="s">
-        <v>1121</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" s="4" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D690" t="s">
-        <v>1387</v>
+        <v>1394</v>
       </c>
       <c r="E690" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F690" t="s">
-        <v>1002</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" s="4" t="s">
-        <v>1389</v>
+        <v>1396</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D691" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="E691" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F691" t="s">
-        <v>804</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" s="4" t="s">
-        <v>1391</v>
+        <v>1397</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D692" t="s">
-        <v>1390</v>
+        <v>1398</v>
       </c>
       <c r="E692" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F692" t="s">
-        <v>1392</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" s="4" t="s">
-        <v>1393</v>
+        <v>1399</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D693" t="s">
-        <v>1390</v>
+        <v>1398</v>
       </c>
       <c r="E693" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F693" t="s">
-        <v>1394</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" s="4" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D694" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
       <c r="E694" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F694" t="s">
-        <v>979</v>
+        <v>812</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" s="4" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D695" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
       <c r="E695" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F695" t="s">
-        <v>979</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" s="4" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D696" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
       <c r="E696" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F696" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="4" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D697" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="E697" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F697" t="s">
-        <v>1402</v>
+        <v>987</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="4" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D698" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="E698" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F698" t="s">
-        <v>804</v>
+        <v>987</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="4" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D699" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="E699" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F699" t="s">
-        <v>608</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="4" t="s">
-        <v>1406</v>
+        <v>1411</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D700" t="s">
-        <v>1404</v>
+        <v>1412</v>
       </c>
       <c r="E700" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F700" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="4" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D701" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="E701" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F701" t="s">
-        <v>1410</v>
+        <v>812</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="4" t="s">
-        <v>1411</v>
+        <v>1416</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D702" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
       <c r="E702" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F702" t="s">
-        <v>1413</v>
+        <v>616</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="4" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D703" t="s">
         <v>1415</v>
       </c>
       <c r="E703" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F703" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" s="4" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D704" t="s">
-        <v>1415</v>
+        <v>1420</v>
       </c>
       <c r="E704" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F704" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" s="4" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D705" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
       <c r="E705" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F705" t="s">
-        <v>608</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" s="4" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D706" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="E706" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F706" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" s="4" t="s">
-        <v>1423</v>
+        <v>1428</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D707" t="s">
-        <v>842</v>
+        <v>1426</v>
       </c>
       <c r="E707" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F707" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" s="4" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D708" t="s">
-        <v>842</v>
+        <v>1431</v>
       </c>
       <c r="E708" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F708" t="s">
-        <v>1090</v>
+        <v>616</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" s="4" t="s">
-        <v>1426</v>
+        <v>1432</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D709" t="s">
-        <v>847</v>
+        <v>1431</v>
       </c>
       <c r="E709" t="s">
-        <v>789</v>
+        <v>980</v>
       </c>
       <c r="F709" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" s="4" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D710" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="E710" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F710" t="s">
-        <v>1188</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" s="4" t="s">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D711" t="s">
-        <v>1430</v>
+        <v>850</v>
       </c>
       <c r="E711" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F711" t="s">
-        <v>1431</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" s="4" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D712" t="s">
-        <v>1430</v>
+        <v>855</v>
       </c>
       <c r="E712" t="s">
-        <v>972</v>
+        <v>797</v>
       </c>
       <c r="F712" t="s">
-        <v>1422</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" s="4" t="s">
-        <v>1433</v>
+        <v>1439</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D713" t="s">
-        <v>1434</v>
+        <v>855</v>
       </c>
       <c r="E713" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F713" t="s">
-        <v>608</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" s="4" t="s">
-        <v>1435</v>
+        <v>1440</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D714" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="E714" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F714" t="s">
-        <v>1025</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" s="4" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D715" t="s">
-        <v>850</v>
+        <v>1441</v>
       </c>
       <c r="E715" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F715" t="s">
-        <v>1437</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" s="4" t="s">
-        <v>1438</v>
+        <v>1444</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D716" t="s">
-        <v>850</v>
+        <v>1445</v>
       </c>
       <c r="E716" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F716" t="s">
-        <v>1439</v>
+        <v>616</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" s="4" t="s">
-        <v>1440</v>
+        <v>1446</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D717" t="s">
-        <v>850</v>
+        <v>1445</v>
       </c>
       <c r="E717" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F717" t="s">
-        <v>1441</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" s="4" t="s">
-        <v>1442</v>
+        <v>1447</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D718" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E718" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F718" t="s">
-        <v>1047</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" s="4" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D719" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E719" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F719" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" s="4" t="s">
-        <v>1445</v>
+        <v>1451</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D720" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E720" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F720" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" s="4" t="s">
-        <v>1447</v>
+        <v>1453</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D721" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E721" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F721" t="s">
-        <v>1448</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" s="4" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D722" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E722" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F722" t="s">
-        <v>1121</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" s="4" t="s">
-        <v>1450</v>
+        <v>1456</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D723" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E723" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F723" t="s">
-        <v>1451</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" s="4" t="s">
-        <v>1452</v>
+        <v>1458</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D724" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E724" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F724" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" s="4" t="s">
-        <v>1454</v>
+        <v>1460</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D725" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E725" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F725" t="s">
-        <v>1451</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" s="4" t="s">
-        <v>1455</v>
+        <v>1461</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D726" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="E726" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F726" t="s">
-        <v>1456</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" s="4" t="s">
-        <v>1457</v>
+        <v>1463</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D727" t="s">
-        <v>1458</v>
+        <v>858</v>
       </c>
       <c r="E727" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F727" t="s">
-        <v>179</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" s="4" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D728" t="s">
-        <v>1458</v>
+        <v>858</v>
       </c>
       <c r="E728" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F728" t="s">
-        <v>1188</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" s="4" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D729" t="s">
-        <v>1461</v>
+        <v>858</v>
       </c>
       <c r="E729" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F729" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" s="4" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D730" t="s">
-        <v>1461</v>
+        <v>1469</v>
       </c>
       <c r="E730" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F730" t="s">
-        <v>1464</v>
+        <v>179</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" s="4" t="s">
-        <v>1465</v>
+        <v>1470</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D731" t="s">
-        <v>1461</v>
+        <v>1469</v>
       </c>
       <c r="E731" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F731" t="s">
-        <v>1466</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" s="4" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D732" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="E732" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F732" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" s="4" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D733" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="E733" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F733" t="s">
-        <v>1075</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" s="4" t="s">
-        <v>1471</v>
+        <v>1476</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D734" t="s">
         <v>1472</v>
       </c>
       <c r="E734" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F734" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" s="4" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D735" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="E735" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F735" t="s">
-        <v>1070</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" s="4" t="s">
-        <v>1476</v>
+        <v>1481</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D736" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="E736" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F736" t="s">
-        <v>1478</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" s="4" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D737" t="s">
-        <v>1477</v>
+        <v>1483</v>
       </c>
       <c r="E737" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F737" t="s">
-        <v>1129</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" s="4" t="s">
-        <v>1480</v>
+        <v>1485</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D738" t="s">
-        <v>1481</v>
+        <v>1486</v>
       </c>
       <c r="E738" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F738" t="s">
-        <v>1482</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" s="4" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D739" t="s">
-        <v>1481</v>
+        <v>1488</v>
       </c>
       <c r="E739" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F739" t="s">
-        <v>1028</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" s="4" t="s">
-        <v>1484</v>
+        <v>1490</v>
       </c>
       <c r="B740" t="s">
-        <v>9</v>
+        <v>1491</v>
       </c>
       <c r="C740" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D740" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="E740" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F740" t="s">
-        <v>1486</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" s="4" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D741" t="s">
-        <v>1485</v>
+        <v>1493</v>
       </c>
       <c r="E741" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F741" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" s="4" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D742" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="E742" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F742" t="s">
-        <v>1486</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" s="4" t="s">
-        <v>1491</v>
+        <v>1496</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D743" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
       <c r="E743" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F743" t="s">
-        <v>1486</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" s="4" t="s">
-        <v>1492</v>
+        <v>1499</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D744" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
       <c r="E744" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F744" t="s">
-        <v>1121</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" s="4" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D745" t="s">
-        <v>1493</v>
+        <v>1502</v>
       </c>
       <c r="E745" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F745" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" s="4" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D746" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="E746" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F746" t="s">
-        <v>1073</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" s="4" t="s">
-        <v>1498</v>
+        <v>1504</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D747" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
       <c r="E747" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F747" t="s">
-        <v>804</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" s="4" t="s">
-        <v>1500</v>
+        <v>1506</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D748" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
       <c r="E748" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F748" t="s">
-        <v>608</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" s="4" t="s">
-        <v>1501</v>
+        <v>1508</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D749" t="s">
-        <v>1502</v>
+        <v>1509</v>
       </c>
       <c r="E749" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F749" t="s">
-        <v>1503</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" s="4" t="s">
-        <v>1504</v>
+        <v>1510</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D750" t="s">
-        <v>1502</v>
+        <v>1511</v>
       </c>
       <c r="E750" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F750" t="s">
-        <v>1270</v>
+        <v>812</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" s="4" t="s">
-        <v>1505</v>
+        <v>1512</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D751" t="s">
-        <v>1506</v>
+        <v>1511</v>
       </c>
       <c r="E751" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F751" t="s">
-        <v>1043</v>
+        <v>616</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" s="4" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D752" t="s">
-        <v>1506</v>
+        <v>1514</v>
       </c>
       <c r="E752" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F752" t="s">
-        <v>1147</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" s="4" t="s">
-        <v>1508</v>
+        <v>1516</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D753" t="s">
-        <v>874</v>
+        <v>1514</v>
       </c>
       <c r="E753" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F753" t="s">
-        <v>1437</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" s="4" t="s">
-        <v>1509</v>
+        <v>1517</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D754" t="s">
-        <v>874</v>
+        <v>1518</v>
       </c>
       <c r="E754" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F754" t="s">
-        <v>1301</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" s="4" t="s">
-        <v>1510</v>
+        <v>1519</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D755" t="s">
-        <v>1511</v>
+        <v>1518</v>
       </c>
       <c r="E755" t="s">
-        <v>789</v>
+        <v>980</v>
       </c>
       <c r="F755" t="s">
-        <v>1448</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" s="4" t="s">
-        <v>1512</v>
+        <v>1520</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D756" t="s">
-        <v>1511</v>
+        <v>882</v>
       </c>
       <c r="E756" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F756" t="s">
-        <v>1020</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" s="4" t="s">
-        <v>1513</v>
+        <v>1521</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D757" t="s">
-        <v>1514</v>
+        <v>882</v>
       </c>
       <c r="E757" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F757" t="s">
-        <v>1515</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" s="4" t="s">
-        <v>1516</v>
+        <v>1522</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D758" t="s">
-        <v>1517</v>
+        <v>1523</v>
       </c>
       <c r="E758" t="s">
-        <v>972</v>
+        <v>797</v>
       </c>
       <c r="F758" t="s">
-        <v>1495</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" s="4" t="s">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D759" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="E759" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F759" t="s">
-        <v>685</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" s="4" t="s">
-        <v>1520</v>
+        <v>1525</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D760" t="s">
-        <v>1519</v>
+        <v>1526</v>
       </c>
       <c r="E760" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F760" t="s">
-        <v>1126</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" s="4" t="s">
-        <v>1521</v>
+        <v>1528</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D761" t="s">
-        <v>1522</v>
+        <v>1529</v>
       </c>
       <c r="E761" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F761" t="s">
-        <v>608</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" s="4" t="s">
-        <v>1523</v>
+        <v>1530</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D762" t="s">
-        <v>1524</v>
+        <v>1531</v>
       </c>
       <c r="E762" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F762" t="s">
-        <v>1525</v>
+        <v>693</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" s="4" t="s">
-        <v>1526</v>
+        <v>1532</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D763" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="E763" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F763" t="s">
-        <v>1528</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" s="4" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D764" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="E764" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F764" t="s">
-        <v>1530</v>
+        <v>616</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" s="4" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D765" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="E765" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F765" t="s">
-        <v>159</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" s="4" t="s">
-        <v>1533</v>
+        <v>1538</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D766" t="s">
-        <v>1532</v>
+        <v>1539</v>
       </c>
       <c r="E766" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F766" t="s">
-        <v>1336</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" s="4" t="s">
-        <v>1534</v>
+        <v>1541</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D767" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="E767" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F767" t="s">
-        <v>608</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" s="4" t="s">
-        <v>1536</v>
+        <v>1543</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D768" t="s">
-        <v>1535</v>
+        <v>1544</v>
       </c>
       <c r="E768" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F768" t="s">
-        <v>1537</v>
+        <v>159</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" s="4" t="s">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D769" t="s">
-        <v>1539</v>
+        <v>1544</v>
       </c>
       <c r="E769" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F769" t="s">
-        <v>1540</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" s="4" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D770" t="s">
-        <v>1539</v>
+        <v>1547</v>
       </c>
       <c r="E770" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F770" t="s">
-        <v>1035</v>
+        <v>616</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" s="4" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D771" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="E771" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F771" t="s">
-        <v>1422</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" s="4" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D772" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="E772" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F772" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" s="4" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D773" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="E773" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F773" t="s">
-        <v>1546</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" s="4" t="s">
-        <v>1548</v>
+        <v>1554</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D774" t="s">
-        <v>1545</v>
+        <v>1555</v>
       </c>
       <c r="E774" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F774" t="s">
-        <v>1149</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" s="4" t="s">
-        <v>1549</v>
+        <v>1556</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D775" t="s">
-        <v>1545</v>
+        <v>1557</v>
       </c>
       <c r="E775" t="s">
         <v>9</v>
       </c>
       <c r="F775" t="s">
-        <v>608</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" s="4" t="s">
-        <v>1550</v>
+        <v>1559</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D776" t="s">
-        <v>1545</v>
+        <v>1557</v>
       </c>
       <c r="E776" t="s">
         <v>9</v>
       </c>
       <c r="F776" t="s">
-        <v>817</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" s="4" t="s">
-        <v>1551</v>
+        <v>1560</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D777" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
       <c r="E777" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F777" t="s">
-        <v>1553</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" s="4" t="s">
-        <v>1554</v>
+        <v>1561</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D778" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="E778" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F778" t="s">
-        <v>1462</v>
+        <v>616</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" s="4" t="s">
-        <v>1556</v>
+        <v>1562</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D779" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="E779" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F779" t="s">
-        <v>1293</v>
+        <v>825</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" s="4" t="s">
-        <v>1557</v>
+        <v>1563</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D780" t="s">
-        <v>885</v>
+        <v>1564</v>
       </c>
       <c r="E780" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F780" t="s">
-        <v>608</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" s="4" t="s">
-        <v>1558</v>
+        <v>1566</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D781" t="s">
-        <v>885</v>
+        <v>1567</v>
       </c>
       <c r="E781" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F781" t="s">
-        <v>1559</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" s="4" t="s">
-        <v>1560</v>
+        <v>1568</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D782" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="E782" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F782" t="s">
-        <v>1192</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" s="4" t="s">
-        <v>1562</v>
+        <v>1569</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D783" t="s">
-        <v>1563</v>
+        <v>893</v>
       </c>
       <c r="E783" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F783" t="s">
-        <v>1073</v>
+        <v>616</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" s="4" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D784" t="s">
-        <v>1565</v>
+        <v>893</v>
       </c>
       <c r="E784" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F784" t="s">
-        <v>1553</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" s="4" t="s">
-        <v>1566</v>
+        <v>1572</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D785" t="s">
-        <v>1567</v>
+        <v>1573</v>
       </c>
       <c r="E785" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F785" t="s">
-        <v>664</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" s="4" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D786" t="s">
-        <v>1567</v>
+        <v>1575</v>
       </c>
       <c r="E786" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F786" t="s">
-        <v>1129</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" s="4" t="s">
-        <v>1569</v>
+        <v>1576</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D787" t="s">
-        <v>888</v>
+        <v>1577</v>
       </c>
       <c r="E787" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F787" t="s">
-        <v>1570</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" s="4" t="s">
-        <v>1571</v>
+        <v>1578</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D788" t="s">
-        <v>888</v>
+        <v>1579</v>
       </c>
       <c r="E788" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F788" t="s">
-        <v>608</v>
+        <v>672</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" s="4" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D789" t="s">
-        <v>897</v>
+        <v>1579</v>
       </c>
       <c r="E789" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F789" t="s">
-        <v>1488</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" s="4" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D790" t="s">
-        <v>1574</v>
+        <v>896</v>
       </c>
       <c r="E790" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F790" t="s">
-        <v>626</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" s="4" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D791" t="s">
-        <v>1574</v>
+        <v>896</v>
       </c>
       <c r="E791" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F791" t="s">
-        <v>1576</v>
+        <v>616</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" s="4" t="s">
-        <v>1577</v>
+        <v>1584</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D792" t="s">
-        <v>1578</v>
+        <v>905</v>
       </c>
       <c r="E792" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F792" t="s">
-        <v>1579</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" s="4" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D793" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="E793" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F793" t="s">
-        <v>608</v>
+        <v>634</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" s="4" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D794" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="E794" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F794" t="s">
-        <v>1025</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" s="4" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D795" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
       <c r="E795" t="s">
         <v>9</v>
       </c>
       <c r="F795" t="s">
-        <v>608</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" s="4" t="s">
-        <v>1585</v>
+        <v>1592</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D796" t="s">
-        <v>1584</v>
+        <v>1593</v>
       </c>
       <c r="E796" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F796" t="s">
-        <v>1586</v>
+        <v>616</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" s="4" t="s">
-        <v>1587</v>
+        <v>1594</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D797" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="E797" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F797" t="s">
-        <v>1268</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" s="4" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D798" t="s">
-        <v>1588</v>
+        <v>1596</v>
       </c>
       <c r="E798" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F798" t="s">
-        <v>1270</v>
+        <v>616</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" s="4" t="s">
-        <v>1590</v>
+        <v>1597</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D799" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="E799" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F799" t="s">
-        <v>1328</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" s="4" t="s">
-        <v>1592</v>
+        <v>1599</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D800" t="s">
-        <v>1593</v>
+        <v>1600</v>
       </c>
       <c r="E800" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F800" t="s">
-        <v>1252</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" s="4" t="s">
-        <v>1594</v>
+        <v>1601</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D801" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="E801" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F801" t="s">
-        <v>1596</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" s="4" t="s">
-        <v>1597</v>
+        <v>1602</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D802" t="s">
-        <v>1598</v>
+        <v>1603</v>
       </c>
       <c r="E802" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F802" t="s">
-        <v>179</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" s="4" t="s">
-        <v>1599</v>
+        <v>1604</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D803" t="s">
-        <v>1598</v>
+        <v>1605</v>
       </c>
       <c r="E803" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F803" t="s">
-        <v>1002</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" s="4" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D804" t="s">
-        <v>1601</v>
+        <v>1607</v>
       </c>
       <c r="E804" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F804" t="s">
-        <v>1308</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" s="4" t="s">
-        <v>1602</v>
+        <v>1609</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D805" t="s">
-        <v>1601</v>
+        <v>1610</v>
       </c>
       <c r="E805" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F805" t="s">
-        <v>475</v>
+        <v>179</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" s="4" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D806" t="s">
-        <v>900</v>
+        <v>1610</v>
       </c>
       <c r="E806" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F806" t="s">
-        <v>1087</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" s="4" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D807" t="s">
-        <v>900</v>
+        <v>1613</v>
       </c>
       <c r="E807" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F807" t="s">
-        <v>1161</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" s="4" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D808" t="s">
-        <v>1606</v>
+        <v>1613</v>
       </c>
       <c r="E808" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F808" t="s">
-        <v>608</v>
+        <v>483</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" s="4" t="s">
-        <v>1607</v>
+        <v>1615</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D809" t="s">
-        <v>1606</v>
+        <v>908</v>
       </c>
       <c r="E809" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F809" t="s">
-        <v>132</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" s="4" t="s">
-        <v>1608</v>
+        <v>1616</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D810" t="s">
-        <v>1609</v>
+        <v>908</v>
       </c>
       <c r="E810" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F810" t="s">
-        <v>1610</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" s="4" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D811" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
       <c r="E811" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F811" t="s">
-        <v>1613</v>
+        <v>616</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" s="4" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D812" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
       <c r="E812" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F812" t="s">
-        <v>994</v>
+        <v>132</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" s="4" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D813" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="E813" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F813" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" s="4" t="s">
-        <v>1618</v>
+        <v>1623</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D814" t="s">
-        <v>1619</v>
+        <v>1624</v>
       </c>
       <c r="E814" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F814" t="s">
-        <v>608</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" s="4" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D815" t="s">
-        <v>1619</v>
+        <v>1624</v>
       </c>
       <c r="E815" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F815" t="s">
-        <v>1281</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" s="4" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D816" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="E816" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F816" t="s">
-        <v>1188</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" s="4" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D817" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="E817" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F817" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" s="4" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D818" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="E818" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F818" t="s">
-        <v>1626</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" s="4" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D819" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="E819" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F819" t="s">
-        <v>1629</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" s="4" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="B820" t="s">
-        <v>864</v>
+        <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D820" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="E820" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F820" t="s">
-        <v>1025</v>
+        <v>616</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" s="4" t="s">
-        <v>1631</v>
+        <v>1637</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D821" t="s">
-        <v>908</v>
+        <v>1636</v>
       </c>
       <c r="E821" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F821" t="s">
-        <v>1632</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" s="4" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D822" t="s">
-        <v>908</v>
+        <v>1640</v>
       </c>
       <c r="E822" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F822" t="s">
-        <v>1634</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" s="4" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
       <c r="B823" t="s">
-        <v>9</v>
+        <v>872</v>
       </c>
       <c r="C823" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D823" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="E823" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F823" t="s">
-        <v>817</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" s="4" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D824" t="s">
-        <v>1636</v>
+        <v>916</v>
       </c>
       <c r="E824" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F824" t="s">
-        <v>1613</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" s="4" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D825" t="s">
-        <v>1636</v>
+        <v>916</v>
       </c>
       <c r="E825" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F825" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" s="4" t="s">
-        <v>1640</v>
+        <v>1647</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D826" t="s">
-        <v>1636</v>
+        <v>1648</v>
       </c>
       <c r="E826" t="s">
         <v>9</v>
       </c>
       <c r="F826" t="s">
-        <v>804</v>
+        <v>825</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" s="4" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D827" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="E827" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F827" t="s">
-        <v>608</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" s="4" t="s">
-        <v>1643</v>
+        <v>1650</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D828" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="E828" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F828" t="s">
-        <v>1596</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" s="4" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="B829" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D829" t="s">
-        <v>1645</v>
+        <v>1648</v>
       </c>
       <c r="E829" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F829" t="s">
-        <v>1135</v>
+        <v>812</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" s="4" t="s">
-        <v>1646</v>
+        <v>1653</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D830" t="s">
-        <v>1647</v>
+        <v>1654</v>
       </c>
       <c r="E830" t="s">
         <v>9</v>
       </c>
       <c r="F830" t="s">
-        <v>1648</v>
+        <v>616</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" s="4" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D831" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="E831" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F831" t="s">
-        <v>1188</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" s="4" t="s">
-        <v>1651</v>
+        <v>1656</v>
       </c>
       <c r="B832" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="C832" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D832" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
       <c r="E832" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F832" t="s">
-        <v>1043</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" s="4" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D833" t="s">
-        <v>1652</v>
+        <v>1659</v>
       </c>
       <c r="E833" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F833" t="s">
-        <v>1654</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" s="4" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D834" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
       <c r="E834" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F834" t="s">
-        <v>1528</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" s="4" t="s">
-        <v>1657</v>
+        <v>1663</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D835" t="s">
-        <v>1656</v>
+        <v>1664</v>
       </c>
       <c r="E835" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F835" t="s">
-        <v>1147</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" s="4" t="s">
-        <v>1658</v>
+        <v>1665</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D836" t="s">
-        <v>1659</v>
+        <v>1664</v>
       </c>
       <c r="E836" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F836" t="s">
-        <v>608</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" s="4" t="s">
-        <v>1660</v>
+        <v>1667</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D837" t="s">
-        <v>1659</v>
+        <v>1668</v>
       </c>
       <c r="E837" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F837" t="s">
-        <v>1661</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" s="4" t="s">
-        <v>1662</v>
+        <v>1669</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D838" t="s">
-        <v>1663</v>
+        <v>1668</v>
       </c>
       <c r="E838" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F838" t="s">
-        <v>1664</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" s="4" t="s">
-        <v>1665</v>
+        <v>1670</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D839" t="s">
-        <v>1663</v>
+        <v>1671</v>
       </c>
       <c r="E839" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F839" t="s">
-        <v>1192</v>
+        <v>616</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" s="4" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D840" t="s">
-        <v>910</v>
+        <v>1671</v>
       </c>
       <c r="E840" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F840" t="s">
-        <v>1354</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" s="4" t="s">
-        <v>1667</v>
+        <v>1674</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D841" t="s">
-        <v>910</v>
+        <v>1675</v>
       </c>
       <c r="E841" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F841" t="s">
-        <v>1293</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" s="4" t="s">
-        <v>1668</v>
+        <v>1677</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D842" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="E842" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F842" t="s">
-        <v>1670</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" s="4" t="s">
-        <v>1671</v>
+        <v>1678</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D843" t="s">
-        <v>1669</v>
+        <v>918</v>
       </c>
       <c r="E843" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F843" t="s">
-        <v>1672</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" s="4" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D844" t="s">
-        <v>1674</v>
+        <v>918</v>
       </c>
       <c r="E844" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F844" t="s">
-        <v>608</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" s="4" t="s">
-        <v>1675</v>
+        <v>1680</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D845" t="s">
-        <v>1674</v>
+        <v>1681</v>
       </c>
       <c r="E845" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F845" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" s="4" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D846" t="s">
-        <v>920</v>
+        <v>1681</v>
       </c>
       <c r="E846" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F846" t="s">
-        <v>1678</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" s="4" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D847" t="s">
-        <v>920</v>
+        <v>1686</v>
       </c>
       <c r="E847" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F847" t="s">
-        <v>1172</v>
+        <v>616</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" s="4" t="s">
-        <v>1680</v>
+        <v>1687</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D848" t="s">
-        <v>920</v>
+        <v>1686</v>
       </c>
       <c r="E848" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F848" t="s">
-        <v>1020</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" s="4" t="s">
-        <v>1681</v>
+        <v>1689</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D849" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
       <c r="E849" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F849" t="s">
-        <v>804</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" s="4" t="s">
-        <v>1682</v>
+        <v>1691</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D850" t="s">
-        <v>1683</v>
+        <v>928</v>
       </c>
       <c r="E850" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F850" t="s">
-        <v>1613</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" s="4" t="s">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D851" t="s">
-        <v>1683</v>
+        <v>928</v>
       </c>
       <c r="E851" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F851" t="s">
-        <v>1070</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" s="4" t="s">
-        <v>1685</v>
+        <v>1693</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D852" t="s">
-        <v>1686</v>
+        <v>928</v>
       </c>
       <c r="E852" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F852" t="s">
-        <v>1687</v>
+        <v>812</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" s="4" t="s">
-        <v>1688</v>
+        <v>1694</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D853" t="s">
-        <v>1686</v>
+        <v>1695</v>
       </c>
       <c r="E853" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F853" t="s">
-        <v>1129</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" s="4" t="s">
-        <v>1689</v>
+        <v>1696</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D854" t="s">
-        <v>925</v>
+        <v>1695</v>
       </c>
       <c r="E854" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F854" t="s">
-        <v>1690</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" s="4" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D855" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="E855" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F855" t="s">
-        <v>1129</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" s="4" t="s">
-        <v>1693</v>
+        <v>1700</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D856" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="E856" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F856" t="s">
-        <v>1132</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" s="4" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D857" t="s">
-        <v>1695</v>
+        <v>933</v>
       </c>
       <c r="E857" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F857" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" s="4" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D858" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="E858" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F858" t="s">
-        <v>1188</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" s="4" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D859" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="E859" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F859" t="s">
-        <v>1701</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" s="4" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D860" t="s">
-        <v>1700</v>
+        <v>1707</v>
       </c>
       <c r="E860" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F860" t="s">
-        <v>608</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" s="4" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D861" t="s">
-        <v>941</v>
+        <v>1710</v>
       </c>
       <c r="E861" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F861" t="s">
-        <v>1205</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" s="4" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D862" t="s">
-        <v>1705</v>
+        <v>1712</v>
       </c>
       <c r="E862" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F862" t="s">
-        <v>1706</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" s="4" t="s">
-        <v>1707</v>
+        <v>1714</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D863" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="E863" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F863" t="s">
-        <v>1186</v>
+        <v>616</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" s="4" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D864" t="s">
-        <v>1708</v>
+        <v>949</v>
       </c>
       <c r="E864" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F864" t="s">
-        <v>1105</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" s="4" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D865" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="E865" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F865" t="s">
-        <v>1262</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" s="4" t="s">
-        <v>1712</v>
+        <v>1719</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D866" t="s">
-        <v>1713</v>
+        <v>1720</v>
       </c>
       <c r="E866" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F866" t="s">
-        <v>1043</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" s="4" t="s">
-        <v>1714</v>
+        <v>1721</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D867" t="s">
-        <v>1715</v>
+        <v>1720</v>
       </c>
       <c r="E867" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F867" t="s">
-        <v>1716</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" s="4" t="s">
-        <v>1717</v>
+        <v>1722</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D868" t="s">
-        <v>1718</v>
+        <v>1723</v>
       </c>
       <c r="E868" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F868" t="s">
-        <v>1719</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" s="4" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D869" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="E869" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F869" t="s">
-        <v>1722</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" s="4" t="s">
-        <v>1723</v>
+        <v>1726</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D870" t="s">
-        <v>1724</v>
+        <v>1727</v>
       </c>
       <c r="E870" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F870" t="s">
-        <v>817</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" s="4" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D871" t="s">
-        <v>1724</v>
+        <v>1730</v>
       </c>
       <c r="E871" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F871" t="s">
-        <v>1726</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" s="4" t="s">
-        <v>1727</v>
+        <v>1732</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D872" t="s">
-        <v>1724</v>
+        <v>1733</v>
       </c>
       <c r="E872" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F872" t="s">
-        <v>1105</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" s="4" t="s">
-        <v>1728</v>
+        <v>1735</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D873" t="s">
-        <v>1729</v>
+        <v>1736</v>
       </c>
       <c r="E873" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F873" t="s">
-        <v>1701</v>
+        <v>825</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" s="4" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D874" t="s">
-        <v>1731</v>
+        <v>1736</v>
       </c>
       <c r="E874" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F874" t="s">
-        <v>1205</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" s="4" t="s">
-        <v>1732</v>
+        <v>1739</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D875" t="s">
-        <v>1733</v>
+        <v>1736</v>
       </c>
       <c r="E875" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F875" t="s">
-        <v>1734</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" s="4" t="s">
-        <v>1735</v>
+        <v>1740</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D876" t="s">
-        <v>1733</v>
+        <v>1741</v>
       </c>
       <c r="E876" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F876" t="s">
-        <v>1736</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" s="4" t="s">
-        <v>1737</v>
+        <v>1742</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D877" t="s">
-        <v>1738</v>
+        <v>1743</v>
       </c>
       <c r="E877" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F877" t="s">
-        <v>1178</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" s="4" t="s">
-        <v>1739</v>
+        <v>1744</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D878" t="s">
-        <v>1740</v>
+        <v>1745</v>
       </c>
       <c r="E878" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F878" t="s">
-        <v>1112</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" s="4" t="s">
-        <v>1741</v>
+        <v>1747</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D879" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
       <c r="E879" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F879" t="s">
-        <v>1743</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" s="4" t="s">
-        <v>1744</v>
+        <v>1749</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D880" t="s">
-        <v>1742</v>
+        <v>1750</v>
       </c>
       <c r="E880" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F880" t="s">
-        <v>1745</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" s="4" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D881" t="s">
-        <v>1747</v>
+        <v>1752</v>
       </c>
       <c r="E881" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F881" t="s">
-        <v>608</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" s="4" t="s">
-        <v>1748</v>
+        <v>1753</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D882" t="s">
-        <v>1749</v>
+        <v>1754</v>
       </c>
       <c r="E882" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F882" t="s">
-        <v>1129</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" s="4" t="s">
-        <v>1750</v>
+        <v>1756</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D883" t="s">
-        <v>1749</v>
+        <v>1754</v>
       </c>
       <c r="E883" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F883" t="s">
-        <v>608</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" s="4" t="s">
-        <v>1751</v>
+        <v>1758</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D884" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="E884" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F884" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" s="4" t="s">
-        <v>1753</v>
+        <v>1760</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D885" t="s">
-        <v>1752</v>
+        <v>1761</v>
       </c>
       <c r="E885" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F885" t="s">
-        <v>1754</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" s="4" t="s">
-        <v>1755</v>
+        <v>1762</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D886" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
       <c r="E886" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F886" t="s">
-        <v>1754</v>
+        <v>616</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887" s="4" t="s">
-        <v>1757</v>
+        <v>1763</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D887" t="s">
-        <v>1756</v>
+        <v>1764</v>
       </c>
       <c r="E887" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F887" t="s">
-        <v>1758</v>
+        <v>616</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888" s="4" t="s">
-        <v>1759</v>
+        <v>1765</v>
       </c>
       <c r="B888" t="s">
         <v>9</v>
       </c>
       <c r="C888" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D888" t="s">
-        <v>944</v>
+        <v>1764</v>
       </c>
       <c r="E888" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F888" t="s">
-        <v>608</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889" s="4" t="s">
-        <v>1760</v>
+        <v>1767</v>
       </c>
       <c r="B889" t="s">
         <v>9</v>
       </c>
       <c r="C889" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D889" t="s">
-        <v>944</v>
+        <v>1768</v>
       </c>
       <c r="E889" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F889" t="s">
-        <v>1205</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890" s="4" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D890" t="s">
-        <v>1762</v>
+        <v>1768</v>
       </c>
       <c r="E890" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F890" t="s">
-        <v>1084</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891" s="4" t="s">
-        <v>1763</v>
+        <v>1771</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D891" t="s">
-        <v>1762</v>
+        <v>952</v>
       </c>
       <c r="E891" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F891" t="s">
-        <v>1701</v>
+        <v>616</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892" s="4" t="s">
-        <v>1764</v>
+        <v>1772</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D892" t="s">
-        <v>1765</v>
+        <v>952</v>
       </c>
       <c r="E892" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F892" t="s">
-        <v>1766</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893" s="4" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D893" t="s">
-        <v>1768</v>
+        <v>1774</v>
       </c>
       <c r="E893" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F893" t="s">
-        <v>1478</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894" s="4" t="s">
-        <v>1769</v>
+        <v>1775</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D894" t="s">
-        <v>1768</v>
+        <v>1774</v>
       </c>
       <c r="E894" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F894" t="s">
-        <v>1770</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895" s="4" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D895" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
       <c r="E895" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F895" t="s">
-        <v>575</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896" s="4" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D896" t="s">
-        <v>1772</v>
+        <v>1780</v>
       </c>
       <c r="E896" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F896" t="s">
-        <v>1169</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897" s="4" t="s">
-        <v>1774</v>
+        <v>1781</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D897" t="s">
-        <v>957</v>
+        <v>1780</v>
       </c>
       <c r="E897" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F897" t="s">
-        <v>1775</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898" s="4" t="s">
-        <v>1776</v>
+        <v>1783</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D898" t="s">
-        <v>957</v>
+        <v>1784</v>
       </c>
       <c r="E898" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F898" t="s">
-        <v>1407</v>
+        <v>583</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899" s="4" t="s">
-        <v>1777</v>
+        <v>1785</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D899" t="s">
-        <v>1778</v>
+        <v>1784</v>
       </c>
       <c r="E899" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F899" t="s">
-        <v>1147</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" s="4" t="s">
-        <v>1779</v>
+        <v>1786</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D900" t="s">
-        <v>1778</v>
+        <v>965</v>
       </c>
       <c r="E900" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F900" t="s">
-        <v>1318</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901" s="4" t="s">
-        <v>1780</v>
+        <v>1788</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D901" t="s">
-        <v>1781</v>
+        <v>965</v>
       </c>
       <c r="E901" t="s">
-        <v>1782</v>
+        <v>980</v>
       </c>
       <c r="F901" t="s">
-        <v>804</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902" s="4" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D902" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
       <c r="E902" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F902" t="s">
-        <v>1784</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903" s="4" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D903" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
       <c r="E903" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F903" t="s">
-        <v>817</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904" s="4" t="s">
-        <v>1786</v>
+        <v>1792</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D904" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="E904" t="s">
-        <v>972</v>
+        <v>1794</v>
       </c>
       <c r="F904" t="s">
-        <v>1788</v>
+        <v>812</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905" s="4" t="s">
-        <v>1789</v>
+        <v>1795</v>
       </c>
       <c r="B905" t="s">
         <v>9</v>
       </c>
       <c r="C905" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D905" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="E905" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F905" t="s">
-        <v>1422</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906" s="4" t="s">
-        <v>1791</v>
+        <v>1797</v>
       </c>
       <c r="B906" t="s">
         <v>9</v>
       </c>
       <c r="C906" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D906" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="E906" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F906" t="s">
-        <v>1792</v>
+        <v>825</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907" s="4" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="B907" t="s">
         <v>9</v>
       </c>
       <c r="C907" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D907" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="E907" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F907" t="s">
-        <v>1235</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908" s="4" t="s">
-        <v>1795</v>
+        <v>1801</v>
       </c>
       <c r="B908" t="s">
         <v>9</v>
       </c>
       <c r="C908" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D908" t="s">
-        <v>1794</v>
+        <v>1802</v>
       </c>
       <c r="E908" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F908" t="s">
-        <v>1129</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909" s="4" t="s">
-        <v>1796</v>
+        <v>1803</v>
       </c>
       <c r="B909" t="s">
         <v>9</v>
       </c>
       <c r="C909" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D909" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="E909" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F909" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910" s="4" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="B910" t="s">
         <v>9</v>
       </c>
       <c r="C910" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D910" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="E910" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F910" t="s">
-        <v>1129</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911" s="4" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="B911" t="s">
         <v>9</v>
       </c>
       <c r="C911" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D911" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="E911" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F911" t="s">
-        <v>1802</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912" s="4" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="B912" t="s">
         <v>9</v>
       </c>
       <c r="C912" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D912" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="E912" t="s">
-        <v>9</v>
+        <v>980</v>
       </c>
       <c r="F912" t="s">
-        <v>608</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913" s="4" t="s">
-        <v>1805</v>
+        <v>1811</v>
       </c>
       <c r="B913" t="s">
         <v>9</v>
       </c>
       <c r="C913" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D913" t="s">
-        <v>1806</v>
+        <v>1812</v>
       </c>
       <c r="E913" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F913" t="s">
-        <v>1807</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914" s="4" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
       <c r="B914" t="s">
         <v>9</v>
       </c>
       <c r="C914" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D914" t="s">
-        <v>1806</v>
+        <v>1812</v>
       </c>
       <c r="E914" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F914" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915" s="4" t="s">
-        <v>1810</v>
+        <v>1815</v>
       </c>
       <c r="B915" t="s">
         <v>9</v>
       </c>
       <c r="C915" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D915" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="E915" t="s">
-        <v>972</v>
+        <v>9</v>
       </c>
       <c r="F915" t="s">
-        <v>1596</v>
+        <v>616</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916" s="4" t="s">
-        <v>1812</v>
+        <v>1817</v>
       </c>
       <c r="B916" t="s">
         <v>9</v>
       </c>
       <c r="C916" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D916" t="s">
-        <v>1813</v>
+        <v>1818</v>
       </c>
       <c r="E916" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F916" t="s">
-        <v>1814</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" s="4" t="s">
-        <v>1815</v>
+        <v>1820</v>
       </c>
       <c r="B917" t="s">
         <v>9</v>
       </c>
       <c r="C917" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D917" t="s">
-        <v>1813</v>
+        <v>1818</v>
       </c>
       <c r="E917" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F917" t="s">
-        <v>1816</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918" s="4" t="s">
-        <v>1815</v>
+        <v>1822</v>
       </c>
       <c r="B918" t="s">
         <v>9</v>
       </c>
       <c r="C918" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D918" t="s">
-        <v>1813</v>
+        <v>1823</v>
       </c>
       <c r="E918" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F918" t="s">
-        <v>1028</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" s="4" t="s">
-        <v>1817</v>
+        <v>1824</v>
       </c>
       <c r="B919" t="s">
         <v>9</v>
       </c>
       <c r="C919" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D919" t="s">
-        <v>1818</v>
+        <v>1825</v>
       </c>
       <c r="E919" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F919" t="s">
-        <v>275</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920" s="4" t="s">
-        <v>1819</v>
+        <v>1827</v>
       </c>
       <c r="B920" t="s">
         <v>9</v>
       </c>
       <c r="C920" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D920" t="s">
-        <v>1818</v>
+        <v>1825</v>
       </c>
       <c r="E920" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F920" t="s">
-        <v>1820</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921" s="4" t="s">
-        <v>1821</v>
+        <v>1827</v>
       </c>
       <c r="B921" t="s">
         <v>9</v>
       </c>
       <c r="C921" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D921" t="s">
-        <v>962</v>
+        <v>1825</v>
       </c>
       <c r="E921" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F921" t="s">
-        <v>1822</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922" s="4" t="s">
-        <v>1823</v>
+        <v>1829</v>
       </c>
       <c r="B922" t="s">
         <v>9</v>
       </c>
       <c r="C922" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D922" t="s">
-        <v>962</v>
+        <v>1830</v>
       </c>
       <c r="E922" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F922" t="s">
-        <v>1745</v>
+        <v>275</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923" s="4" t="s">
-        <v>1824</v>
+        <v>1831</v>
       </c>
       <c r="B923" t="s">
         <v>9</v>
       </c>
       <c r="C923" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D923" t="s">
-        <v>1825</v>
+        <v>1830</v>
       </c>
       <c r="E923" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F923" t="s">
-        <v>608</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="A924" s="4" t="s">
-        <v>1826</v>
+        <v>1833</v>
       </c>
       <c r="B924" t="s">
         <v>9</v>
       </c>
       <c r="C924" t="s">
+        <v>978</v>
+      </c>
+      <c r="D924" t="s">
         <v>970</v>
       </c>
-      <c r="D924" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E924" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F924" t="s">
-        <v>1828</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="925" spans="1:6">
       <c r="A925" s="4" t="s">
-        <v>1829</v>
+        <v>1835</v>
       </c>
       <c r="B925" t="s">
         <v>9</v>
       </c>
       <c r="C925" t="s">
+        <v>978</v>
+      </c>
+      <c r="D925" t="s">
         <v>970</v>
       </c>
-      <c r="D925" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E925" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F925" t="s">
-        <v>1301</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926" s="4" t="s">
-        <v>1830</v>
+        <v>1836</v>
       </c>
       <c r="B926" t="s">
         <v>9</v>
       </c>
       <c r="C926" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D926" t="s">
-        <v>1831</v>
+        <v>1837</v>
       </c>
       <c r="E926" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F926" t="s">
-        <v>1832</v>
+        <v>616</v>
       </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927" s="4" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="B927" t="s">
         <v>9</v>
       </c>
       <c r="C927" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D927" t="s">
-        <v>968</v>
+        <v>1839</v>
       </c>
       <c r="E927" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="F927" t="s">
-        <v>1188</v>
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="928" spans="1:6">
+      <c r="A928" s="4" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B928" t="s">
+        <v>9</v>
+      </c>
+      <c r="C928" t="s">
+        <v>978</v>
+      </c>
+      <c r="D928" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E928" t="s">
+        <v>980</v>
+      </c>
+      <c r="F928" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="929" spans="1:6">
+      <c r="A929" s="4" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B929" t="s">
+        <v>9</v>
+      </c>
+      <c r="C929" t="s">
+        <v>978</v>
+      </c>
+      <c r="D929" t="s">
+        <v>1843</v>
+      </c>
+      <c r="E929" t="s">
+        <v>980</v>
+      </c>
+      <c r="F929" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="930" spans="1:6">
+      <c r="A930" s="4" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B930" t="s">
+        <v>9</v>
+      </c>
+      <c r="C930" t="s">
+        <v>978</v>
+      </c>
+      <c r="D930" t="s">
+        <v>976</v>
+      </c>
+      <c r="E930" t="s">
+        <v>980</v>
+      </c>
+      <c r="F930" t="s">
+        <v>1199</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_17"/>
@@ -25354,50 +25450,53 @@
     <hyperlink ref="A903" r:id="rId_hyperlink_900"/>
     <hyperlink ref="A904" r:id="rId_hyperlink_901"/>
     <hyperlink ref="A905" r:id="rId_hyperlink_902"/>
     <hyperlink ref="A906" r:id="rId_hyperlink_903"/>
     <hyperlink ref="A907" r:id="rId_hyperlink_904"/>
     <hyperlink ref="A908" r:id="rId_hyperlink_905"/>
     <hyperlink ref="A909" r:id="rId_hyperlink_906"/>
     <hyperlink ref="A910" r:id="rId_hyperlink_907"/>
     <hyperlink ref="A911" r:id="rId_hyperlink_908"/>
     <hyperlink ref="A912" r:id="rId_hyperlink_909"/>
     <hyperlink ref="A913" r:id="rId_hyperlink_910"/>
     <hyperlink ref="A914" r:id="rId_hyperlink_911"/>
     <hyperlink ref="A915" r:id="rId_hyperlink_912"/>
     <hyperlink ref="A916" r:id="rId_hyperlink_913"/>
     <hyperlink ref="A917" r:id="rId_hyperlink_914"/>
     <hyperlink ref="A918" r:id="rId_hyperlink_915"/>
     <hyperlink ref="A919" r:id="rId_hyperlink_916"/>
     <hyperlink ref="A920" r:id="rId_hyperlink_917"/>
     <hyperlink ref="A921" r:id="rId_hyperlink_918"/>
     <hyperlink ref="A922" r:id="rId_hyperlink_919"/>
     <hyperlink ref="A923" r:id="rId_hyperlink_920"/>
     <hyperlink ref="A924" r:id="rId_hyperlink_921"/>
     <hyperlink ref="A925" r:id="rId_hyperlink_922"/>
     <hyperlink ref="A926" r:id="rId_hyperlink_923"/>
     <hyperlink ref="A927" r:id="rId_hyperlink_924"/>
+    <hyperlink ref="A928" r:id="rId_hyperlink_925"/>
+    <hyperlink ref="A929" r:id="rId_hyperlink_926"/>
+    <hyperlink ref="A930" r:id="rId_hyperlink_927"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>