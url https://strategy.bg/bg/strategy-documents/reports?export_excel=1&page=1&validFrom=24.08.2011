--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1846">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1843">
   <si>
     <t>СПРАВКА "СТРАТЕГИЧЕСКИ ДОКУМЕНТИ"</t>
   </si>
   <si>
-    <t>Общо 927 резултата</t>
+    <t>Общо 924 резултата</t>
   </si>
   <si>
     <t>Заглавие</t>
   </si>
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Национален оперативен план за справяне с пандемията от SARS-CoV-2</t>
   </si>
   <si>
     <t>---</t>
   </si>
@@ -416,56 +416,56 @@
   <si>
     <t>Концепция за развитие на системата за спешна медицинска помощ в Република България 2014-2020 г.</t>
   </si>
   <si>
     <t>Здравеопазване</t>
   </si>
   <si>
     <t>28-11-2014 - 31-12-2020</t>
   </si>
   <si>
     <t>Национален план за борба с рака в Република България 2027</t>
   </si>
   <si>
     <t>04-01-2023 - 31-12-2027</t>
   </si>
   <si>
     <t>Национален план за действие за намаляване на риска от облъчване от радон 2023-2027 г.</t>
   </si>
   <si>
     <t>26-01-2023 - 31-12-2027</t>
   </si>
   <si>
     <t>Национален план на Република България за готовност при пандемия</t>
   </si>
   <si>
+    <t>03-12-2020 - 31-12-2022</t>
+  </si>
+  <si>
     <t>14-07-2022 - 01-01-9999</t>
   </si>
   <si>
-    <t>03-12-2020 - 31-12-2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Национална аптечна карта</t>
   </si>
   <si>
     <t>20-12-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Национална здравна стратегия 2020</t>
   </si>
   <si>
     <t>17-12-2015 - 31-12-2020</t>
   </si>
   <si>
     <t>Национална здравна стратегия 2030</t>
   </si>
   <si>
     <t>29-09-2023 - 31-12-2030</t>
   </si>
   <si>
     <t>Национална програма за елиминация на морбили и рубеола (2019-2022 г.)</t>
   </si>
   <si>
     <t>17-10-2018 - 31-12-2022</t>
   </si>
   <si>
     <t>Национална програма за контрол и лечение на ротавирусните гастроентерити в Република България 2017-2021 г.</t>
@@ -527,71 +527,86 @@
   <si>
     <t>01-04-2021 - 31-12-2025</t>
   </si>
   <si>
     <t>Национална програма за превенция и контрол на туберкулозата в Република България за пе­риода 2021 - 2025 г.</t>
   </si>
   <si>
     <t>28-07-2021 - 31-12-2025</t>
   </si>
   <si>
     <t>Национална програма за превенция и контрол на туберкулозата в република българия за периода 2012-2015 г.</t>
   </si>
   <si>
     <t>02-05-2012 - 31-12-2015</t>
   </si>
   <si>
     <t>Национална програма за превенция и контрол на туберкулозата в Република България за периода 2017-2020 г.</t>
   </si>
   <si>
     <t>23-03-2017 - 31-12-2020</t>
   </si>
   <si>
     <t>Национална програма за превенция и контрол на ХИВ и сексуално предавани инфекции в Република България за периода 2017-2020 г.</t>
   </si>
   <si>
+    <t>Национална програма за превенция на ХИВ и сексуално предавани инфекции в Република България, 2026-2030 г.</t>
+  </si>
+  <si>
+    <t>Национална програма</t>
+  </si>
+  <si>
+    <t>29-01-2026 - 31-12-2030</t>
+  </si>
+  <si>
     <t>Национална програма за превенция на хроничните незаразни болести 2014-2020 г.</t>
   </si>
   <si>
     <t>12-09-2013 - 31-12-2020</t>
   </si>
   <si>
     <t>Национална програма за превенция на хроничните незаразни болести 2021 - 2025 г.</t>
   </si>
   <si>
     <t>Национална програма за профилактика и контрол на векторно-предавани трансмисивни инфекции при хората в Република България 2014 – 2018 г.</t>
   </si>
   <si>
     <t>28-03-2014 - 31-12-2018</t>
   </si>
   <si>
     <t>Национална програма за профилактика на оралните заболявания при деца от 0 до 18 г. в Република България 2021 - 2025 г.</t>
   </si>
   <si>
     <t>05-03-2021 - 31-12-2025</t>
   </si>
   <si>
+    <t>Национална програма за профилактика на оралните заболявания при деца от 0 до 18 г. в Република България 2026-2030 г.</t>
+  </si>
+  <si>
+    <t>11-02-2026 - 31-12-2030</t>
+  </si>
+  <si>
     <t>Национална програма за профилактика на оралните заболявания при деца от 0 до 18-годишна възраст в Република България 2015-2020 г.</t>
   </si>
   <si>
     <t>31-07-2014 - 31-12-2020</t>
   </si>
   <si>
     <t>Национална програма за профилактика на ротавирусните гастроентерити в Република България 2022 - 2025.</t>
   </si>
   <si>
     <t>07-07-2022 - 31-12-2025</t>
   </si>
   <si>
     <t>Национална програма за първична профилактика на рака на маточната шийка 2017–2020 г.</t>
   </si>
   <si>
     <t>05-01-2017 - 31-12-2020</t>
   </si>
   <si>
     <t>Национална програма за първична профилактика на рака на маточната шийка в Република България 2012-2016 г.</t>
   </si>
   <si>
     <t>25-07-2012 - 31-12-2016</t>
   </si>
   <si>
     <t>Национална програма за първична профилактика на рака на маточната шийка в Република България 2021 - 2024 г.</t>
@@ -962,53 +977,50 @@
   <si>
     <t>07-12-2020 - 31-12-2024</t>
   </si>
   <si>
     <t>Актуализиран национален план за широколентова инфраструктура за достъп от следващо поколение „Свързана България“</t>
   </si>
   <si>
     <t>06-08-2020 - 31-12-2030</t>
   </si>
   <si>
     <t>Иновационна стратегия за интелигентна специализация 2021-2027 г.</t>
   </si>
   <si>
     <t>15-12-2022 - 31-12-2027</t>
   </si>
   <si>
     <t>Концепция за развитието на изкуствения интелект в България до 2030 г.</t>
   </si>
   <si>
     <t>16-12-2020 - 31-12-2030</t>
   </si>
   <si>
     <t>Научна програма „Повиша­ване на изследователския капацитет в областта на математи­чески науки (ПИКОМ)"</t>
   </si>
   <si>
-    <t>Национална програма</t>
-[...1 lines deleted...]
-  <si>
     <t>21-10-2021 - 20-06-2026</t>
   </si>
   <si>
     <t>Национален стратегически документ „Цифрова трансформация на България за периода 2020-2030 г.“</t>
   </si>
   <si>
     <t>21-07-2020 - 31-12-2030</t>
   </si>
   <si>
     <t>Национална научна програма “Върхови изследвания и хора за развитие на европейска наука“ – 2021 (ВИХРЕН – 2021)</t>
   </si>
   <si>
     <t>12-08-2021 - 31-12-2029</t>
   </si>
   <si>
     <t>Национална научна програма „Върхови изследвания и хора за развитие на европейска наука” – 2024 (ВИХРЕН – 2024)</t>
   </si>
   <si>
     <t>13-06-2024 - 31-12-2031</t>
   </si>
   <si>
     <t>Национална научна програма „Иновативни нискотоксични биологично активни средства за прецизна медицина“ (БиоАктивМед)</t>
   </si>
   <si>
     <t>14-09-2018 - 31-12-2022</t>
@@ -1379,4221 +1391,4200 @@
   <si>
     <t>Стратегия за ефективно прилагане на информационни и комуникационни технологии в образованието и науката на Република България (2014-2020 г.)</t>
   </si>
   <si>
     <t>02-07-2014 - 31-12-2020</t>
   </si>
   <si>
     <t>Стратегия за намаляване дела на преждевременно напусналите образователната система (2013-2020)</t>
   </si>
   <si>
     <t>Стратегия за развитие на висшето образование в Република България 2021-2030 г.</t>
   </si>
   <si>
     <t>17-12-2020 - 31-12-2030</t>
   </si>
   <si>
     <t>Стратегия за развитие на професионалното образование и обучение в Република България за периода 2015-2020 г.</t>
   </si>
   <si>
     <t>Стратегията за развитие на висшето образование в Република България за периода 2014 – 2020 г.</t>
   </si>
   <si>
     <t>26-02-2015 - 31-12-2020</t>
   </si>
   <si>
-    <t>Mорска стратегия на Република България и програма от мерки</t>
+    <t>Актуализирана Национална програма за контрол на замърсяването на въздуха 2020 – 2030 г.</t>
   </si>
   <si>
     <t>Околна среда</t>
   </si>
   <si>
-    <t>29-12-2016 - 31-12-2021</t>
+    <t>02-07-2025 - 31-12-2030</t>
   </si>
   <si>
     <t>Актуализиран Национален план за действие по управление на устойчивите органични замърсители (УОЗ) в България 2012 г. - 2020 г.</t>
   </si>
   <si>
     <t>05-09-2012 - 31-12-2020</t>
   </si>
   <si>
     <t>Дългосрочна стратегия за смекчаване на изменението на климата до 2050 г. на Република България</t>
   </si>
   <si>
     <t>21-10-2022 - 31-12-2050</t>
   </si>
   <si>
     <t>Национален план за действие за насърчаване на зелените обществени поръчки за периода 2012-2014 г.</t>
   </si>
   <si>
     <t>13-10-2011 - 31-12-2014</t>
   </si>
   <si>
     <t>Национален план за управление на отпадъците 2014-2020 г.</t>
   </si>
   <si>
     <t>22-12-2014 - 31-12-2020</t>
   </si>
   <si>
     <t>Национален план за управление на отпадъците за периода 2021 - 2028 г.</t>
   </si>
   <si>
     <t>17-06-2021 - 31-12-2028</t>
   </si>
   <si>
     <t>Национална програма за действие за устойчиво управление на земите и борба с опустиняването в Република България (актуализация за програмен период 2014-2020 г.)</t>
   </si>
   <si>
     <t>23-09-2015 - 31-12-2020</t>
   </si>
   <si>
-    <t>Национална програма за контрол на замърсяването на въздуха (2020 - 2030 г.)</t>
-[...4 lines deleted...]
-  <si>
     <t>Национална програма за опазване, устойчиво ползване и възстановяване функциите на почвите (2020 – 2030 г.)</t>
   </si>
   <si>
     <t>22-10-2020 - 31-12-2030</t>
   </si>
   <si>
     <t>Национална програма за подобряване качеството на атмосферния въздух (2018 – 2024 г.)</t>
   </si>
   <si>
     <t>07-06-2019 - 31-12-2024</t>
   </si>
   <si>
     <t>Национална стратегия за адаптация към изменението на климата и План за действие до 2030 г.</t>
   </si>
   <si>
     <t>25-10-2019 - 31-12-2030</t>
   </si>
   <si>
-    <t>Национална стратегия за околна среда 2021 – 2030 г.</t>
-[...4 lines deleted...]
-  <si>
     <t>Национална стратегия за управление и развитие на водния сектор</t>
   </si>
   <si>
     <t>21-11-2012 - 31-12-2037</t>
   </si>
   <si>
-    <t>План за управление на риска от наводнения в Дунавски район за басейново управление за периода 2022 - 2027 г.</t>
+    <t>Стратегия за преход към кръгова икономика на Република България за периода 2022 – 2027 г.</t>
+  </si>
+  <si>
+    <t>26-10-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Трети Национален план за действие по изменение на климата за периода 2013-2020 г.</t>
+  </si>
+  <si>
+    <t>01-06-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Актуализирана стратегия за продължаване на реформата в съдебната система</t>
+  </si>
+  <si>
+    <t>Правосъдие и вътрешни работи</t>
+  </si>
+  <si>
+    <t>21-01-2015 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Актуализиран план за действие при временна закрила в Република България</t>
+  </si>
+  <si>
+    <t>21-07-2022 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Годишен план за 2024 г. за изпълнение на Националната програма за намаляване на риска от бедствия 2021-2025 г.</t>
+  </si>
+  <si>
+    <t>17-06-2024 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национален план за противодействие на тероризма</t>
+  </si>
+  <si>
+    <t>02-11-2017 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>24-08-2023 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална прграма за превенция и защита от домашно насилие за 2012г.</t>
+  </si>
+  <si>
+    <t>29-03-2012 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Национална програма за защита при бедствия 2014-2018 г.</t>
+  </si>
+  <si>
+    <t>07-05-2014 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2013 г.</t>
+  </si>
+  <si>
+    <t>29-03-2013 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2014 г.</t>
+  </si>
+  <si>
+    <t>20-05-2014 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2015 г.</t>
+  </si>
+  <si>
+    <t>30-04-2015 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2016 г.</t>
+  </si>
+  <si>
+    <t>27-10-2016 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2017-2018 г.</t>
+  </si>
+  <si>
+    <t>17-01-2018 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2019 г.</t>
+  </si>
+  <si>
+    <t>10-01-2019 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2020 г.</t>
+  </si>
+  <si>
+    <t>09-04-2020 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2021 г.</t>
+  </si>
+  <si>
+    <t>07-05-2021 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2022 г.</t>
+  </si>
+  <si>
+    <t>20-05-2022 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2023 г.</t>
+  </si>
+  <si>
+    <t>12-04-2023 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите</t>
+  </si>
+  <si>
+    <t>07-12-2023 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите за 2013 г.</t>
+  </si>
+  <si>
+    <t>04-03-2013 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите за 2017 г.</t>
+  </si>
+  <si>
+    <t>04-08-2017 - 31-12-2017</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите за 2018 г.</t>
+  </si>
+  <si>
+    <t>22-03-2018 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите за 2019 г.</t>
+  </si>
+  <si>
+    <t>01-03-2019 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите за 2020 г.</t>
+  </si>
+  <si>
+    <t>04-06-2020 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите му за 2014 г.</t>
+  </si>
+  <si>
+    <t>10-07-2014 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национална програма за противодействие и предотвратяване на трафика на хора и закрила на жертвите за 2015 г.</t>
+  </si>
+  <si>
+    <t>07-08-2015 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национална програма за противодействие на трафика на хора и закрила на жертвите за 2016 г.</t>
+  </si>
+  <si>
+    <t>09-05-2016 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Национална програма за противодействие на трафика на хора и закрила на жертвите му за 2012 г.</t>
+  </si>
+  <si>
+    <t>31-05-2012 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Национална програма за развитие на доброволните формирования за предотвратяване или овладяване на бедствия, пожари и други извънредни ситуации в Република България за периода 2022 – 2026 г.</t>
+  </si>
+  <si>
+    <t>12-10-2022 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Национална стратегия в областта на миграцията, убежището и интеграцията 2015-2020 г.</t>
+  </si>
+  <si>
+    <t>12-06-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за борба с трафика на хора 2017 – 2021</t>
+  </si>
+  <si>
+    <t>21-07-2017 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Национална стратегия за киберсигурност „Кибер устойчива България 2020”</t>
+  </si>
+  <si>
+    <t>18-07-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за намаляване на риска от бедствия 2018-2030 г.</t>
+  </si>
+  <si>
+    <t>19-07-2018 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за подобряване безопасността на движението по пътищата на Република България</t>
+  </si>
+  <si>
+    <t>22-12-2011 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за превенция и борба с нередностите и измамите, засягащи финансовите интереси на Европейския съюз за периода 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>17-12-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за превенция и борба с нередностите и измамите, засягащи финансовите интереси на Европейския съюз, за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>12-11-2020 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална стратегия за превенция и противодействие на корупцията (2021 - 2027 г.)</t>
+  </si>
+  <si>
+    <t>Национална стратегия за превенция и противодействие на корупцията в Република България 2015–2020 г.</t>
+  </si>
+  <si>
+    <t>09-04-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за управление на миграцията и убежището 2025-2030 г.</t>
+  </si>
+  <si>
+    <t>03-09-2025 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия по миграция на Република България 2021-2025 г.</t>
+  </si>
+  <si>
+    <t>25-03-2021 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>План за действие за огра­ничаване на рисковете от изпиране на пари и финансиране на тероризма</t>
+  </si>
+  <si>
+    <t>17-09-2021 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>План за действие по изпълнението на неотложни мерки за 2012 г. във връзка с присъединяването на Република България към Шенгенското пространство</t>
+  </si>
+  <si>
+    <t>29-12-2011 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>План за изпълнение на мерки в отговор на препоръките и посочените предизвикателства, съдържащи се в Доклада на Европейската комисия от 30.09.2020 г. относно върховенството на закона за 2020 г., Ситуация в областта на върховенството на закона в България</t>
+  </si>
+  <si>
+    <t>06-11-2020 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>План за изпълнение на препоръчаните действия, включени в приетия на 18 май 2022 г. Доклад за България от Пети оценителен кръг на Комитета на експертите за оценка на мерките срещу изпирането на пари (Комитета MONEYVAL) към Съвета на Европа</t>
+  </si>
+  <si>
+    <t>12-12-2022 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>План за намеса при извънредни ситуации, свързани със затрудняване на доставките или значимо прекъсване на снабдяването с нефт и нефтопродукти.</t>
+  </si>
+  <si>
+    <t>04-10-2013 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Програма за модернизация и техническа обезпеченост на териториалните звена за пожарна безопасност и защита на населението в Република България</t>
+  </si>
+  <si>
+    <t>17-10-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за въвеждане на електронно управление и електронно правосъдие в сектор „Правосъдие” 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за намаляване на риска от бедствия 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>16-04-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за превенция на престъпността 2012 - 2020 г.</t>
+  </si>
+  <si>
+    <t>25-04-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за превенция на престъпността (2021 – 2030 г.)</t>
+  </si>
+  <si>
+    <t>Стратегия за противодействие на изпирането на пари в Република България 2011-2015 година</t>
+  </si>
+  <si>
+    <t>24-08-2011 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Стратегия за противодействие на изпирането на пари и финансирането на тероризма в Република България за периода 2023-2027 година</t>
+  </si>
+  <si>
+    <t>31-08-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Стратегия за противодействие на радикализацията и тероризма (2015-2020 г.)</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на доб­роволните формирования за предотвратяване или овладяване на бедствия, пожари и други извънредни ситуации в Република България за периода 2021 - 2030 г.</t>
+  </si>
+  <si>
+    <t>28-10-2021 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на доброволческите формирования за защита при бедствия, пожари и други извънредни ситуации в Република България за периода 2012 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за развитието на пенитенциарната система в Република България за периода до 2025 г.</t>
+  </si>
+  <si>
+    <t>27-12-2019 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Актуализиран документ за изпълнение на Националната стратегия за регионално развитие на Република България 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Регионална политика</t>
+  </si>
+  <si>
+    <t>16-12-2011 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Дългосрочната национална стратегия за подпомагане обновяването на националния сграден фонд от жилищни и нежилищни сгради до 2050 г.</t>
+  </si>
+  <si>
+    <t>27-01-2021 - 31-12-2050</t>
+  </si>
+  <si>
+    <t>Морски пространствен план на Република България 2021-2035 г.</t>
+  </si>
+  <si>
+    <t>23-05-2023 - 31-12-2035</t>
+  </si>
+  <si>
+    <t>Национална концепция за пространствено развитие за периода 2013 - 2025 г.</t>
+  </si>
+  <si>
+    <t>19-12-2012 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална програма за енергийна ефективност на многофамилните жилищни сгради</t>
+  </si>
+  <si>
+    <t>17-02-2015 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Националната програма за превенция и ограничаване на свлачищата на територията на Република България, ерозията и абразията по Дунавското и Черноморското крайбрежие 2015-2020 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Националната стратегия за регионално развитие на Република България за периода 2012 – 2022 г.</t>
+  </si>
+  <si>
+    <t>24-08-2012 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Последваща оценка на въздействието на Закона за регионално развитие и Правилника за неговото прилагане за периода 2013-2023</t>
+  </si>
+  <si>
+    <t>19-12-2024 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Северния централен район за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>01-08-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Северозападния район за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Североизточен район за периода 2014 - 2020</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Югозападен район за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Югоизточен район от ниво 2 за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Регионален план за развитие на Южен централен район 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за децентрализация 2016 - 2025 г.</t>
+  </si>
+  <si>
+    <t>08-09-2016 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие и управление на водоснабдяването и канализацията в Република България за периода 2014-2023 г.</t>
+  </si>
+  <si>
+    <t>07-05-2014 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Актуализираната стратегия по заетостта на Република България 2013-2020 г.</t>
+  </si>
+  <si>
+    <t>Социална политика и заетост</t>
+  </si>
+  <si>
+    <t>09-10-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Дългосрочна инвестицион­на политика на Държавния фонд за гарантиране и устойчивост на държавната пенсионна система</t>
+  </si>
+  <si>
+    <t>01-12-2021 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Националeн план за действие за насърчаване на равнопоставеността на жените и мъжете за 2013 г.</t>
+  </si>
+  <si>
+    <t>19-12-2012 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Националeн план за действие по заетостта 2013 г.</t>
+  </si>
+  <si>
+    <t>Национален план за действие за борба с антисемитизма (2023 - 2027 г.)</t>
+  </si>
+  <si>
+    <t>18-10-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете 2019-2020 г.</t>
+  </si>
+  <si>
+    <t>17-01-2019 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете за 2012 г.</t>
+  </si>
+  <si>
+    <t>21-12-2011 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете за 2014 г.</t>
+  </si>
+  <si>
+    <t>18-12-2013 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете за 2015 г.</t>
+  </si>
+  <si>
+    <t>17-12-2014 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национален план за действие относно жените, мира и сигурността за периода 2020 - 2025 г.</t>
+  </si>
+  <si>
+    <t>19-03-2020 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта за 2015 г.</t>
+  </si>
+  <si>
+    <t>14-01-2015 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2012 г.</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2014 г.</t>
+  </si>
+  <si>
+    <t>21-12-2013 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2016 г.</t>
+  </si>
+  <si>
+    <t>21-01-2016 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2017 г.</t>
+  </si>
+  <si>
+    <t>26-01-2017 - 31-12-2017</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2018 г.</t>
+  </si>
+  <si>
+    <t>19-01-2018 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2019 г.</t>
+  </si>
+  <si>
+    <t>18-01-2019 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2020 г.</t>
+  </si>
+  <si>
+    <t>06-02-2020 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2021 г.</t>
+  </si>
+  <si>
+    <t>29-01-2021 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2022 г.</t>
+  </si>
+  <si>
+    <t>26-04-2022 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Национален план за изпълнение на Европейската гаранция за младежта 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>18-12-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национален план за превенция на насилието над деца 2012 - 2014 г.</t>
+  </si>
+  <si>
+    <t>23-05-2012 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национална концепция за насърчаване на активния живот на възрастните хора (2012-2030 г.)</t>
+  </si>
+  <si>
+    <t>20-06-2012 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Национална програма за безопасност и здраве при работа 2018-2020 година</t>
+  </si>
+  <si>
+    <t>22-12-2017 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална програма за безопасност и здраве при работа - 2022-2024 г.</t>
+  </si>
+  <si>
+    <t>23-06-2022 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция на насилието и злоупотребата с деца (2017–2020 г.)</t>
+  </si>
+  <si>
+    <t>09-02-2017 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>НАЦИОНАЛНА ПРОГРАМА ЗА ПРЕВЕНЦИЯ НА НАСИЛИЕТО И ЗЛОУПОТРЕБАТА С ДЕЦА (2023 – 2026 г.)</t>
+  </si>
+  <si>
+    <t>Национална програма по безопасност и здраве при работа - 2013 г.</t>
+  </si>
+  <si>
+    <t>07-05-2013 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Национална програма по безопасност и здраве при работа 2014 година</t>
+  </si>
+  <si>
+    <t>17-05-2014 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Национална стратегия за активен живот на възрастните хора в България (2019-2030 г.)</t>
+  </si>
+  <si>
+    <t>15-03-2019 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за дългосрочна грижа</t>
+  </si>
+  <si>
+    <t>07-01-2014 - 31-12-2034</t>
+  </si>
+  <si>
+    <t>Национална стратегия за интергация на лицата, получили международна закрила в Република България</t>
+  </si>
+  <si>
+    <t>04-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за намаляване на бедността и насърчаване на социалното включване 2020 г.</t>
+  </si>
+  <si>
+    <t>06-02-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за насърчаване на равнопоставеността на жените и мъжете 2016-2020 г.</t>
+  </si>
+  <si>
+    <t>14-11-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за насърчаване на равнопоставеността на жените и мъжете за периода 2021-2030 г.</t>
+  </si>
+  <si>
+    <t>30-12-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за хората с увреждания 2016-2020 г.</t>
+  </si>
+  <si>
+    <t>07-07-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия за хората с увреждания 2021 - 2030 г.</t>
+  </si>
+  <si>
+    <t>23-12-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия на Република България за интегриране на ромите (2012 - 2020)</t>
+  </si>
+  <si>
+    <t>01-03-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Национална стратегия на Република България за равенство, приобщаване и участие на ромите (2021 - 2030)</t>
+  </si>
+  <si>
+    <t>05-05-2022 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Националната концепция за социална икономика</t>
+  </si>
+  <si>
+    <t>04-04-2012 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Националната стратегия за намаляване на бедността и насърчаване на социалното включване 2030</t>
+  </si>
+  <si>
+    <t>31-12-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Отчет за 2022 на Актуализираната национална стратегия за демографско развитие на населението в Република България (2012-2030 г.)</t>
+  </si>
+  <si>
+    <t>07-02-2024 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>План за действие за изпълнение на заключителните препоръки към Република България, отправени от Комитета на ООН за правата на хората с увреждания (2021-2026)</t>
+  </si>
+  <si>
+    <t>12-02-2021 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>План за действие на Република България за прилагане на Конвенцията за правата на хората с увреждания (2015–2020)</t>
+  </si>
+  <si>
+    <t>25-06-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за действие, съдържащ мерки за привеждане от Република България на нормативната уредба и политики в областта на хората с увреждания в съответствие с разпоредбите на Конвенцията за правата на хората с увреждания (2013-2014 г.)</t>
+  </si>
+  <si>
+    <t>19-10-2012 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Програма на мерките за зaкрила на деца с изявени дарби през 2012г.</t>
+  </si>
+  <si>
+    <t>23-03-2012 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби през 2013 г.</t>
+  </si>
+  <si>
+    <t>08-03-2013 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Стратегия за корпоративна социална отговорност 2019 - 2023 г.</t>
+  </si>
+  <si>
+    <t>28-08-2019 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Стратегия по заетостта на Република България 2021-2030 г.</t>
+  </si>
+  <si>
+    <t>15-07-2021 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за борба срещу употребата на допинг в спорта (2015-2024 г.)</t>
+  </si>
+  <si>
+    <t>Спорт</t>
+  </si>
+  <si>
+    <t>29-05-2015 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национална стратегия за развитие на физическото възпитание и спорта в Република България 2012 - 2022</t>
+  </si>
+  <si>
+    <t>24-11-2011 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Kонцепция за обучение по безопасност на движението по пътищата</t>
+  </si>
+  <si>
+    <t>Транспорт</t>
+  </si>
+  <si>
+    <t>07-01-2021 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Интегрирана транспортна стратегия в периода до 2030 г.</t>
+  </si>
+  <si>
+    <t>23-06-2017 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национален план за развитие на комбинирания транспорт в Република България до 2030 г.</t>
+  </si>
+  <si>
+    <t>21-07-2022 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национален план за търсене и спасяване в българския морски отговорен район за търсене и спасяване</t>
+  </si>
+  <si>
+    <t>14-08-2024 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национален план за търсене и спасяване при авиационни произшествия</t>
+  </si>
+  <si>
+    <t>18-09-2020 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална стратегия за безопасност на движението по пътищата в Република България 2021 - 2030 г.</t>
+  </si>
+  <si>
+    <t>26-10-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>План за действия при актове на незаконна намеса в гражданското въздухоплаване</t>
+  </si>
+  <si>
+    <t>09-06-2022 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Стратегия за безопасност на корабоплаването и опазване на околната среда от замърсяване от кораби</t>
+  </si>
+  <si>
+    <t>26-06-2020 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на пътната инфраструктура в Република България 2016 - 2022 г.</t>
+  </si>
+  <si>
+    <t>18-09-2015 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>05-05-2016 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Актуализирана Национална стратегия за устойчиво развитие на туризма в Република България 2014-2030 г.</t>
+  </si>
+  <si>
+    <t>Туризъм</t>
+  </si>
+  <si>
+    <t>04-06-2014 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Актуализирана средносрочна бюджетна прогноза за периода 2016-2018 г.</t>
+  </si>
+  <si>
+    <t>Финанси и данъчна политика</t>
+  </si>
+  <si>
+    <t>30-10-2015 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Актуализирана средносрочна бюджетна прогноза за периода 2021-2023 г.</t>
+  </si>
+  <si>
+    <t>23-12-2020 - 31-12-2021</t>
+  </si>
+  <si>
+    <t>Актуализирана средносрочна бюджетна прогноза за периода 2022-2024 г.</t>
+  </si>
+  <si>
+    <t>10-03-2022 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Актуализирана средносрочна бюджетна прогноза за периода 2025-2028 г.</t>
+  </si>
+  <si>
+    <t>24-02-2025 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Единна национална стратегия за повишаване на събираемостта на приходите, справяне със сенчестата икономика и намаляване на разходите за спазване на законодателството 2015-2017 г.</t>
+  </si>
+  <si>
+    <t>15-10-2015 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Национален план за въвеждане на еврото в Република България</t>
+  </si>
+  <si>
+    <t>13-11-2023 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална стратегия за финансова грамотност на Република България (2021-2025 г.)</t>
+  </si>
+  <si>
+    <t>12-02-2021 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>План за действие, включващ мерки за изпълнение на намеренията на Република България за присъединяване към Валутния механизъм II (ERM II) и към Банковия съюз</t>
+  </si>
+  <si>
+    <t>27-08-2018 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Средносрочна бюджетна прогноза за периода 2015-2017 г.</t>
+  </si>
+  <si>
+    <t>17-04-2014 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Средносрочна бюджетна прогноза за периода 2016-2018 г.</t>
+  </si>
+  <si>
+    <t>23-04-2015 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Средносрочна бюджетна прогноза за периода 2017 - 2019 г.</t>
+  </si>
+  <si>
+    <t>20-04-2016 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Средносрочна бюджетна прогноза за периода 2019 - 2021 г.</t>
+  </si>
+  <si>
+    <t>19-04-2018 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Средносрочна бюджетна прогноза за периода 2020–2022 г.</t>
+  </si>
+  <si>
+    <t>31-01-2019 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Средносрочната стратегия за инвестиране на средствата на Държавния фонд за гарантиране устойчивост на държавната пенсионна система за периода 2023-2025 г.</t>
+  </si>
+  <si>
+    <t>21-12-2022 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Стратегия за дейността на Българската банка за развитие 2021 - 2023 г.</t>
+  </si>
+  <si>
+    <t>15-04-2021 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на вътрешния контрол в публичния сектор на Република България за периода 2018-2020 г.</t>
+  </si>
+  <si>
+    <t>08-11-2017 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на държавния дълг. Актуализации по години.</t>
+  </si>
+  <si>
+    <t>25-02-2025 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите в Благоевградска област 2012-2020г.</t>
+  </si>
+  <si>
+    <t>Областно</t>
+  </si>
+  <si>
+    <t>Благоевград</t>
+  </si>
+  <si>
+    <t>Областен съвет за сътрудничество по етническите и интеграционните въпроси</t>
+  </si>
+  <si>
+    <t>17-01-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги 2016 – 2020 г. Област Благоевград</t>
+  </si>
+  <si>
+    <t>Областния съвет за развитие</t>
+  </si>
+  <si>
+    <t>12-05-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за регионално развитие на област Благоевград 2014 – 2020</t>
+  </si>
+  <si>
+    <t>30-07-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Бургас за периода 2014 -2020 г.</t>
+  </si>
+  <si>
+    <t>Бургас</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите на Област Варна 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Варна</t>
+  </si>
+  <si>
+    <t>Областна стратегия за младежта на Област Варна 2013-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Варна (2017-2018)</t>
+  </si>
+  <si>
+    <t>07-06-2017 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата в Област Варна за периода 2012 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на област Варна- 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>20-06-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в област Варна 2011 - 2015</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Велико Търново за периода 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Велико Търново</t>
+  </si>
+  <si>
+    <t>13-06-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Видин 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Видин</t>
+  </si>
+  <si>
+    <t>11-07-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в област Видин 2016 - 2020 г.</t>
+  </si>
+  <si>
+    <t>10-12-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областната стратегия за подкрепа за личностно развитие на децата и учениците в област Видин (2017-2019 г.)</t>
+  </si>
+  <si>
+    <t>Областния управител</t>
+  </si>
+  <si>
+    <t>20-04-2017 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Стратегия за устойчиво развитие на туризма в област Видин 2009-2013 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата в Област Враца 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Враца</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Враца 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>17-07-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия на област Враца за интeгриране на ромите (2012-2020 г.)</t>
+  </si>
+  <si>
+    <t>08-04-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Габрово за периода 2014-2020 година</t>
+  </si>
+  <si>
+    <t>Габрово</t>
+  </si>
+  <si>
+    <t>04-09-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Oбластна стратегия за развитие на Oбласт Добрич</t>
+  </si>
+  <si>
+    <t>Добрич</t>
+  </si>
+  <si>
+    <t>25-06-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на българските граждани от ромски произход на Област Добрич 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Добрич (2017-2019 г.)</t>
+  </si>
+  <si>
+    <t>11-04-2017 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Добрич (2020 – 2022 г.)</t>
+  </si>
+  <si>
+    <t>Областен управител</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Добрич (2024-2026 г.)</t>
+  </si>
+  <si>
+    <t>09-04-2024 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване на безопасността на движението по пътищата в Област Добрич 2011-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в област Добрич (2016 – 2020 г.)</t>
+  </si>
+  <si>
+    <t>12-04-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите на Област Кърджали 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Кърджали</t>
+  </si>
+  <si>
+    <t>28-11-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Кърджали за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>27-09-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Кюстендил 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Кюстендил</t>
+  </si>
+  <si>
+    <t>28-06-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областен план за енергийна ефективност за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Ловеч</t>
+  </si>
+  <si>
+    <t>Областния съвет по енергийна ефективност</t>
+  </si>
+  <si>
+    <t>25-02-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Ловеч 2023 – 2024 г.</t>
+  </si>
+  <si>
+    <t>03-04-2023 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Ловеч 2025 – 2026 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностното развитие на децата и учениците в област Ловеч 2021-2022</t>
+  </si>
+  <si>
+    <t>18-06-2021 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Ловеч 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>12-07-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в Област Ловеч 2016-2020 г.</t>
+  </si>
+  <si>
+    <t>20-10-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областната Програма за енергийна ефективност в област Ловеч за периода 2021-2030 г.</t>
+  </si>
+  <si>
+    <t>Политика</t>
+  </si>
+  <si>
+    <t>28-04-2021 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Областната стратегия за подкрепа за личностното развитие на децата и учениците в област Ловеч за периода 2017-2018 г.</t>
+  </si>
+  <si>
+    <t>03-07-2017 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Стратегия за намаляване на жертвите по пътищата в област Ловеч за периода 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Областния съвет по безопасност на движението по пътищата</t>
+  </si>
+  <si>
+    <t>21-03-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия на област Ловеч за интегриране на ромите 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>30-01-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите в Област Монтана 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Монтана</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Монтана 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>27-06-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Пазарджик 2014 -2020 г.</t>
+  </si>
+  <si>
+    <t>Пазарджик</t>
+  </si>
+  <si>
+    <t>02-10-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за намаляване на жертвите по пътищата на Област Пазарджик 2012-2015 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на социалните услуги в Област Пазарджик 2016-2020</t>
+  </si>
+  <si>
+    <t>25-01-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия на Област Пазарджик за интегриране на ромите (2012-2020 г.)</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на Област Перник 2014 - 2020</t>
+  </si>
+  <si>
+    <t>Перник</t>
+  </si>
+  <si>
+    <t>21-06-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата в Област Плевен 2012 - 2015 г.</t>
+  </si>
+  <si>
+    <t>Плевен</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Плевен за периода 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>26-06-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в Област Плевен 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в Област Плевен (2016 г. - 2020 г.)</t>
+  </si>
+  <si>
+    <t>28-12-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия на Област Плевен за интегриране на ромите (2013 – 2020)</t>
+  </si>
+  <si>
+    <t>15-03-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Пловдив 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Пловдив</t>
+  </si>
+  <si>
+    <t>11-06-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата на Област Разград 2011-2020 г.</t>
+  </si>
+  <si>
+    <t>Разград</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>29-11-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на социалните услуги в Област Разград 2011 -2015 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на социалните услуги в Област Разград (2016 – 2020 г.)</t>
+  </si>
+  <si>
+    <t>Стратегия на Област Разград за интегриране на ромите 2012 г. – 2020 г.</t>
+  </si>
+  <si>
+    <t>29-03-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Русе 2014-2020 година</t>
+  </si>
+  <si>
+    <t>Русе</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите на Област Силистра 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Силистра</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в Област Силистра (2017 – 2018)</t>
+  </si>
+  <si>
+    <t>16-02-2017 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Силистра 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в Област Силистра (2016 – 2020)</t>
+  </si>
+  <si>
+    <t>15-12-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Програма за енергийна ефективност на област Силистра (2020 - 2027 г.)</t>
+  </si>
+  <si>
+    <t>Областния съвет за енергийна ефективност</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги (2016 – 2020 г.)</t>
+  </si>
+  <si>
+    <t>Сливен</t>
+  </si>
+  <si>
+    <t>18-02-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на Област Сливен 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>19-09-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на Област Смолян 2014-2020</t>
+  </si>
+  <si>
+    <t>Смолян</t>
+  </si>
+  <si>
+    <t>22-10-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите в Софийска област 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Софийска</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението в Софийска област 2011-2020 г.</t>
+  </si>
+  <si>
+    <t>08-03-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Софийска област 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>25-10-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в Софийска област 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Актуализация на Областна стратегия за развитие на Област София-град 2015-2020 г.</t>
+  </si>
+  <si>
+    <t>София</t>
+  </si>
+  <si>
+    <t>03-04-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област София 2005-2015 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област София-град 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в Област София 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Стара Загора 2014-2020</t>
+  </si>
+  <si>
+    <t>Стара Загора</t>
+  </si>
+  <si>
+    <t>03-06-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областен план за младежта за 2015 г.</t>
+  </si>
+  <si>
+    <t>Търговище</t>
+  </si>
+  <si>
+    <t>Областен план за младежта на Област Търговище 2013 г.</t>
+  </si>
+  <si>
+    <t>Областен план за младежта на Област Търговище 2014 година</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците на област Търговище 2017-2018 г.</t>
+  </si>
+  <si>
+    <t>31-05-2017 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата в област Търговище 2012-2020г.</t>
+  </si>
+  <si>
+    <t>30-03-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Търговище за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Стратегия на Област Търговище за интегриране на ромите 2012 - 2020 г.</t>
+  </si>
+  <si>
+    <t>Областния съвет за сътрудничество по етнически и интеграционни въпроси - Област Търговище</t>
+  </si>
+  <si>
+    <t>21-12-2012 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Хасково за периода 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Хасково</t>
+  </si>
+  <si>
+    <t>05-07-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в област Хасково 2011-2015г.</t>
+  </si>
+  <si>
+    <t>Стратегия за подобряване безопасността на движението по пътищата в Област Хасково 2011-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите на Област Шумен 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Шумен</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Шумен (2017-2019)</t>
+  </si>
+  <si>
+    <t>15-05-2017 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Шумен за периода 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>19-06-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Ямбол 2014-2020</t>
+  </si>
+  <si>
+    <t>Ямбол</t>
+  </si>
+  <si>
+    <t>Mаркетингова стратегия за развитие на туризма на Oбщина Aврен (2015 г. – 2020 г.)</t>
+  </si>
+  <si>
+    <t>Общинско</t>
+  </si>
+  <si>
+    <t>Аврен</t>
+  </si>
+  <si>
+    <t>Общинския съвет</t>
+  </si>
+  <si>
+    <t>23-04-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общинска програма за мерките за насърчаване на творческите заложби на деца с изявени дарби на община Аврен (2012 г.).</t>
+  </si>
+  <si>
+    <t>16-02-2012 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за развитие на социалните услуги (2011 – 2015) на община Аврен</t>
+  </si>
+  <si>
+    <t>13-10-2011 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Аврен 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>29-08-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Програма "Младежки дейности" на община Аврен</t>
+  </si>
+  <si>
+    <t>Програма "Спорт" за 2012 г. на община Аврен</t>
+  </si>
+  <si>
+    <t>Програма за дейността на Общински съвет Аврен за 2012 година</t>
+  </si>
+  <si>
+    <t>Програма за опазване на околната среда в Община Аврен 2014 г. - 2020 г.</t>
+  </si>
+  <si>
+    <t>29-09-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Програма за развитие на туризма на Община Аврен 2014 г. – 2017 г.</t>
+  </si>
+  <si>
+    <t>29-09-2014 - 31-12-2017</t>
+  </si>
+  <si>
+    <t>Програма за развитие на читалищната дейност в община Аврен през 2012 г.</t>
+  </si>
+  <si>
+    <t>Програма за управление и разпореждане с имоти на община Аврен</t>
+  </si>
+  <si>
+    <t>Програма за управление на Община Аврен 2015 – 2019 г.</t>
+  </si>
+  <si>
+    <t>19-02-2016 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Програма за управление на отпадъците на Община Аврен 2014 г. – 2018 г.</t>
+  </si>
+  <si>
+    <t>29-09-2014 - 31-12-2018</t>
+  </si>
+  <si>
+    <t>Програма за управлението на Община Аврен за периода 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>16-02-2012 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Стратегия за опазване на културното наследство 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост и стопанската дейност</t>
+  </si>
+  <si>
+    <t>25-11-2015 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост и стопанската дейност 2012 г.</t>
+  </si>
+  <si>
+    <t>31-01-2012 - 31-12-2012</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Айтос 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Айтос</t>
+  </si>
+  <si>
+    <t>27-05-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Аксаково 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Аксаково</t>
+  </si>
+  <si>
+    <t>11-06-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Алфатар 2014-2020 година</t>
+  </si>
+  <si>
+    <t>Алфатар</t>
+  </si>
+  <si>
+    <t>27-12-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Антон 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Антон</t>
+  </si>
+  <si>
+    <t>25-08-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Антоново 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Антоново</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Антоново 2021-2027г.</t>
+  </si>
+  <si>
+    <t>23-12-2020 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Априлци за периода 2014 – 2020 година</t>
+  </si>
+  <si>
+    <t>Априлци</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Ардино 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Ардино</t>
+  </si>
+  <si>
+    <t>22-04-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Балчик за периода 2014-2020</t>
+  </si>
+  <si>
+    <t>Балчик</t>
+  </si>
+  <si>
+    <t>13-02-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Балчик 2021-2027г.</t>
+  </si>
+  <si>
+    <t>29-04-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Баните 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Баните</t>
+  </si>
+  <si>
+    <t>26-03-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Банско - програмен период 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Банско</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Банско 2021-2027г.</t>
+  </si>
+  <si>
+    <t>28-10-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Белене 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Белене</t>
+  </si>
+  <si>
+    <t>28-01-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Белене за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Белица 2014-2020</t>
+  </si>
+  <si>
+    <t>Белица</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Белица 2021-2027г.</t>
+  </si>
+  <si>
+    <t>29-09-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Белоградчик 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>Белоградчик</t>
+  </si>
+  <si>
+    <t>26-06-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Белослав за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Белослав</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Белослав 2021-2027г.</t>
+  </si>
+  <si>
+    <t>08-04-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общиснки план за развитие на Община Берковица 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>Берковица</t>
+  </si>
+  <si>
+    <t>08-08-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Берковица 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>23-04-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Благоевград 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>07-02-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Благоевград 2021-2027г.</t>
+  </si>
+  <si>
+    <t>28-01-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Бобов дол 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Бобов дол</t>
+  </si>
+  <si>
+    <t>16-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Бобов Дол 2021-2027г.</t>
+  </si>
+  <si>
+    <t>17-12-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Бобошево 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Бобошево</t>
+  </si>
+  <si>
+    <t>05-05-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Божурище 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Божурище</t>
+  </si>
+  <si>
+    <t>Общински план за развитие 2014-2020 на Община Бойница</t>
+  </si>
+  <si>
+    <t>Бойница</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Бойница 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>26-04-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Бойчиновци за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Бойчиновци</t>
+  </si>
+  <si>
+    <t>30-01-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Бойчиновци 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>28-04-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Болярово 2021-2027</t>
+  </si>
+  <si>
+    <t>Болярово</t>
+  </si>
+  <si>
+    <t>22-12-2020 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Борован 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Борован</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Борован 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие 2014-2020 на Община Борово</t>
+  </si>
+  <si>
+    <t>Борово</t>
+  </si>
+  <si>
+    <t>25-09-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Ботевград 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Ботевград</t>
+  </si>
+  <si>
+    <t>26-11-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Братя Даскалови 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Братя Даскалови</t>
+  </si>
+  <si>
+    <t>28-07-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Брацигово 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Брацигово</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Брегово за периода 2014-2020</t>
+  </si>
+  <si>
+    <t>Брегово</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Брусарци 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Брусарци</t>
+  </si>
+  <si>
+    <t>29-04-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Бургас 2021-2027г.</t>
+  </si>
+  <si>
+    <t>30-11-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Бяла 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Бяла</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Бяла, Област Варна 2014-2010</t>
+  </si>
+  <si>
+    <t>20-03-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Бяла 2021-2027г.</t>
+  </si>
+  <si>
+    <t>30-11-2020 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Бяла Слатина 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Бяла Слатина</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Бяла Слатина 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Актуализация на Програмата за реализация на Плана за интегрирано развитие на община Варна за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>11-05-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Варна за периода 2014-2020 година</t>
+  </si>
+  <si>
+    <t>18-09-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Варна 2021-2027г.</t>
+  </si>
+  <si>
+    <t>20-04-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Велики Преслав 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Велики Преслав</t>
+  </si>
+  <si>
+    <t>21-09-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Велики Преслав 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>22-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Интегриран план за градско възстановяване и развитие на град Велико Търново</t>
+  </si>
+  <si>
+    <t>19-12-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Концепция за пространствено развитие на Община Велико Търново за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>28-05-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Велико Търново за периода 2014-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Велико Търново 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>26-08-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Велинград 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Велинград</t>
+  </si>
+  <si>
+    <t>25-03-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Венец 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Венец</t>
+  </si>
+  <si>
+    <t>27-03-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Ветово 2014-2020</t>
+  </si>
+  <si>
+    <t>Ветово</t>
+  </si>
+  <si>
+    <t>30-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Ветово 2021-2027г.</t>
+  </si>
+  <si>
+    <t>28-05-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Ветрино 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Ветрино</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Ветрино за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Видин за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>09-03-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Актуализиран План за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
+  </si>
+  <si>
+    <t>27-02-2024 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Доклад за резултатите от междинната оценка на изпълнението на Плана за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
+  </si>
+  <si>
+    <t>Доклади</t>
+  </si>
+  <si>
+    <t>28-10-2025 - Не е указан срок</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Враца 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
+  </si>
+  <si>
+    <t>30-03-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на образованието в Община Враца 2007 - 2011 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост на Община Враца 2008 - 2011 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост на Община Враца 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>31-01-2012 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Вълчедръм 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Вълчедръм</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Вълчедръм 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за подобряване на бизнес средата с цел привличане на инвестиции 2014-2020г.</t>
+  </si>
+  <si>
+    <t>Вълчи дол</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Вълчи дол 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>30-09-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Вълчи Дол 2021-2027г.</t>
+  </si>
+  <si>
+    <t>27-04-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Програма за опазване на околната среда на Община Вълчи дол 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>07-08-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Разработване и институционализиране на механизма за консултиране, мониторинг и контрол в процеса на разработване на общински политики</t>
+  </si>
+  <si>
+    <t>25-05-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Върбица 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Върбица</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Върбица 2021-2027г.</t>
+  </si>
+  <si>
+    <t>22-12-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Вършец за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Вършец</t>
+  </si>
+  <si>
+    <t>10-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Габрово 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Габрово за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>30-06-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Генерал Тошево за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Генерал-Тошево</t>
+  </si>
+  <si>
+    <t>20-12-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на социалните услуги на Община Генерал Тошево 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Георги Дамяново 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Георги Дамяново</t>
+  </si>
+  <si>
+    <t>29-01-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Георги Дамяново за период 2021 - 2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Главиница 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Главиница</t>
+  </si>
+  <si>
+    <t>27-05-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Главиница 2021-2027г.</t>
+  </si>
+  <si>
+    <t>31-03-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Годеч 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Годеч</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Годеч 2021 – 2027 г.</t>
+  </si>
+  <si>
+    <t>29-07-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Горна Малина 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Горна Малина</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Горна Малина 2021-2027г.</t>
+  </si>
+  <si>
+    <t>23-12-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Горна Оряховица за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Горна Оряховица</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Горна Оряховица за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Програма за управление на общинската собственост за 2015 г.</t>
+  </si>
+  <si>
+    <t>09-02-2015 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Гоце Делчев 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>Гоце Делчев</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Гоце Делчев 2021-2027г.</t>
+  </si>
+  <si>
+    <t>31-03-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Грамада 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Грамада</t>
+  </si>
+  <si>
+    <t>13-08-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Грамада 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>31-01-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Гулянци</t>
+  </si>
+  <si>
+    <t>26-09-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Гулянци 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>20-12-2012 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Гърмен 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Гърмен</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Две могили 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Две могили</t>
+  </si>
+  <si>
+    <t>25-09-2020 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Две могили 2014-2020 година</t>
+  </si>
+  <si>
+    <t>Програма и план за действие за овладяване популацията на безстопанствени кучета на територията на Община Две могили 2026-2028 г.</t>
+  </si>
+  <si>
+    <t>22-01-2026 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Девин 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Девин</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Девня 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>Девня</t>
+  </si>
+  <si>
+    <t>13-05-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Девня 2021-2027г.</t>
+  </si>
+  <si>
+    <t>30-03-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Джебел 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Джебел</t>
+  </si>
+  <si>
+    <t>03-09-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Димово 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Димово</t>
+  </si>
+  <si>
+    <t>Общинска енергийна програма 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>29-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общинска програма за опазване на околната среда 2009 - 2014 г.</t>
+  </si>
+  <si>
+    <t>29-07-2014 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община град Добрич за 2014-2020</t>
+  </si>
+  <si>
+    <t>24-06-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община град Добрич за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>27-07-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Стратегия за управлението на общинската собственост 2011 - 2015 г. Актуализация 2014</t>
+  </si>
+  <si>
+    <t>27-07-2014 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Добричка 2014-2020</t>
+  </si>
+  <si>
+    <t>Добричка</t>
+  </si>
+  <si>
+    <t>31-10-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Добричка 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Долна баня 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Долна баня</t>
+  </si>
+  <si>
+    <t>23-09-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Долна баня 2021-2027г.</t>
+  </si>
+  <si>
+    <t>29-12-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Долна Митрополия за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Долна Митрополия</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Долна Митрополия 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Долни Дъбник 2014- 2020 г.</t>
+  </si>
+  <si>
+    <t>Долни Дъбник</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Долни Дъбник 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>22-07-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Доспат 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Доспат</t>
+  </si>
+  <si>
+    <t>30-06-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Драгоман 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Драгоман</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Драгоман 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Дряново 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Дряново</t>
+  </si>
+  <si>
+    <t>24-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Дряново 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>29-03-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Дулово за периода 2014-2020 година</t>
+  </si>
+  <si>
+    <t>Дулово</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Дупница 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Дупница</t>
+  </si>
+  <si>
+    <t>05-09-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Дупница 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Дългопол 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Дългопол</t>
+  </si>
+  <si>
+    <t>01-08-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Дългопол 2021-2027г.</t>
+  </si>
+  <si>
+    <t>25-06-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Елена за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Елена</t>
+  </si>
+  <si>
+    <t>12-06-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Елена 2021-2027г.</t>
+  </si>
+  <si>
+    <t>30-12-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Елин Пелин 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Елин Пелин</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Елин Пелин 2021-2027г.</t>
+  </si>
+  <si>
+    <t>16-12-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Елхово за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Елхово</t>
+  </si>
+  <si>
+    <t>25-02-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Етрополе 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Етрополе</t>
+  </si>
+  <si>
+    <t>05-11-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Етрополе 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Завет 2014 - 2020</t>
+  </si>
+  <si>
+    <t>Завет</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Завет 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>26-11-2020 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Община Златарица - Общински план за развитие 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Златарица</t>
+  </si>
+  <si>
+    <t>22-04-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Златарица 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Златица 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Златица</t>
+  </si>
+  <si>
+    <t>14-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Златоград 2021 - 2027 г.</t>
+  </si>
+  <si>
+    <t>Златоград</t>
+  </si>
+  <si>
+    <t>03-11-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Програма за енергийна ефективност на Община Ивайловград 2012-2015 г.</t>
+  </si>
+  <si>
+    <t>Ивайловград</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинска собственост на Община Ивайловград 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>17-02-2012 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Иваново 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Иваново</t>
+  </si>
+  <si>
+    <t>25-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Иваново 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Искър за периода 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Искър</t>
+  </si>
+  <si>
+    <t>30-06-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Искър 2021-2027г.</t>
+  </si>
+  <si>
+    <t>31-05-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие 2014-2020 г. на Община Исперих</t>
+  </si>
+  <si>
+    <t>Исперих</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Исперих 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>28-09-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Ихтиман 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Ихтиман</t>
+  </si>
+  <si>
+    <t>Каварна</t>
+  </si>
+  <si>
+    <t>16-12-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Каварна 2021-2027г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Казанлък 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Казанлък</t>
+  </si>
+  <si>
+    <t>20-12-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Дългосрочна стратегия за младежта и спорта 2014 - 2020</t>
+  </si>
+  <si>
+    <t>Кайнарджа</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Кайнадржа 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>Програма за енергийна ефективност на Община Кайнарджа 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на туризма в Oбщина Кайнарджа за периода 2014 - 2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Калояново 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Калояново</t>
+  </si>
+  <si>
+    <t>План за икономическо развитие на Община Каолиново</t>
+  </si>
+  <si>
+    <t>Каолиново</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за развитие на социалните услуги в Община Карлово 2010-2015 г.</t>
+  </si>
+  <si>
+    <t>Карлово</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Карлово 2007-2013 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Карнобат 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Карнобат</t>
+  </si>
+  <si>
+    <t>02-09-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Каспичан 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Каспичан</t>
+  </si>
+  <si>
+    <t>26-09-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Каспичан 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Кнежа за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Кнежа</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Кнежа за периода 2014–2020 година</t>
+  </si>
+  <si>
+    <t>28-03-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Ковачевци 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Ковачевци</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Ковачевци 2021-2027г.</t>
+  </si>
+  <si>
+    <t>22-06-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общинска програма за опазване на околната среда 2010-2013 г. на Община Козлодуй</t>
+  </si>
+  <si>
+    <t>Козлодуй</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на община Козлодуй за периода 2014 – 2020 година</t>
+  </si>
+  <si>
+    <t>Общински съвет - Козлодуй</t>
+  </si>
+  <si>
+    <t>24-09-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Козлодуй 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Програма за възобновяеми енергийни източници и биогорива в Община Козлодуй</t>
+  </si>
+  <si>
+    <t>26-02-2013 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Програма за поетапно решаване на проблемите, свързани с материалната база на общинските училища до 2015 г</t>
+  </si>
+  <si>
+    <t>Програма за развитие и насърчаване на физическото възпитание, спорта и социалния туризъм в Община Козлодуй 2012-2016 г.</t>
+  </si>
+  <si>
+    <t>26-02-2013 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Програма за развитие на образователната система в Община Козлодуй за 2010 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Програма за развитие на туризма за периода на 2008-2011 г. на територията на Община Козлодуй</t>
+  </si>
+  <si>
+    <t>Програма за управление на Община Козлодуй за периода 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост на Община Козлодуй 2012-2015 г.</t>
+  </si>
+  <si>
+    <t>21-02-2012 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост на Община Козлодуй за периода 2008 - 2011 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Копривщица 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Копривщица</t>
+  </si>
+  <si>
+    <t>20-07-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Копривщица 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Костенец 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Костенец</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Костенец 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за социални услуги на Община Костинброд 2011-2015г.</t>
+  </si>
+  <si>
+    <t>Костинброд</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Костинброд 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>17-12-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Програма за опазване на околната среда в Община Костинброд 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>27-12-2011 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Общински план за интегриране на ромите в Община Котел 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>Котел</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Котел за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Програма за развитие на туризма в Община Котел</t>
+  </si>
+  <si>
+    <t>29-08-2014 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Кочериново 2014 - 2020г. (сканиран файл)</t>
+  </si>
+  <si>
+    <t>Кочериново</t>
+  </si>
+  <si>
+    <t>18-08-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за развитие на социалните услуги в Община Криводол 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Криводол</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Криводол за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Криводол за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>30-07-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Кричим за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Кричим</t>
+  </si>
+  <si>
+    <t>19-07-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Крушари 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Крушари</t>
+  </si>
+  <si>
+    <t>26-02-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Актуализиран документ на Общински план за развитие на Община Кубрат за периода 2014-2020 година</t>
+  </si>
+  <si>
+    <t>Кубрат</t>
+  </si>
+  <si>
+    <t>24-03-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Кубрат 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>09-09-2020 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Кула (2014-2020 г.)</t>
+  </si>
+  <si>
+    <t>Кула</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Кула 2021-2027г.</t>
+  </si>
+  <si>
+    <t>26-05-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Кърджали за периода 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>25-04-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Кърджали 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Кюстендил 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>30-10-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Кюстендил 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Левски за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Левски</t>
+  </si>
+  <si>
+    <t>28-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Левски 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Община Летница. План за развитие на общината за периода 2014 - 2020 година</t>
+  </si>
+  <si>
+    <t>Летница</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Летница за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Интегриран план за градско развитие и възстановяване на град Ловеч за периода 2014-2020 година</t>
+  </si>
+  <si>
+    <t>25-07-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общинска програма за закрила на детето за 2016 година</t>
+  </si>
+  <si>
+    <t>31-03-2016 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Общински план за действие за интегриране на ромите и гражданите, живеещи в сходна на ромите ситуация в Община Ловеч за периода 2015-2020 година</t>
+  </si>
+  <si>
+    <t>28-01-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Ловеч 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>План за противодействие на тероризма на Община Ловеч</t>
+  </si>
+  <si>
+    <t>25-02-2016 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>План за развитие на социалните услуги в Община Ловеч през 2017 година</t>
+  </si>
+  <si>
+    <t>28-04-2016 - 31-12-2017</t>
+  </si>
+  <si>
+    <t>Програма за закрила и развитие на културните институти в Община Ловеч за периода 2014-2020 година</t>
+  </si>
+  <si>
+    <t>24-10-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Програма за младежки дейности в Община Ловеч за периода 2014-2020 година и План за изпълнение на Програмата за 2014 година</t>
+  </si>
+  <si>
+    <t>Програма за насърчаване на използването на енергия от възобновяеми източници и био горива за периода 2016-2019 година</t>
+  </si>
+  <si>
+    <t>25-02-2016 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Програма за развитие на читалищните дейности в Община Ловеч през 2016 година</t>
+  </si>
+  <si>
+    <t>28-01-2016 - 31-12-2016</t>
+  </si>
+  <si>
+    <t>Програма за управление на Община Ловеч през мандат 2015-2019 година</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост в Община Ловеч за периода 2016-2019 година</t>
+  </si>
+  <si>
+    <t>28-01-2016 - 31-12-2019</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Лозница 2014-2020</t>
+  </si>
+  <si>
+    <t>Лозница</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Лозница за периода 2021 г. - 2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Лом 2014-2020</t>
+  </si>
+  <si>
+    <t>Лом</t>
+  </si>
+  <si>
+    <t>21-08-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Лом 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>31-03-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за устойчива градска мобилност на община Лом 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>31-07-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Луковит за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Луковит</t>
+  </si>
+  <si>
+    <t>02-04-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Луковит 2021-2027г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Лъки 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Лъки</t>
+  </si>
+  <si>
+    <t>17-12-2020 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Любимец 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Любимец</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Лясковец 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Лясковец</t>
+  </si>
+  <si>
+    <t>28-08-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Лясковец за периода 2021 – 2027 г.</t>
+  </si>
+  <si>
+    <t>Стратегия</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Мадан за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Мадан</t>
+  </si>
+  <si>
+    <t>25-06-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Мадан за периода 2021 - 2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Макреш 2014-2020</t>
+  </si>
+  <si>
+    <t>Макреш</t>
+  </si>
+  <si>
+    <t>15-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Макреш 2021-2027г.</t>
+  </si>
+  <si>
+    <t>26-05-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на община Марица за периода 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>Марица</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост на Община Марица и правила за мониторинг и оценка на изпълнението й.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Медковец</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Медковец 2021-2027г.</t>
+  </si>
+  <si>
+    <t>27-01-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Oбщина Мездра 2014- 2020 г.</t>
+  </si>
+  <si>
+    <t>Мездра</t>
+  </si>
+  <si>
+    <t>Общинска програма за енергийна ефективност на Община Мизия 2010-2015 г.</t>
+  </si>
+  <si>
+    <t>Мизия</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Мизия 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Мирково 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Мирково</t>
+  </si>
+  <si>
+    <t>27-08-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Мирково 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на община Момчилград 2014-2020г.</t>
+  </si>
+  <si>
+    <t>Момчилград</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Момчилград за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Интегриран план за градско възстановяване и развитие на град Монтана</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Монтана за периода 2021 – 2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Невестино 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Невестино</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Невестино 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Несебър 2021 – 2027 г.</t>
+  </si>
+  <si>
+    <t>Несебър</t>
+  </si>
+  <si>
+    <t>05-08-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Николаево 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Николаево</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Никола Козлево за периода 2014-2020 година</t>
+  </si>
+  <si>
+    <t>Никола Козлево</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Никола Козлево 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Никопол за 2014 - 2020 година</t>
+  </si>
+  <si>
+    <t>Никопол</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Нова Загора 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Нова Загора</t>
+  </si>
+  <si>
+    <t>18-03-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Нови пазар 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Нови пазар</t>
+  </si>
+  <si>
+    <t>18-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Нови пазар (ПИРО) 2024-2027 г.</t>
+  </si>
+  <si>
+    <t>28-11-2024 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Ново село за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Ново село</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Ново село 2021-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Омуртаг 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Омуртаг</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Омуртаг 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>27-11-2020 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Община Опака. Общински план за развитие за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Опака</t>
+  </si>
+  <si>
+    <t>01-10-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Опака 2021-2027г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Опан за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Опан</t>
+  </si>
+  <si>
+    <t>Комуникационна стратегия на Община Оряхово</t>
+  </si>
+  <si>
+    <t>Оряхово</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Концепция на Стратегия за местно развитие на МИГ “Оряхово”</t>
+  </si>
+  <si>
+    <t>Общински план за превенция на корупцията в Община Оряхово за периоада 2009 - 2011 година</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Оряхово 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Оряхово за периода 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Павел баня за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Павел баня</t>
+  </si>
+  <si>
+    <t>24-06-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Павликени за периода 2014-2020 година</t>
+  </si>
+  <si>
+    <t>Павликени</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Павликени 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Перник 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Перник за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>08-06-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Перущица 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Перущица</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Петрич 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Петрич</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Пещера 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Пещера</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Пирдоп 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Пирдоп</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Пирдоп за периода 2021-2027г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Плевен за периода 2021 - 2027 г.</t>
+  </si>
+  <si>
+    <t>26-04-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Плевен за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Пловдив 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Полски Тръмбеш за периода 2014-2020 година</t>
+  </si>
+  <si>
+    <t>Полски Тръмбеш</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Полски Тръмбеш 2021-2027г.</t>
+  </si>
+  <si>
+    <t>21-04-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Поморие за 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Поморие</t>
+  </si>
+  <si>
+    <t>20-12-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Попово за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Попово</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Попово 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Пордим за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Пордим</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Пордим за периода 2021-2027г.</t>
+  </si>
+  <si>
+    <t>29-10-2020 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Правец 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Правец</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Правец за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Приморско 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Приморско</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Провадия 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Провадия</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Първомай за периода 2021 – 2027 г.</t>
+  </si>
+  <si>
+    <t>Първомай</t>
+  </si>
+  <si>
+    <t>30-09-2020 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Раднево 2014-2020</t>
+  </si>
+  <si>
+    <t>Раднево</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Раднево за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Радомир 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Радомир</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Радомир 2021-2027 година</t>
   </si>
   <si>
     <t>28-12-2023 - 31-12-2027</t>
   </si>
   <si>
-    <t>План за управление на риска от наводнения в Западнобеломорски район за басейново управление за периода 2022 - 2027 г.</t>
-[...350 lines deleted...]
-    <t>27-01-2021 - 31-12-2050</t>
+    <t>Общински план за развитие на Община Разград 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Разград за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Разлог 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Разлог</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Разлог 2021-2027г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Ракитово 2021 – 2027</t>
+  </si>
+  <si>
+    <t>Ракитово</t>
+  </si>
+  <si>
+    <t>26-01-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Рила 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Рила</t>
+  </si>
+  <si>
+    <t>25-09-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост на Община Рила 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Родопи 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Родопи</t>
+  </si>
+  <si>
+    <t>24-08-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Роман за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Роман</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Роман 2021-2027г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Рудозем 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Рудозем</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на община Руен 2014-2021 г.</t>
+  </si>
+  <si>
+    <t>Руен</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Руен 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>18-08-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Ружинци 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Ружинци</t>
+  </si>
+  <si>
+    <t>13-09-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Ружинци 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Русе за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>17-10-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Русе 2021-2027 г</t>
+  </si>
+  <si>
+    <t>14-07-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Самоков 2007-2013 г.</t>
+  </si>
+  <si>
+    <t>Самоков</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Самоков 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Самоков 2021-2027г.</t>
+  </si>
+  <si>
+    <t>21-12-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост в Община Самоков 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Самуил 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Самуил</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Самуил 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Сапарева баня 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Сапарева баня</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Сатовча 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Сатовча</t>
+  </si>
+  <si>
+    <t>27-02-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Свиленград 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Свиленград</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Свищов (2014-2020)</t>
+  </si>
+  <si>
+    <t>Свищов</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Свищов за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>20-10-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Своге 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Своге</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Своге за периода 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Община Севлиево. Общински план за развитие 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Севлиево</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Севлиево 2021-2027г.</t>
+  </si>
+  <si>
+    <t>26-02-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на община Септември за периода 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Септември</t>
+  </si>
+  <si>
+    <t>17-09-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Септември 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Силистра 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Силистра 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Симитли 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Симитли</t>
+  </si>
+  <si>
+    <t>20-11-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Симитли 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>01-07-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Ситово 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Ситово</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Ситово 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>31-08-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Концепция за пространствено развитие на Община Сливен за периода 2014-2025 г.</t>
+  </si>
+  <si>
+    <t>10-07-2014 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Общиснки план за развитие на Община Сливен 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Сливен за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост на Община Сливен 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Сливница 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Сливница</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Сливница 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие 2014-2020</t>
+  </si>
+  <si>
+    <t>Сливо поле</t>
+  </si>
+  <si>
+    <t>29-10-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Сливо поле 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Смолян 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>21-10-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Смядово 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Смядово</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Смядово 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Созопол за периода 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Созопол</t>
+  </si>
+  <si>
+    <t>27-10-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Средец 2021 – 2027 г.</t>
+  </si>
+  <si>
+    <t>Средец</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Стамболийски 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Стамболийски</t>
+  </si>
+  <si>
+    <t>31-05-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Политика за привличане на инвестиции и политика за развитие на техническата инфраструктура на Община Стамболийски за периода 2014 - 2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Стара Загора 2021-2027г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Столична община 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Столична община</t>
+  </si>
+  <si>
+    <t>25-11-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Стражица 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Стражица</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Стражица за периода 2021 – 2027 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Стралджа 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Стралджа</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Стрелча за периода 2014-2020</t>
+  </si>
+  <si>
+    <t>Стрелча</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Струмяни 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Струмяни</t>
+  </si>
+  <si>
+    <t>02-09-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Суворово за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Суворово</t>
+  </si>
+  <si>
+    <t>16-09-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Сунгурларе за периода 2021 - 2027 г.</t>
+  </si>
+  <si>
+    <t>Сунгурларе</t>
+  </si>
+  <si>
+    <t>31-10-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Актуализиран документ за изпълнение на Общинския план за развитие на Община Сухиндол за периода 2011-2013 г.</t>
+  </si>
+  <si>
+    <t>Сухиндол</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Сухиндол 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>15-08-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Сухиндол 2021-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Съединение 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Съединение</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Сърница 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Сърница</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Тервел 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Тервел</t>
+  </si>
+  <si>
+    <t>30-05-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Тервел 2021-2027г.</t>
+  </si>
+  <si>
+    <t>28-10-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Тетевен за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Тетевен</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Трекляно 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Трекляно</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Троян 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Троян</t>
+  </si>
+  <si>
+    <t>28-11-2013 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Троян 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>30-09-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Трън 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Трън</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Трявна 2021–2027 г.</t>
+  </si>
+  <si>
+    <t>Трявна</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Трявна за периода 2014-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Тунджа 2014 - 2020</t>
+  </si>
+  <si>
+    <t>Тунджа</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Тунджа за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>24-02-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Тутракан 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Тутракан</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Тутракан за периода 2014-2020</t>
+  </si>
+  <si>
+    <t>27-11-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Търговище 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Търговище 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Угърчин 2014- 2020</t>
+  </si>
+  <si>
+    <t>Угърчин</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Угърчин 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Хаджидимово 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Хаджидимово</t>
+  </si>
+  <si>
+    <t>29-01-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Хайредин за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Хайредин</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Хайредин (ПИРО) 2021-2027г.</t>
+  </si>
+  <si>
+    <t>25-04-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на община Харманли 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Харманли</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Харманли 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Хасково за периода 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>28-02-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Хасково 2021- 2027 г.</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Хитрино за периода 2021 – 2027 г.</t>
+  </si>
+  <si>
+    <t>Хитрино</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Хитрино 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общинска програмa за енергийна ефективност на Община Царево 2010 – 2015 година</t>
+  </si>
+  <si>
+    <t>Царево</t>
+  </si>
+  <si>
+    <t>Кмета на общината</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Царево 2021-2027г.</t>
+  </si>
+  <si>
+    <t>21-07-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Програма за развитие на туризма в Община Царево 2009 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Цал Калоян 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Цар Калоян</t>
+  </si>
+  <si>
+    <t>10-06-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Ценово 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Ценово</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Ценово за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>19-08-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Чавдар 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Чавдар</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Чавдар за периода 2021 – 2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Челопеч 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Челопеч</t>
+  </si>
+  <si>
+    <t>27-03-2015 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Чепеларе 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Чепеларе</t>
+  </si>
+  <si>
+    <t>Програма за устойчиво развитие на туризма в община Чепеларе 2011 - 2015г.</t>
+  </si>
+  <si>
+    <t>21-09-2011 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Актуализация на Общинския план за развитие на Община Червен бряг 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Червен бряг</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Чипровци 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Чипровци</t>
+  </si>
+  <si>
+    <t>23-07-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Чипровци 2021-2027г.</t>
+  </si>
+  <si>
+    <t>24-08-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Чирпан 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Чирпан</t>
+  </si>
+  <si>
+    <t>Община Чупрене. Общински план за развитие за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Чупрене</t>
+  </si>
+  <si>
+    <t>06-10-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Чупрене 2021-2027г.</t>
+  </si>
+  <si>
+    <t>26-03-2022 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Шабла 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Шабла</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Шабла 2021-2027г.</t>
+  </si>
+  <si>
+    <t>29-10-2021 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие 2014-2020 на Община Шумен</t>
+  </si>
+  <si>
+    <t>29-05-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Шумен за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Ябланица 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Ябланица</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Якимово 2015-2020 г.</t>
+  </si>
+  <si>
+    <t>Якимово</t>
+  </si>
+  <si>
+    <t>25-02-2016 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Якимово 2021-2027г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Якоруда 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Якоруда</t>
+  </si>
+  <si>
+    <t>12-09-2014 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Ямбол 2021-2027г.</t>
   </si>
   <si>
     <t>Интегрирана териториална стратегия за развитие на Северен централен район</t>
   </si>
   <si>
     <t>16-11-2022 - 31-12-2029</t>
   </si>
   <si>
     <t>Интегрирана териториална стратегия за развитие на Северозападен район</t>
   </si>
   <si>
     <t>Интегрирана териториална стратегия за развитие на Североизточен район</t>
   </si>
   <si>
     <t>Интегрирана териториална стратегия за развитие на Югозападен район</t>
   </si>
   <si>
     <t>Интегрирана териториална стратегия за развитие на Югоизточен район</t>
   </si>
   <si>
     <t>Интегрирана териториална стратегия за развитие на Южен централен район</t>
-  </si>
-[...3709 lines deleted...]
-    <t>План за интегрирано развитие на Община Ямбол 2021-2027г.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -5921,62 +5912,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1488" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1353" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1343" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1354" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/890" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/979" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1410" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/879" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1306" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/908" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/778" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/978" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1034" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/769" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/962" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1672" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1431" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1336" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1236" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1571" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/936" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/940" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1342" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1566" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1543" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1402" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/883" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1148" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1408" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/984" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/756" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1585" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/892" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/773" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1589" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/891" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/680" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/714" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1321" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/780" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/766" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/982" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/971" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1556" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/941" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1588" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1603" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1442" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1244" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/994" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1296" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1233" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/875" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1317" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1293" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1453" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1412" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/909" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1481" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1411" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1490" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/754" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1239" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1240" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/859" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1491" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/893" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1415" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/935" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1559" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1232" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/781" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1416" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/939" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1443" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1591" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/858" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1572" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1302" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1282" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1009" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/873" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1284" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1147" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1347" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1662" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1279" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/874" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1496" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1609" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1413" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1522" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/763" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1349" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1547" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/759" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/852" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/804" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/888" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/955" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/987" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1245" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1286" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1285" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1318" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1409" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1257" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/951" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/921" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/871" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1501" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/709" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/990" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1600" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1587" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1590" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1168" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1355" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/956" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1569" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/952" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1352" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1346" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1573" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1356" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1498" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1335" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/929" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1294" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1596" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/886" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/894" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/880" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1545" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1497" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1580" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1338" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1169" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1557" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1546" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1291" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/764" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1315" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/922" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1593" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/771" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1290" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/779" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/867" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1597" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/981" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1489" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1598" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1297" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1401" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1581" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/937" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/902" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/878" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1304" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1351" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1419" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1551" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1006" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/789" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1583" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1582" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1337" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1323" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1553" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1406" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/906" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/868" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1495" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/811" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/964" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1230" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/782" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1550" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/713" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/946" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/587" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/974" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1308" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1341" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1307" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1313" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1670" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/876" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1678" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1677" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1676" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1675" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/838" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/757" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/958" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1503" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1259" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/749" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/900" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/850" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/899" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/960" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1227" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1301" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1292" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1326" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1407" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1552" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/797" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1254" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1303" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1283" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1280" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/907" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/969" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1011" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/758" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1540" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/965" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1253" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1129" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1298" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/716" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/975" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1350" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1370" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/957" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1570" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1492" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/718" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1332" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1592" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/860" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/767" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/910" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/895" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/750" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1533" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/711" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/983" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1499" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/768" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1316" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/440" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1613" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1575" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1574" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1576" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1579" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1577" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1578" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/772" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1614" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/770" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/865" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/866" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/864" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/863" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/861" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/862" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1167" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/898" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/856" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1500" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/775" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/774" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1289" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/720" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/884" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/945" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1322" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/950" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/717" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/885" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/986" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1234" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1287" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1288" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1319" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1403" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1525" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/882" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/755" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/762" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1300" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1565" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1235" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1595" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/857" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/903" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1281" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/881" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/931" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/790" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1229" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1362" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1055" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1361" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/728" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1549" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/889" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1344" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1564" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1584" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/970" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/784" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/748" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/791" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1311" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1425" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/963" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/715" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1358" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1251" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1560" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1339" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1345" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1555" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1231" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/972" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1010" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/904" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/985" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1363" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1544" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/976" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1417" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1334" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/897" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/959" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1008" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1266" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1277" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1594" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1414" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1261" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/997" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/999" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/968" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1260" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/844" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/996" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/845" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/980" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1243" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/870" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/840" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1000" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/877" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1241" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/995" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/793" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1001" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1002" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1270" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1619" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1405" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1003" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1250" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/586" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1269" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1271" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1268" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1004" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/988" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/989" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1005" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1035" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1012" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1013" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1015" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1017" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1018" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1016" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1019" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1226" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/843" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1022" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1024" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1023" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1025" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/777" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1028" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1014" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1026" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1029" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1248" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/729" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/841" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1030" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1249" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1031" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1090" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/736" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/739" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1093" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/737" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/630" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/738" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1096" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1095" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/694" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/678" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1097" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1094" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/700" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1091" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1092" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/740" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1420" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/905" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1164" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1191" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1121" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1472" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1036" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1385" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1102" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/991" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1379" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1177" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1568" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1468" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1563" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1057" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1482" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/901" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1451" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1179" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1512" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1215" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1510" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1216" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1192" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1397" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1068" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1388" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1364" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1378" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1159" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1193" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1539" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1465" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1069" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1507" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1160" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1126" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1466" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1132" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1528" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1438" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1109" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1136" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1137" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1135" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1433" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1165" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1110" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1161" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1475" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1134" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1060" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1727" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1376" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/826" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/869" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1202" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1131" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1462" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/933" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/934" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1111" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1508" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1075" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1534" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1104" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1071" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1382" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1173" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1171" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1194" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1214" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1224" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1516" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/887" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1535" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/917" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1523" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1477" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1061" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1080" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/222" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1327" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1162" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1439" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/896" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1605" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1441" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/923" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/928" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/911" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1437" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/930" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1103" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1529" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1195" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1514" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1470" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1428" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1422" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1183" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1328" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1139" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1374" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1217" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1461" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1128" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1474" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1138" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1506" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1196" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/595" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1367" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1197" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1479" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/948" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1386" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1140" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1509" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1198" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1459" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/808" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1163" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1372" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1081" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1531" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1446" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1199" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1105" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1238" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1504" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/925" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/924" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/926" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/927" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1464" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1112" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1435" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1113" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1373" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1377" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1082" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1493" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/855" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1389" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/832" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/833" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/829" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1200" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1274" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1201" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1449" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1203" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/813" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/944" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/942" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/943" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1225" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1436" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1537" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1106" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1154" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1454" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1463" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1267" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1562" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1218" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1427" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1083" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1021" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1395" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1038" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1040" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1041" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1383" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1044" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1045" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1046" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1042" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1039" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1047" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1050" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1049" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1155" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1375" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/938" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1521" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1043" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1456" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1460" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1715" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1141" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1369" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1263" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1457" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1064" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1530" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/919" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/918" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1072" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1515" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/947" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1204" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1469" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1320" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1704" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1073" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1348" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1219" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1394" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1432" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1541" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1116" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1381" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1485" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1117" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1065" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1599" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1400" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1114" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1458" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1701" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1604" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1142" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1365" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1434" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1184" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1473" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1205" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1390" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1712" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1527" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1143" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1524" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1659" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1020" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1237" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1206" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1380" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1445" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1421" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1360" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1133" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1115" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1212" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1156" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1393" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1602" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1398" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1220" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/825" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1256" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1714" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1713" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1430" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1066" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/565" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1166" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1536" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1207" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1505" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1330" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1221" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1186" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1700" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1144" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1444" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1208" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1392" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1455" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1265" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1487" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1174" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1467" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1187" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1538" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1502" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/916" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/913" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1418" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/967" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1511" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1170" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1396" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1656" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1384" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1118" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1447" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1452" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1399" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1518" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1486" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1145" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1357" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1426" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1272" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1188" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1130" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1682" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1127" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1359" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1476" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1517" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1108" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1448" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1051" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1222" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1052" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1440" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1424" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1366" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1368" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1176" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1519" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1053" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/640" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1189" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1101" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1520" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1513" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1325" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1423" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1387" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1119" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1554" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1152" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1027" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1158" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/973" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1391" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1209" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1471" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/743" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1070" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1526" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1333" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1067" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1484" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1532" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1107" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1483" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1120" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1705" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1054" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1074" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1480" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1190" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1478" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1488" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1353" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1343" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1354" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/890" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/979" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1410" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/879" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1306" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/908" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/778" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/978" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1034" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/769" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/962" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1672" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1431" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1336" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1236" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1571" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/936" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/940" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1342" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1566" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1543" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1402" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/883" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1148" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1408" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/984" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/756" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1585" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/892" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/773" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1589" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/891" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/680" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/714" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1321" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/780" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/766" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/982" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/971" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1556" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/941" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1588" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1603" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1244" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1442" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/994" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1296" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1233" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/875" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1317" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1293" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1453" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1412" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/909" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1481" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1411" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1490" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/754" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1239" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1240" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1736" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/859" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1491" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/893" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1415" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1735" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/935" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1559" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1232" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/781" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1416" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/939" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1443" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1591" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/858" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1572" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1302" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1282" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1009" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/873" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1284" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1147" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1347" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1662" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1279" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/874" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1496" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1609" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1413" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1522" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/763" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1349" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1547" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/759" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/852" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/804" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/888" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/955" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/987" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1245" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1286" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1285" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1318" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1409" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1257" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/951" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/921" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/871" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1501" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/709" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/990" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1600" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1587" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1590" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1168" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1355" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/956" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1569" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/952" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1352" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1346" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1573" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1356" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1498" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1335" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/929" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1294" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1596" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/886" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/894" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/880" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1545" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1497" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1580" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1338" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1169" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1557" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1546" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1291" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/764" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1315" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/922" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1593" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/771" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1290" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/779" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/867" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1597" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/981" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1489" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1598" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1297" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1401" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1581" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/937" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/902" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/878" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1304" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1351" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1419" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1551" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1006" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/789" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1583" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1582" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1337" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1323" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1553" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1406" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/906" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/868" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1495" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/811" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/964" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1733" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/782" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1550" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/713" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/946" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/587" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/974" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1341" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1307" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1313" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/876" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/838" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/757" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/958" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1503" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1259" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/749" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/900" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/850" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/899" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/960" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1227" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1301" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1292" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1326" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1407" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1552" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/797" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1254" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1303" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1283" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1280" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/907" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/969" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1011" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/758" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1540" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/965" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1253" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1129" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1298" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/716" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/975" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1350" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1370" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/957" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1570" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1492" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/718" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1332" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1592" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/860" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/767" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/910" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/895" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/750" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1533" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/711" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/983" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1499" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/768" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1316" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/440" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1613" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/772" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1614" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/770" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/865" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/866" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/864" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/863" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/861" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/862" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1167" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/898" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/856" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1500" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/775" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/774" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1289" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/720" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/884" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/945" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1322" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/950" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/717" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/885" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/986" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1234" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1287" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1288" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1319" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1403" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1525" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/882" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/755" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/762" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1300" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1565" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1235" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1595" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/857" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/903" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1281" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/881" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/931" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/790" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1229" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1362" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1055" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1361" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/728" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1549" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/889" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1344" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1564" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1584" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/970" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/784" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/748" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/791" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1311" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1425" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/963" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/715" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1358" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1251" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1560" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1339" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1345" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1555" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1231" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/972" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1010" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/904" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/985" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1363" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1544" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/976" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1417" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1334" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/897" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/959" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1008" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1266" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1277" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1594" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1414" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1261" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/997" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/999" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/968" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1260" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/844" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/996" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/845" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/980" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1243" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/870" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/840" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1000" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/877" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1241" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/995" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/793" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1001" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1002" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1270" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1619" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1405" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1003" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1250" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/586" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1269" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1271" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1268" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1004" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/988" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/989" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1005" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1035" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1012" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1013" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1015" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1017" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1018" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1016" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1019" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1226" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/843" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1022" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1024" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1023" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1025" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/777" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1028" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1014" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1026" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1029" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1248" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/729" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/841" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1030" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1249" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1031" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1090" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/736" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/739" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1093" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/737" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/630" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/738" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1096" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1095" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/694" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/678" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1097" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1094" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/700" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1091" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1092" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/740" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1420" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/905" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1164" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1191" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1121" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1472" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1036" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1385" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1102" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/991" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1379" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1177" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1568" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1468" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1563" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1057" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1482" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/901" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1451" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1179" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1512" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1215" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1510" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1216" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1192" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1397" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1068" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1388" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1364" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1378" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1159" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1193" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1539" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1465" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1069" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1507" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1160" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1126" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1466" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1132" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1528" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1438" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1109" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1136" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1137" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1135" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1433" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1165" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1110" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1161" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1475" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1134" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1060" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1727" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1376" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/826" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/869" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1202" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1131" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1462" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/933" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/934" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1111" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1508" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1075" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1534" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1104" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1071" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1382" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1173" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1171" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1194" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1214" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1224" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1516" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/887" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1535" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/917" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1523" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1477" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1061" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1080" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/222" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1327" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1162" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1732" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1439" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/896" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1605" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1441" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/923" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/928" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/911" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1437" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/930" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1103" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1529" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1195" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1514" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1470" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1428" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1422" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1183" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1328" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1139" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1374" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1217" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1461" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1128" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1474" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1138" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1506" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1196" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/595" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1367" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1197" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1479" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/948" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1386" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1140" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1509" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1198" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1459" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/808" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1163" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1372" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1081" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1531" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1446" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1199" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1105" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1238" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1504" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/925" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/924" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/926" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/927" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1464" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1112" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1435" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1113" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1373" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1377" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1082" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1493" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/855" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1389" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/832" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/833" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/829" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1200" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1274" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1201" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1449" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1203" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/813" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/944" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/942" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/943" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1225" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1436" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1537" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1106" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1154" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1454" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1463" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1267" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1562" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1218" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1427" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1083" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1021" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1395" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1038" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1040" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1041" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1383" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1044" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1045" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1046" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1042" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1039" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1047" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1050" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1049" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1155" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1375" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/938" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1521" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1043" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1456" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1460" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1715" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1141" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1369" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1263" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1457" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1064" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1530" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/919" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/918" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1072" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1515" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/947" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1204" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1469" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1320" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1704" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1073" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1348" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1219" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1394" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1432" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1541" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1116" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1381" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1485" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1117" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1065" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1599" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1400" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1114" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1458" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1701" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1604" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1142" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1365" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1434" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1184" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1473" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1205" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1390" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1712" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1527" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1143" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1524" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1659" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1020" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1237" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1206" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1380" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1445" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1421" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1360" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1133" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1115" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1212" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1156" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1393" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1602" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1398" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1220" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/825" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1256" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1714" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1713" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1430" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1066" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/565" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1166" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1536" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1207" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1505" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1330" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1221" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1186" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1700" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1144" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1444" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1208" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1392" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1455" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1265" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1487" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1174" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1467" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1187" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1538" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1502" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/916" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/913" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1418" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/967" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1511" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1170" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1396" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1656" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1384" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1118" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1447" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1452" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1399" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1518" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1486" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1145" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1357" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1426" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1272" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1188" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1130" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1682" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1127" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1359" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1476" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1517" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1108" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1448" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1051" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1222" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1052" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1440" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1424" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1366" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1368" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1176" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1519" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1053" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/640" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1189" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1101" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1520" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1513" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1325" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1423" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1387" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1119" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1554" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1152" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1027" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1158" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/973" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1391" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1209" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1471" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/743" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1070" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1526" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1333" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1067" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1532" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1484" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1107" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1483" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1120" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1705" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1054" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1074" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1480" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1190" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1478" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1575" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1574" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1576" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1579" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1577" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1578" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F930"/>
+  <dimension ref="A1:F927"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A930" sqref="A930"/>
+      <selection activeCell="A927" sqref="A927"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="298.356" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
@@ -7525,17043 +7516,16983 @@
     <row r="80" spans="1:6">
       <c r="A80" s="4" t="s">
         <v>170</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
         <v>127</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B81" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
         <v>127</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
         <v>127</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
         <v>127</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
         <v>127</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
         <v>127</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B86" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
         <v>127</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
         <v>127</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="4" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
         <v>127</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="4" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
         <v>127</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="4" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
         <v>127</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
         <v>127</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
         <v>127</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>141</v>
+        <v>194</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="4" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
         <v>127</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="4" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
         <v>127</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>196</v>
+        <v>141</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
         <v>127</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
         <v>127</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="4" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
         <v>127</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>204</v>
+        <v>127</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="4" t="s">
         <v>206</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>204</v>
+        <v>127</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="4" t="s">
         <v>208</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="4" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="4" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="4" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="4" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>10</v>
       </c>
       <c r="D107" t="s">
-        <v>223</v>
+        <v>209</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="4" t="s">
         <v>225</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>10</v>
       </c>
       <c r="D108" t="s">
-        <v>223</v>
+        <v>209</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="4" t="s">
         <v>227</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>10</v>
       </c>
       <c r="D109" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>10</v>
       </c>
       <c r="D110" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>10</v>
       </c>
       <c r="D111" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>10</v>
       </c>
       <c r="D112" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="4" t="s">
         <v>236</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>10</v>
       </c>
       <c r="D113" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="4" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>10</v>
       </c>
       <c r="D114" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="4" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>10</v>
       </c>
       <c r="D115" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="4" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>10</v>
       </c>
       <c r="D116" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="4" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>10</v>
       </c>
       <c r="D117" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="4" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="4" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>10</v>
       </c>
       <c r="D119" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>10</v>
       </c>
       <c r="D120" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="4" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>10</v>
       </c>
       <c r="D121" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="4" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>10</v>
       </c>
       <c r="D122" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="4" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>10</v>
       </c>
       <c r="D123" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>10</v>
       </c>
       <c r="D124" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="4" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B125" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>10</v>
       </c>
       <c r="D125" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="4" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>10</v>
       </c>
       <c r="D126" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="4" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B127" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="C127" t="s">
         <v>10</v>
       </c>
       <c r="D127" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="4" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>10</v>
       </c>
       <c r="D128" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="4" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>10</v>
       </c>
       <c r="D129" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>10</v>
       </c>
       <c r="D130" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="4" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>10</v>
       </c>
       <c r="D131" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="4" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>10</v>
       </c>
       <c r="D132" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="4" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>10</v>
       </c>
       <c r="D133" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="4" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>10</v>
       </c>
       <c r="D134" t="s">
-        <v>279</v>
+        <v>237</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="4" t="s">
         <v>281</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>10</v>
       </c>
       <c r="D135" t="s">
-        <v>279</v>
+        <v>237</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="4" t="s">
         <v>283</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>10</v>
       </c>
       <c r="D136" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="4" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>10</v>
       </c>
       <c r="D137" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="4" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>10</v>
       </c>
       <c r="D138" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="E138" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="4" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>10</v>
       </c>
       <c r="D139" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="4" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>10</v>
       </c>
       <c r="D140" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="E140" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F140" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="4" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>10</v>
       </c>
       <c r="D141" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="4" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>10</v>
       </c>
       <c r="D142" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="4" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>10</v>
       </c>
       <c r="D143" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>10</v>
+      </c>
+      <c r="D144" t="s">
         <v>299</v>
       </c>
-      <c r="B144" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="4" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>10</v>
       </c>
       <c r="D145" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="4" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>10</v>
       </c>
       <c r="D146" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="4" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>10</v>
       </c>
       <c r="D147" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="4" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>10</v>
       </c>
       <c r="D148" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="F148" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="4" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>10</v>
       </c>
       <c r="D149" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="4" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>10</v>
       </c>
       <c r="D150" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="4" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>10</v>
       </c>
       <c r="D151" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="4" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B152" t="s">
-        <v>316</v>
+        <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>10</v>
       </c>
       <c r="D152" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="4" t="s">
         <v>318</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>10</v>
       </c>
       <c r="D153" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B154" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="C154" t="s">
         <v>10</v>
       </c>
       <c r="D154" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="F154" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="4" t="s">
         <v>322</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>10</v>
       </c>
       <c r="D155" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="F155" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="4" t="s">
         <v>324</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>10</v>
       </c>
       <c r="D156" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="4" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>10</v>
       </c>
       <c r="D157" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>15</v>
+        <v>327</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="4" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>10</v>
       </c>
       <c r="D158" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="4" t="s">
         <v>328</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>10</v>
       </c>
       <c r="D159" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>327</v>
+        <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="4" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>10</v>
       </c>
       <c r="D160" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>10</v>
+      </c>
+      <c r="D161" t="s">
+        <v>299</v>
+      </c>
+      <c r="E161" t="s">
+        <v>12</v>
+      </c>
+      <c r="F161" t="s">
         <v>331</v>
-      </c>
-[...13 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>10</v>
+      </c>
+      <c r="D162" t="s">
+        <v>299</v>
+      </c>
+      <c r="E162" t="s">
+        <v>12</v>
+      </c>
+      <c r="F162" t="s">
         <v>334</v>
-      </c>
-[...13 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="B163" t="s">
         <v>336</v>
       </c>
-      <c r="B163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" t="s">
         <v>10</v>
       </c>
       <c r="D163" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>237</v>
+        <v>337</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="4" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>10</v>
       </c>
       <c r="D164" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="4" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B165" t="s">
-        <v>316</v>
+        <v>172</v>
       </c>
       <c r="C165" t="s">
         <v>10</v>
       </c>
       <c r="D165" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
-        <v>340</v>
+        <v>242</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="4" t="s">
         <v>341</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>10</v>
       </c>
       <c r="D166" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="4" t="s">
         <v>343</v>
       </c>
       <c r="B167" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="C167" t="s">
         <v>10</v>
       </c>
       <c r="D167" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="4" t="s">
         <v>345</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>10</v>
       </c>
       <c r="D168" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="F168" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="4" t="s">
         <v>347</v>
       </c>
       <c r="B169" t="s">
-        <v>332</v>
+        <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>10</v>
       </c>
       <c r="D169" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="F169" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="4" t="s">
         <v>349</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>10</v>
       </c>
       <c r="D170" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="4" t="s">
         <v>351</v>
       </c>
       <c r="B171" t="s">
-        <v>9</v>
+        <v>336</v>
       </c>
       <c r="C171" t="s">
         <v>10</v>
       </c>
       <c r="D171" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="F171" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="4" t="s">
         <v>353</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>10</v>
       </c>
       <c r="D172" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="F172" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="4" t="s">
         <v>355</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>10</v>
       </c>
       <c r="D173" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="4" t="s">
         <v>357</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>10</v>
       </c>
       <c r="D174" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="F174" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="4" t="s">
         <v>359</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>10</v>
       </c>
       <c r="D175" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E175" t="s">
         <v>12</v>
       </c>
       <c r="F175" t="s">
-        <v>179</v>
+        <v>360</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="4" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>10</v>
       </c>
       <c r="D176" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E176" t="s">
         <v>12</v>
       </c>
       <c r="F176" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="4" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>10</v>
       </c>
       <c r="D177" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E177" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F177" t="s">
-        <v>363</v>
+        <v>184</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="4" t="s">
         <v>364</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>10</v>
       </c>
       <c r="D178" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="4" t="s">
         <v>366</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>10</v>
       </c>
       <c r="D179" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E179" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F179" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="4" t="s">
         <v>368</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>10</v>
       </c>
       <c r="D180" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
       <c r="F180" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="4" t="s">
         <v>370</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>10</v>
       </c>
       <c r="D181" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="F181" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="4" t="s">
         <v>372</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>10</v>
       </c>
       <c r="D182" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="4" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>10</v>
       </c>
       <c r="D183" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="4" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>10</v>
       </c>
       <c r="D184" t="s">
-        <v>376</v>
+        <v>299</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="F184" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>10</v>
+      </c>
+      <c r="D185" t="s">
+        <v>299</v>
+      </c>
+      <c r="E185" t="s">
+        <v>12</v>
+      </c>
+      <c r="F185" t="s">
         <v>378</v>
-      </c>
-[...13 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="4" t="s">
+        <v>379</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>10</v>
+      </c>
+      <c r="D186" t="s">
         <v>380</v>
-      </c>
-[...7 lines deleted...]
-        <v>376</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="4" t="s">
         <v>382</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>10</v>
       </c>
       <c r="D187" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="4" t="s">
         <v>384</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>10</v>
       </c>
       <c r="D188" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
       <c r="F188" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="4" t="s">
         <v>386</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>10</v>
       </c>
       <c r="D189" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="F189" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="4" t="s">
         <v>388</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>10</v>
       </c>
       <c r="D190" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="4" t="s">
         <v>390</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>10</v>
       </c>
       <c r="D191" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
       <c r="F191" t="s">
-        <v>177</v>
+        <v>391</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="4" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B192" t="s">
-        <v>332</v>
+        <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>10</v>
       </c>
       <c r="D192" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="4" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>10</v>
       </c>
       <c r="D193" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E193" t="s">
         <v>12</v>
       </c>
       <c r="F193" t="s">
-        <v>394</v>
+        <v>180</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="4" t="s">
         <v>395</v>
       </c>
       <c r="B194" t="s">
-        <v>9</v>
+        <v>336</v>
       </c>
       <c r="C194" t="s">
         <v>10</v>
       </c>
       <c r="D194" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="F194" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="4" t="s">
         <v>397</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>10</v>
       </c>
       <c r="D195" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E195" t="s">
         <v>12</v>
       </c>
       <c r="F195" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="4" t="s">
         <v>399</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>10</v>
       </c>
       <c r="D196" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E196" t="s">
         <v>12</v>
       </c>
       <c r="F196" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="4" t="s">
         <v>401</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>10</v>
       </c>
       <c r="D197" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E197" t="s">
         <v>12</v>
       </c>
       <c r="F197" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="4" t="s">
         <v>403</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>10</v>
       </c>
       <c r="D198" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E198" t="s">
         <v>12</v>
       </c>
       <c r="F198" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="4" t="s">
         <v>405</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>10</v>
       </c>
       <c r="D199" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E199" t="s">
         <v>12</v>
       </c>
       <c r="F199" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="4" t="s">
         <v>407</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>10</v>
       </c>
       <c r="D200" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
       <c r="F200" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="4" t="s">
         <v>409</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>10</v>
       </c>
       <c r="D201" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E201" t="s">
         <v>12</v>
       </c>
       <c r="F201" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="4" t="s">
         <v>411</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>10</v>
       </c>
       <c r="D202" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="F202" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="4" t="s">
         <v>413</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>10</v>
       </c>
       <c r="D203" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E203" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F203" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="4" t="s">
         <v>415</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>10</v>
       </c>
       <c r="D204" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E204" t="s">
         <v>12</v>
       </c>
       <c r="F204" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="4" t="s">
         <v>417</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>10</v>
       </c>
       <c r="D205" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E205" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F205" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="4" t="s">
         <v>419</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>10</v>
       </c>
       <c r="D206" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E206" t="s">
         <v>12</v>
       </c>
       <c r="F206" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="4" t="s">
         <v>421</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>10</v>
       </c>
       <c r="D207" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E207" t="s">
         <v>12</v>
       </c>
       <c r="F207" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="4" t="s">
         <v>423</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>10</v>
       </c>
       <c r="D208" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E208" t="s">
         <v>12</v>
       </c>
       <c r="F208" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="4" t="s">
         <v>425</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>10</v>
       </c>
       <c r="D209" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E209" t="s">
         <v>12</v>
       </c>
       <c r="F209" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="4" t="s">
         <v>427</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>10</v>
       </c>
       <c r="D210" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E210" t="s">
         <v>12</v>
       </c>
       <c r="F210" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="4" t="s">
         <v>429</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>10</v>
       </c>
       <c r="D211" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E211" t="s">
         <v>12</v>
       </c>
       <c r="F211" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="4" t="s">
         <v>431</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>10</v>
       </c>
       <c r="D212" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="F212" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="4" t="s">
         <v>433</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>10</v>
       </c>
       <c r="D213" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="4" t="s">
         <v>435</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>10</v>
       </c>
       <c r="D214" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="F214" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="4" t="s">
         <v>437</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>10</v>
       </c>
       <c r="D215" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="4" t="s">
         <v>439</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>10</v>
       </c>
       <c r="D216" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="F216" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="4" t="s">
         <v>441</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>10</v>
       </c>
       <c r="D217" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E217" t="s">
         <v>12</v>
       </c>
       <c r="F217" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="4" t="s">
         <v>443</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>10</v>
       </c>
       <c r="D218" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E218" t="s">
         <v>12</v>
       </c>
       <c r="F218" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="4" t="s">
         <v>445</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>10</v>
       </c>
       <c r="D219" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E219" t="s">
         <v>12</v>
       </c>
       <c r="F219" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="4" t="s">
         <v>447</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>10</v>
       </c>
       <c r="D220" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E220" t="s">
         <v>12</v>
       </c>
       <c r="F220" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="4" t="s">
         <v>449</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>10</v>
       </c>
       <c r="D221" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E221" t="s">
         <v>12</v>
       </c>
       <c r="F221" t="s">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="4" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>10</v>
       </c>
       <c r="D222" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E222" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F222" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="4" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>10</v>
       </c>
       <c r="D223" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E223" t="s">
         <v>12</v>
       </c>
       <c r="F223" t="s">
-        <v>402</v>
+        <v>280</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="4" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>10</v>
       </c>
       <c r="D224" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E224" t="s">
         <v>46</v>
       </c>
       <c r="F224" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="4" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>10</v>
       </c>
       <c r="D225" t="s">
-        <v>456</v>
+        <v>380</v>
       </c>
       <c r="E225" t="s">
         <v>12</v>
       </c>
       <c r="F225" t="s">
-        <v>457</v>
+        <v>406</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>10</v>
+      </c>
+      <c r="D226" t="s">
+        <v>380</v>
+      </c>
+      <c r="E226" t="s">
+        <v>46</v>
+      </c>
+      <c r="F226" t="s">
         <v>458</v>
-      </c>
-[...13 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="B227" t="s">
+        <v>172</v>
+      </c>
+      <c r="C227" t="s">
+        <v>10</v>
+      </c>
+      <c r="D227" t="s">
         <v>460</v>
-      </c>
-[...7 lines deleted...]
-        <v>456</v>
       </c>
       <c r="E227" t="s">
         <v>12</v>
       </c>
       <c r="F227" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="4" t="s">
         <v>462</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>10</v>
       </c>
       <c r="D228" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E228" t="s">
         <v>12</v>
       </c>
       <c r="F228" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="4" t="s">
         <v>464</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>10</v>
       </c>
       <c r="D229" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E229" t="s">
         <v>12</v>
       </c>
       <c r="F229" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="4" t="s">
         <v>466</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>10</v>
       </c>
       <c r="D230" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E230" t="s">
         <v>12</v>
       </c>
       <c r="F230" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="4" t="s">
         <v>468</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>10</v>
       </c>
       <c r="D231" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E231" t="s">
         <v>12</v>
       </c>
       <c r="F231" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="4" t="s">
         <v>470</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>10</v>
       </c>
       <c r="D232" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E232" t="s">
         <v>12</v>
       </c>
       <c r="F232" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="4" t="s">
         <v>472</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>10</v>
       </c>
       <c r="D233" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E233" t="s">
         <v>12</v>
       </c>
       <c r="F233" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="4" t="s">
         <v>474</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>10</v>
       </c>
       <c r="D234" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E234" t="s">
         <v>12</v>
       </c>
       <c r="F234" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="4" t="s">
         <v>476</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>10</v>
       </c>
       <c r="D235" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E235" t="s">
         <v>12</v>
       </c>
       <c r="F235" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="4" t="s">
         <v>478</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>10</v>
       </c>
       <c r="D236" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E236" t="s">
         <v>12</v>
       </c>
       <c r="F236" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="4" t="s">
         <v>480</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>10</v>
       </c>
       <c r="D237" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E237" t="s">
         <v>46</v>
       </c>
       <c r="F237" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="4" t="s">
         <v>482</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>10</v>
       </c>
       <c r="D238" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E238" t="s">
         <v>12</v>
       </c>
       <c r="F238" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="4" t="s">
         <v>484</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>10</v>
       </c>
       <c r="D239" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E239" t="s">
         <v>12</v>
       </c>
       <c r="F239" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="4" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>10</v>
       </c>
       <c r="D240" t="s">
-        <v>456</v>
+        <v>487</v>
       </c>
       <c r="E240" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F240" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="4" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>10</v>
       </c>
       <c r="D241" t="s">
-        <v>456</v>
+        <v>487</v>
       </c>
       <c r="E241" t="s">
         <v>12</v>
       </c>
       <c r="F241" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="4" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>10</v>
       </c>
       <c r="D242" t="s">
-        <v>456</v>
+        <v>487</v>
       </c>
       <c r="E242" t="s">
         <v>12</v>
       </c>
       <c r="F242" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="4" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>10</v>
       </c>
       <c r="D243" t="s">
-        <v>456</v>
+        <v>487</v>
       </c>
       <c r="E243" t="s">
         <v>12</v>
       </c>
       <c r="F243" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="4" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
         <v>10</v>
       </c>
       <c r="D244" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E244" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F244" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="4" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>10</v>
       </c>
       <c r="D245" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E245" t="s">
         <v>12</v>
       </c>
       <c r="F245" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="4" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>10</v>
       </c>
       <c r="D246" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E246" t="s">
         <v>12</v>
       </c>
       <c r="F246" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="4" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>10</v>
       </c>
       <c r="D247" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E247" t="s">
         <v>12</v>
       </c>
       <c r="F247" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="4" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>10</v>
       </c>
       <c r="D248" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E248" t="s">
         <v>12</v>
       </c>
       <c r="F248" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="4" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>10</v>
       </c>
       <c r="D249" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E249" t="s">
         <v>12</v>
       </c>
       <c r="F249" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="4" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>10</v>
       </c>
       <c r="D250" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E250" t="s">
         <v>12</v>
       </c>
       <c r="F250" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="4" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>10</v>
       </c>
       <c r="D251" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="F251" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="4" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>10</v>
       </c>
       <c r="D252" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E252" t="s">
         <v>12</v>
       </c>
       <c r="F252" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="4" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>10</v>
       </c>
       <c r="D253" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E253" t="s">
         <v>12</v>
       </c>
       <c r="F253" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="4" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>10</v>
       </c>
       <c r="D254" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
       <c r="F254" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="4" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>10</v>
       </c>
       <c r="D255" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E255" t="s">
         <v>12</v>
       </c>
       <c r="F255" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="4" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>10</v>
       </c>
       <c r="D256" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E256" t="s">
         <v>12</v>
       </c>
       <c r="F256" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="4" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
         <v>10</v>
       </c>
       <c r="D257" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E257" t="s">
         <v>12</v>
       </c>
       <c r="F257" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="4" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
         <v>10</v>
       </c>
       <c r="D258" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E258" t="s">
         <v>12</v>
       </c>
       <c r="F258" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="4" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>10</v>
       </c>
       <c r="D259" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E259" t="s">
         <v>12</v>
       </c>
       <c r="F259" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="4" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>10</v>
       </c>
       <c r="D260" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E260" t="s">
         <v>12</v>
       </c>
       <c r="F260" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="4" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>10</v>
       </c>
       <c r="D261" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="4" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>10</v>
       </c>
       <c r="D262" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E262" t="s">
         <v>12</v>
       </c>
       <c r="F262" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="4" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
         <v>10</v>
       </c>
       <c r="D263" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E263" t="s">
         <v>12</v>
       </c>
       <c r="F263" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="4" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>10</v>
       </c>
       <c r="D264" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E264" t="s">
         <v>12</v>
       </c>
       <c r="F264" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="4" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>10</v>
       </c>
       <c r="D265" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="F265" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="4" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
         <v>10</v>
       </c>
       <c r="D266" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E266" t="s">
         <v>12</v>
       </c>
       <c r="F266" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="4" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>10</v>
       </c>
       <c r="D267" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="F267" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="4" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
         <v>10</v>
       </c>
       <c r="D268" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E268" t="s">
         <v>12</v>
       </c>
       <c r="F268" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="4" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>10</v>
       </c>
       <c r="D269" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="4" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
         <v>10</v>
       </c>
       <c r="D270" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E270" t="s">
         <v>12</v>
       </c>
       <c r="F270" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="4" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>10</v>
       </c>
       <c r="D271" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E271" t="s">
         <v>12</v>
       </c>
       <c r="F271" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="4" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>10</v>
       </c>
       <c r="D272" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="F272" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="4" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>10</v>
       </c>
       <c r="D273" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
       <c r="F273" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="4" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>10</v>
       </c>
       <c r="D274" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="4" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
         <v>10</v>
       </c>
       <c r="D275" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E275" t="s">
         <v>12</v>
       </c>
       <c r="F275" t="s">
-        <v>555</v>
+        <v>404</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="4" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
         <v>10</v>
       </c>
       <c r="D276" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E276" t="s">
         <v>12</v>
       </c>
       <c r="F276" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="4" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
         <v>10</v>
       </c>
       <c r="D277" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E277" t="s">
         <v>12</v>
       </c>
       <c r="F277" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="4" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>10</v>
       </c>
       <c r="D278" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E278" t="s">
         <v>12</v>
       </c>
       <c r="F278" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="4" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
         <v>10</v>
       </c>
       <c r="D279" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E279" t="s">
         <v>12</v>
       </c>
       <c r="F279" t="s">
-        <v>400</v>
+        <v>564</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="4" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
         <v>10</v>
       </c>
       <c r="D280" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E280" t="s">
         <v>12</v>
       </c>
       <c r="F280" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="4" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
         <v>10</v>
       </c>
       <c r="D281" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
       <c r="F281" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="4" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
         <v>10</v>
       </c>
       <c r="D282" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E282" t="s">
         <v>12</v>
       </c>
       <c r="F282" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="4" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
         <v>10</v>
       </c>
       <c r="D283" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E283" t="s">
         <v>12</v>
       </c>
       <c r="F283" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="4" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
         <v>10</v>
       </c>
       <c r="D284" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E284" t="s">
         <v>12</v>
       </c>
       <c r="F284" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="4" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
         <v>10</v>
       </c>
       <c r="D285" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E285" t="s">
         <v>12</v>
       </c>
       <c r="F285" t="s">
-        <v>574</v>
+        <v>278</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="4" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
         <v>10</v>
       </c>
       <c r="D286" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E286" t="s">
         <v>12</v>
       </c>
       <c r="F286" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="4" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
         <v>10</v>
       </c>
       <c r="D287" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E287" t="s">
         <v>12</v>
       </c>
       <c r="F287" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="4" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
         <v>10</v>
       </c>
       <c r="D288" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E288" t="s">
         <v>12</v>
       </c>
       <c r="F288" t="s">
-        <v>580</v>
+        <v>55</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="4" t="s">
         <v>581</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
         <v>10</v>
       </c>
       <c r="D289" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E289" t="s">
         <v>12</v>
       </c>
       <c r="F289" t="s">
-        <v>273</v>
+        <v>582</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="4" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
         <v>10</v>
       </c>
       <c r="D290" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E290" t="s">
         <v>12</v>
       </c>
       <c r="F290" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="4" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
         <v>10</v>
       </c>
       <c r="D291" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E291" t="s">
         <v>12</v>
       </c>
       <c r="F291" t="s">
-        <v>585</v>
+        <v>121</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="4" t="s">
         <v>586</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
         <v>10</v>
       </c>
       <c r="D292" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E292" t="s">
         <v>12</v>
       </c>
       <c r="F292" t="s">
-        <v>55</v>
+        <v>587</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="4" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
         <v>10</v>
       </c>
       <c r="D293" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E293" t="s">
         <v>12</v>
       </c>
       <c r="F293" t="s">
-        <v>588</v>
+        <v>574</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="4" t="s">
         <v>589</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
         <v>10</v>
       </c>
       <c r="D294" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E294" t="s">
         <v>12</v>
       </c>
       <c r="F294" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="4" t="s">
         <v>591</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
         <v>10</v>
       </c>
       <c r="D295" t="s">
-        <v>493</v>
+        <v>592</v>
       </c>
       <c r="E295" t="s">
         <v>12</v>
       </c>
       <c r="F295" t="s">
-        <v>121</v>
+        <v>593</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="4" t="s">
+        <v>594</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>10</v>
+      </c>
+      <c r="D296" t="s">
         <v>592</v>
       </c>
-      <c r="B296" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E296" t="s">
         <v>12</v>
       </c>
       <c r="F296" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="4" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
         <v>10</v>
       </c>
       <c r="D297" t="s">
-        <v>493</v>
+        <v>592</v>
       </c>
       <c r="E297" t="s">
         <v>12</v>
       </c>
       <c r="F297" t="s">
-        <v>580</v>
+        <v>597</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="4" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
         <v>10</v>
       </c>
       <c r="D298" t="s">
-        <v>493</v>
+        <v>592</v>
       </c>
       <c r="E298" t="s">
         <v>12</v>
       </c>
       <c r="F298" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="4" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
         <v>10</v>
       </c>
       <c r="D299" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E299" t="s">
         <v>12</v>
       </c>
       <c r="F299" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="4" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
         <v>10</v>
       </c>
       <c r="D300" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E300" t="s">
         <v>12</v>
       </c>
       <c r="F300" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="4" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
         <v>10</v>
       </c>
       <c r="D301" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E301" t="s">
         <v>12</v>
       </c>
       <c r="F301" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="4" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
         <v>10</v>
       </c>
       <c r="D302" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E302" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F302" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="4" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>10</v>
       </c>
       <c r="D303" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E303" t="s">
         <v>12</v>
       </c>
       <c r="F303" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="4" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>10</v>
       </c>
       <c r="D304" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E304" t="s">
         <v>12</v>
       </c>
       <c r="F304" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="4" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>10</v>
       </c>
       <c r="D305" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E305" t="s">
         <v>12</v>
       </c>
       <c r="F305" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="4" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>10</v>
       </c>
       <c r="D306" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E306" t="s">
         <v>12</v>
       </c>
       <c r="F306" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>10</v>
+      </c>
+      <c r="D307" t="s">
+        <v>592</v>
+      </c>
+      <c r="E307" t="s">
+        <v>12</v>
+      </c>
+      <c r="F307" t="s">
         <v>609</v>
-      </c>
-[...13 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="4" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>10</v>
       </c>
       <c r="D308" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E308" t="s">
         <v>12</v>
       </c>
       <c r="F308" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="4" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>10</v>
       </c>
       <c r="D309" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E309" t="s">
         <v>12</v>
       </c>
       <c r="F309" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="4" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>10</v>
       </c>
       <c r="D310" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="E310" t="s">
         <v>12</v>
       </c>
       <c r="F310" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="4" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>10</v>
       </c>
       <c r="D311" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="E311" t="s">
         <v>12</v>
       </c>
       <c r="F311" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="4" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>10</v>
       </c>
       <c r="D312" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="E312" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F312" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="4" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>10</v>
       </c>
       <c r="D313" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="E313" t="s">
         <v>12</v>
       </c>
       <c r="F313" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="4" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>10</v>
       </c>
       <c r="D314" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="E314" t="s">
         <v>12</v>
       </c>
       <c r="F314" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="4" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>10</v>
       </c>
       <c r="D315" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="E315" t="s">
         <v>12</v>
       </c>
       <c r="F315" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="4" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>10</v>
       </c>
       <c r="D316" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="E316" t="s">
         <v>12</v>
       </c>
       <c r="F316" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="4" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>10</v>
       </c>
       <c r="D317" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="E317" t="s">
         <v>12</v>
       </c>
       <c r="F317" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="4" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>10</v>
       </c>
       <c r="D318" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="E318" t="s">
         <v>12</v>
       </c>
       <c r="F318" t="s">
-        <v>622</v>
+        <v>634</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="4" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>10</v>
       </c>
       <c r="D319" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="E319" t="s">
         <v>12</v>
       </c>
       <c r="F319" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="4" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>10</v>
       </c>
       <c r="D320" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="E320" t="s">
         <v>12</v>
       </c>
       <c r="F320" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="4" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>10</v>
       </c>
       <c r="D321" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E321" t="s">
         <v>12</v>
       </c>
       <c r="F321" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="4" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>10</v>
       </c>
       <c r="D322" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E322" t="s">
         <v>12</v>
       </c>
       <c r="F322" t="s">
-        <v>636</v>
+        <v>566</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="4" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>10</v>
       </c>
       <c r="D323" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E323" t="s">
         <v>12</v>
       </c>
       <c r="F323" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="4" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>10</v>
       </c>
       <c r="D324" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E324" t="s">
         <v>12</v>
       </c>
       <c r="F324" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="4" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>10</v>
       </c>
       <c r="D325" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E325" t="s">
         <v>12</v>
       </c>
       <c r="F325" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="4" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
         <v>10</v>
       </c>
       <c r="D326" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E326" t="s">
         <v>12</v>
       </c>
       <c r="F326" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="4" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
         <v>10</v>
       </c>
       <c r="D327" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E327" t="s">
         <v>12</v>
       </c>
       <c r="F327" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="4" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
         <v>10</v>
       </c>
       <c r="D328" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E328" t="s">
         <v>12</v>
       </c>
       <c r="F328" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="4" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>10</v>
       </c>
       <c r="D329" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E329" t="s">
         <v>12</v>
       </c>
       <c r="F329" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="4" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>10</v>
       </c>
       <c r="D330" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E330" t="s">
         <v>12</v>
       </c>
       <c r="F330" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="4" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>10</v>
       </c>
       <c r="D331" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E331" t="s">
         <v>12</v>
       </c>
       <c r="F331" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="4" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
         <v>10</v>
       </c>
       <c r="D332" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E332" t="s">
         <v>12</v>
       </c>
       <c r="F332" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="4" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
         <v>10</v>
       </c>
       <c r="D333" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E333" t="s">
         <v>12</v>
       </c>
       <c r="F333" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="4" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>10</v>
       </c>
       <c r="D334" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E334" t="s">
         <v>12</v>
       </c>
       <c r="F334" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="4" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
         <v>10</v>
       </c>
       <c r="D335" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E335" t="s">
         <v>12</v>
       </c>
       <c r="F335" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="4" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
         <v>10</v>
       </c>
       <c r="D336" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="F336" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="4" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
         <v>10</v>
       </c>
       <c r="D337" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E337" t="s">
         <v>12</v>
       </c>
       <c r="F337" t="s">
-        <v>664</v>
+        <v>155</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="4" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
         <v>10</v>
       </c>
       <c r="D338" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E338" t="s">
         <v>12</v>
       </c>
       <c r="F338" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="4" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>10</v>
       </c>
       <c r="D339" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E339" t="s">
         <v>12</v>
       </c>
       <c r="F339" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="4" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
         <v>10</v>
       </c>
       <c r="D340" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E340" t="s">
         <v>12</v>
       </c>
       <c r="F340" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="4" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
         <v>10</v>
       </c>
       <c r="D341" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E341" t="s">
         <v>12</v>
       </c>
       <c r="F341" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="4" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
         <v>10</v>
       </c>
       <c r="D342" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E342" t="s">
         <v>12</v>
       </c>
       <c r="F342" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="4" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>10</v>
       </c>
       <c r="D343" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E343" t="s">
         <v>12</v>
       </c>
       <c r="F343" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="4" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
         <v>10</v>
       </c>
       <c r="D344" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E344" t="s">
         <v>12</v>
       </c>
       <c r="F344" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="4" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
         <v>10</v>
       </c>
       <c r="D345" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E345" t="s">
         <v>12</v>
       </c>
       <c r="F345" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="4" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
         <v>10</v>
       </c>
       <c r="D346" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E346" t="s">
         <v>12</v>
       </c>
       <c r="F346" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="4" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
         <v>10</v>
       </c>
       <c r="D347" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E347" t="s">
         <v>12</v>
       </c>
       <c r="F347" t="s">
-        <v>155</v>
+        <v>690</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="4" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
         <v>10</v>
       </c>
       <c r="D348" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E348" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F348" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="4" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
         <v>10</v>
       </c>
       <c r="D349" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E349" t="s">
         <v>12</v>
       </c>
       <c r="F349" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="4" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
         <v>10</v>
       </c>
       <c r="D350" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E350" t="s">
         <v>12</v>
       </c>
       <c r="F350" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="4" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
         <v>10</v>
       </c>
       <c r="D351" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E351" t="s">
         <v>12</v>
       </c>
       <c r="F351" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="4" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
         <v>10</v>
       </c>
       <c r="D352" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E352" t="s">
         <v>12</v>
       </c>
       <c r="F352" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="4" t="s">
-        <v>694</v>
+        <v>294</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
         <v>10</v>
       </c>
       <c r="D353" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E353" t="s">
         <v>12</v>
       </c>
       <c r="F353" t="s">
-        <v>695</v>
+        <v>295</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="4" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>10</v>
       </c>
       <c r="D354" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E354" t="s">
         <v>12</v>
       </c>
       <c r="F354" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="4" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>10</v>
       </c>
       <c r="D355" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="4" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
         <v>10</v>
       </c>
       <c r="D356" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E356" t="s">
         <v>12</v>
       </c>
       <c r="F356" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="4" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
         <v>10</v>
       </c>
       <c r="D357" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E357" t="s">
         <v>12</v>
       </c>
       <c r="F357" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="4" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
         <v>10</v>
       </c>
       <c r="D358" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E358" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F358" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="4" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
         <v>10</v>
       </c>
       <c r="D359" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E359" t="s">
         <v>12</v>
       </c>
       <c r="F359" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="4" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
         <v>10</v>
       </c>
       <c r="D360" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E360" t="s">
         <v>12</v>
       </c>
       <c r="F360" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="4" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
         <v>10</v>
       </c>
       <c r="D361" t="s">
-        <v>633</v>
+        <v>716</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
       </c>
       <c r="F361" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="4" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
         <v>10</v>
       </c>
       <c r="D362" t="s">
-        <v>633</v>
+        <v>716</v>
       </c>
       <c r="E362" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F362" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="4" t="s">
-        <v>289</v>
+        <v>720</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
         <v>10</v>
       </c>
       <c r="D363" t="s">
-        <v>633</v>
+        <v>721</v>
       </c>
       <c r="E363" t="s">
         <v>12</v>
       </c>
       <c r="F363" t="s">
-        <v>290</v>
+        <v>722</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="4" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
         <v>10</v>
       </c>
       <c r="D364" t="s">
-        <v>633</v>
+        <v>721</v>
       </c>
       <c r="E364" t="s">
         <v>12</v>
       </c>
       <c r="F364" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="4" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
         <v>10</v>
       </c>
       <c r="D365" t="s">
-        <v>633</v>
+        <v>721</v>
       </c>
       <c r="E365" t="s">
         <v>12</v>
       </c>
       <c r="F365" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="4" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
         <v>10</v>
       </c>
       <c r="D366" t="s">
-        <v>633</v>
+        <v>721</v>
       </c>
       <c r="E366" t="s">
         <v>12</v>
       </c>
       <c r="F366" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="4" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
         <v>10</v>
       </c>
       <c r="D367" t="s">
-        <v>633</v>
+        <v>721</v>
       </c>
       <c r="E367" t="s">
         <v>12</v>
       </c>
       <c r="F367" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="4" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
         <v>10</v>
       </c>
       <c r="D368" t="s">
-        <v>633</v>
+        <v>721</v>
       </c>
       <c r="E368" t="s">
         <v>12</v>
       </c>
       <c r="F368" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="4" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
         <v>10</v>
       </c>
       <c r="D369" t="s">
-        <v>633</v>
+        <v>721</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="F369" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="4" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
         <v>10</v>
       </c>
       <c r="D370" t="s">
-        <v>633</v>
+        <v>721</v>
       </c>
       <c r="E370" t="s">
         <v>12</v>
       </c>
       <c r="F370" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="4" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
         <v>10</v>
       </c>
       <c r="D371" t="s">
-        <v>729</v>
+        <v>721</v>
       </c>
       <c r="E371" t="s">
         <v>12</v>
       </c>
       <c r="F371" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="4" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
         <v>10</v>
       </c>
       <c r="D372" t="s">
-        <v>729</v>
+        <v>721</v>
       </c>
       <c r="E372" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F372" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="4" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
         <v>10</v>
       </c>
       <c r="D373" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="E373" t="s">
         <v>12</v>
       </c>
       <c r="F373" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="4" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
         <v>10</v>
       </c>
       <c r="D374" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="E374" t="s">
         <v>12</v>
       </c>
       <c r="F374" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="4" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
         <v>10</v>
       </c>
       <c r="D375" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="E375" t="s">
         <v>12</v>
       </c>
       <c r="F375" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="4" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
         <v>10</v>
       </c>
       <c r="D376" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="E376" t="s">
         <v>12</v>
       </c>
       <c r="F376" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="4" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
         <v>10</v>
       </c>
       <c r="D377" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="E377" t="s">
         <v>12</v>
       </c>
       <c r="F377" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="4" t="s">
+        <v>752</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>10</v>
+      </c>
+      <c r="D378" t="s">
         <v>744</v>
       </c>
-      <c r="B378" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E378" t="s">
         <v>12</v>
       </c>
       <c r="F378" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="4" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
         <v>10</v>
       </c>
       <c r="D379" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="E379" t="s">
         <v>12</v>
       </c>
       <c r="F379" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="4" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
         <v>10</v>
       </c>
       <c r="D380" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="E380" t="s">
         <v>12</v>
       </c>
       <c r="F380" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="4" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
         <v>10</v>
       </c>
       <c r="D381" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="E381" t="s">
         <v>12</v>
       </c>
       <c r="F381" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="4" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
         <v>10</v>
       </c>
       <c r="D382" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="E382" t="s">
         <v>12</v>
       </c>
       <c r="F382" t="s">
-        <v>752</v>
+        <v>761</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="4" t="s">
-        <v>753</v>
+        <v>762</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
         <v>10</v>
       </c>
       <c r="D383" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="E383" t="s">
         <v>12</v>
       </c>
       <c r="F383" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="4" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
         <v>10</v>
       </c>
       <c r="D384" t="s">
-        <v>757</v>
+        <v>744</v>
       </c>
       <c r="E384" t="s">
         <v>12</v>
       </c>
       <c r="F384" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="4" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
         <v>10</v>
       </c>
       <c r="D385" t="s">
-        <v>757</v>
+        <v>744</v>
       </c>
       <c r="E385" t="s">
         <v>12</v>
       </c>
       <c r="F385" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="4" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
         <v>10</v>
       </c>
       <c r="D386" t="s">
-        <v>757</v>
+        <v>744</v>
       </c>
       <c r="E386" t="s">
         <v>12</v>
       </c>
       <c r="F386" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="4" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
         <v>10</v>
       </c>
       <c r="D387" t="s">
-        <v>757</v>
+        <v>744</v>
       </c>
       <c r="E387" t="s">
         <v>12</v>
       </c>
       <c r="F387" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="4" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
         <v>10</v>
       </c>
       <c r="D388" t="s">
-        <v>757</v>
+        <v>744</v>
       </c>
       <c r="E388" t="s">
         <v>12</v>
       </c>
       <c r="F388" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="4" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
         <v>10</v>
       </c>
       <c r="D389" t="s">
-        <v>757</v>
+        <v>744</v>
       </c>
       <c r="E389" t="s">
         <v>12</v>
       </c>
       <c r="F389" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="4" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
         <v>10</v>
       </c>
       <c r="D390" t="s">
-        <v>757</v>
+        <v>744</v>
       </c>
       <c r="E390" t="s">
         <v>12</v>
       </c>
       <c r="F390" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="4" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>10</v>
+        <v>779</v>
       </c>
       <c r="D391" t="s">
-        <v>757</v>
+        <v>780</v>
       </c>
       <c r="E391" t="s">
-        <v>12</v>
+        <v>781</v>
       </c>
       <c r="F391" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="4" t="s">
-        <v>773</v>
+        <v>783</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>10</v>
+        <v>779</v>
       </c>
       <c r="D392" t="s">
-        <v>757</v>
+        <v>780</v>
       </c>
       <c r="E392" t="s">
-        <v>12</v>
+        <v>784</v>
       </c>
       <c r="F392" t="s">
-        <v>774</v>
+        <v>785</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="4" t="s">
-        <v>775</v>
+        <v>786</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>10</v>
+        <v>779</v>
       </c>
       <c r="D393" t="s">
-        <v>757</v>
+        <v>780</v>
       </c>
       <c r="E393" t="s">
-        <v>12</v>
+        <v>784</v>
       </c>
       <c r="F393" t="s">
-        <v>776</v>
+        <v>787</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="4" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>10</v>
+        <v>779</v>
       </c>
       <c r="D394" t="s">
-        <v>757</v>
+        <v>789</v>
       </c>
       <c r="E394" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F394" t="s">
-        <v>778</v>
+        <v>603</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="4" t="s">
+        <v>790</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
         <v>779</v>
       </c>
-      <c r="B395" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D395" t="s">
-        <v>757</v>
+        <v>791</v>
       </c>
       <c r="E395" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F395" t="s">
-        <v>780</v>
+        <v>603</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="4" t="s">
-        <v>781</v>
+        <v>792</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>10</v>
+        <v>779</v>
       </c>
       <c r="D396" t="s">
-        <v>757</v>
+        <v>791</v>
       </c>
       <c r="E396" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F396" t="s">
-        <v>782</v>
+        <v>603</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="4" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>10</v>
+        <v>779</v>
       </c>
       <c r="D397" t="s">
-        <v>757</v>
+        <v>791</v>
       </c>
       <c r="E397" t="s">
-        <v>12</v>
+        <v>784</v>
       </c>
       <c r="F397" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="4" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>10</v>
+        <v>779</v>
       </c>
       <c r="D398" t="s">
-        <v>757</v>
+        <v>791</v>
       </c>
       <c r="E398" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F398" t="s">
-        <v>786</v>
+        <v>603</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="4" t="s">
-        <v>787</v>
+        <v>796</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>10</v>
+        <v>779</v>
       </c>
       <c r="D399" t="s">
-        <v>757</v>
+        <v>791</v>
       </c>
       <c r="E399" t="s">
-        <v>12</v>
+        <v>784</v>
       </c>
       <c r="F399" t="s">
-        <v>788</v>
+        <v>797</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="4" t="s">
-        <v>789</v>
+        <v>798</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>10</v>
+        <v>779</v>
       </c>
       <c r="D400" t="s">
-        <v>757</v>
+        <v>791</v>
       </c>
       <c r="E400" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F400" t="s">
-        <v>790</v>
+        <v>799</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="4" t="s">
-        <v>791</v>
+        <v>800</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D401" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="E401" t="s">
-        <v>794</v>
+        <v>784</v>
       </c>
       <c r="F401" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="4" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D402" t="s">
-        <v>793</v>
+        <v>804</v>
       </c>
       <c r="E402" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F402" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="4" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D403" t="s">
-        <v>793</v>
+        <v>804</v>
       </c>
       <c r="E403" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F403" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="4" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D404" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="E404" t="s">
-        <v>9</v>
+        <v>809</v>
       </c>
       <c r="F404" t="s">
-        <v>616</v>
+        <v>810</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="4" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D405" t="s">
         <v>804</v>
       </c>
       <c r="E405" t="s">
         <v>9</v>
       </c>
       <c r="F405" t="s">
-        <v>616</v>
+        <v>812</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="4" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D406" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="E406" t="s">
         <v>9</v>
       </c>
       <c r="F406" t="s">
-        <v>616</v>
+        <v>603</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="4" t="s">
-        <v>806</v>
+        <v>815</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D407" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="E407" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F407" t="s">
-        <v>807</v>
+        <v>816</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="4" t="s">
-        <v>808</v>
+        <v>817</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D408" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="E408" t="s">
-        <v>9</v>
+        <v>781</v>
       </c>
       <c r="F408" t="s">
-        <v>616</v>
+        <v>818</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="4" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D409" t="s">
-        <v>804</v>
+        <v>820</v>
       </c>
       <c r="E409" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F409" t="s">
-        <v>810</v>
+        <v>821</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="4" t="s">
-        <v>811</v>
+        <v>822</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D410" t="s">
-        <v>804</v>
+        <v>823</v>
       </c>
       <c r="E410" t="s">
-        <v>9</v>
+        <v>784</v>
       </c>
       <c r="F410" t="s">
-        <v>812</v>
+        <v>824</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="4" t="s">
-        <v>813</v>
+        <v>825</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D411" t="s">
-        <v>814</v>
+        <v>823</v>
       </c>
       <c r="E411" t="s">
-        <v>797</v>
+        <v>9</v>
       </c>
       <c r="F411" t="s">
-        <v>815</v>
+        <v>603</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="4" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D412" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="E412" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F412" t="s">
-        <v>818</v>
+        <v>827</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="4" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D413" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="E413" t="s">
-        <v>797</v>
+        <v>829</v>
       </c>
       <c r="F413" t="s">
-        <v>820</v>
+        <v>830</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="4" t="s">
-        <v>821</v>
+        <v>831</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D414" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="E414" t="s">
-        <v>822</v>
+        <v>784</v>
       </c>
       <c r="F414" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="4" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D415" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="E415" t="s">
         <v>9</v>
       </c>
       <c r="F415" t="s">
-        <v>825</v>
+        <v>603</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="4" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D416" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="E416" t="s">
-        <v>9</v>
+        <v>784</v>
       </c>
       <c r="F416" t="s">
-        <v>616</v>
+        <v>835</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="4" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D417" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="E417" t="s">
-        <v>797</v>
+        <v>829</v>
       </c>
       <c r="F417" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="4" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D418" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="E418" t="s">
-        <v>794</v>
+        <v>784</v>
       </c>
       <c r="F418" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="4" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D419" t="s">
-        <v>833</v>
+        <v>842</v>
       </c>
       <c r="E419" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F419" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="4" t="s">
-        <v>835</v>
+        <v>844</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D420" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="E420" t="s">
-        <v>797</v>
+        <v>846</v>
       </c>
       <c r="F420" t="s">
-        <v>837</v>
+        <v>847</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="4" t="s">
-        <v>838</v>
+        <v>848</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D421" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="E421" t="s">
-        <v>9</v>
+        <v>784</v>
       </c>
       <c r="F421" t="s">
-        <v>616</v>
+        <v>849</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="4" t="s">
-        <v>839</v>
+        <v>850</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D422" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="E422" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F422" t="s">
-        <v>840</v>
+        <v>851</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="4" t="s">
-        <v>841</v>
+        <v>852</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D423" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="E423" t="s">
-        <v>842</v>
+        <v>784</v>
       </c>
       <c r="F423" t="s">
-        <v>843</v>
+        <v>853</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="4" t="s">
-        <v>844</v>
+        <v>854</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D424" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="E424" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F424" t="s">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="4" t="s">
-        <v>846</v>
+        <v>856</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D425" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="E425" t="s">
-        <v>9</v>
+        <v>784</v>
       </c>
       <c r="F425" t="s">
-        <v>616</v>
+        <v>857</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="4" t="s">
-        <v>847</v>
+        <v>858</v>
       </c>
       <c r="B426" t="s">
-        <v>9</v>
+        <v>859</v>
       </c>
       <c r="C426" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D426" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="E426" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F426" t="s">
-        <v>848</v>
+        <v>860</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="4" t="s">
-        <v>849</v>
+        <v>861</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D427" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="E427" t="s">
-        <v>842</v>
+        <v>784</v>
       </c>
       <c r="F427" t="s">
-        <v>851</v>
+        <v>862</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="4" t="s">
-        <v>852</v>
+        <v>863</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D428" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="E428" t="s">
-        <v>797</v>
+        <v>864</v>
       </c>
       <c r="F428" t="s">
-        <v>853</v>
+        <v>865</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="4" t="s">
-        <v>854</v>
+        <v>866</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D429" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="E429" t="s">
-        <v>797</v>
+        <v>781</v>
       </c>
       <c r="F429" t="s">
-        <v>856</v>
+        <v>867</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="4" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D430" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="E430" t="s">
-        <v>859</v>
+        <v>784</v>
       </c>
       <c r="F430" t="s">
-        <v>860</v>
+        <v>603</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="4" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D431" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="E431" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F431" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="4" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D432" t="s">
-        <v>858</v>
+        <v>873</v>
       </c>
       <c r="E432" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F432" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="4" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D433" t="s">
-        <v>858</v>
+        <v>873</v>
       </c>
       <c r="E433" t="s">
-        <v>797</v>
+        <v>9</v>
       </c>
       <c r="F433" t="s">
-        <v>866</v>
+        <v>799</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="4" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D434" t="s">
-        <v>858</v>
+        <v>873</v>
       </c>
       <c r="E434" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F434" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="4" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D435" t="s">
-        <v>858</v>
+        <v>873</v>
       </c>
       <c r="E435" t="s">
-        <v>797</v>
+        <v>9</v>
       </c>
       <c r="F435" t="s">
-        <v>870</v>
+        <v>603</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="4" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="B436" t="s">
-        <v>872</v>
+        <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D436" t="s">
-        <v>858</v>
+        <v>880</v>
       </c>
       <c r="E436" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F436" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="4" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D437" t="s">
-        <v>858</v>
+        <v>883</v>
       </c>
       <c r="E437" t="s">
-        <v>797</v>
+        <v>9</v>
       </c>
       <c r="F437" t="s">
-        <v>875</v>
+        <v>799</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="4" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D438" t="s">
-        <v>858</v>
+        <v>883</v>
       </c>
       <c r="E438" t="s">
-        <v>877</v>
+        <v>784</v>
       </c>
       <c r="F438" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="4" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D439" t="s">
-        <v>858</v>
+        <v>883</v>
       </c>
       <c r="E439" t="s">
-        <v>794</v>
+        <v>9</v>
       </c>
       <c r="F439" t="s">
-        <v>880</v>
+        <v>799</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="4" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D440" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="E440" t="s">
-        <v>797</v>
+        <v>829</v>
       </c>
       <c r="F440" t="s">
-        <v>616</v>
+        <v>888</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="4" t="s">
+        <v>889</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>779</v>
+      </c>
+      <c r="D441" t="s">
         <v>883</v>
       </c>
-      <c r="B441" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E441" t="s">
-        <v>797</v>
+        <v>781</v>
       </c>
       <c r="F441" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="4" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D442" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="E442" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F442" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="4" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D443" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="E443" t="s">
         <v>9</v>
       </c>
       <c r="F443" t="s">
-        <v>812</v>
+        <v>603</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="4" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D444" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="E444" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F444" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="4" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D445" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="E445" t="s">
         <v>9</v>
       </c>
       <c r="F445" t="s">
-        <v>616</v>
+        <v>799</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="4" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D446" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="E446" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F446" t="s">
-        <v>894</v>
+        <v>121</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="4" t="s">
+        <v>900</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>779</v>
+      </c>
+      <c r="D447" t="s">
         <v>895</v>
       </c>
-      <c r="B447" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E447" t="s">
-        <v>9</v>
+        <v>781</v>
       </c>
       <c r="F447" t="s">
-        <v>812</v>
+        <v>901</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="4" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D448" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="E448" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F448" t="s">
-        <v>898</v>
+        <v>824</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="4" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D449" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="E449" t="s">
         <v>9</v>
       </c>
       <c r="F449" t="s">
-        <v>812</v>
+        <v>603</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="4" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D450" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="E450" t="s">
-        <v>842</v>
+        <v>784</v>
       </c>
       <c r="F450" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="4" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D451" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="E451" t="s">
-        <v>794</v>
+        <v>784</v>
       </c>
       <c r="F451" t="s">
-        <v>903</v>
+        <v>893</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="4" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D452" t="s">
         <v>905</v>
       </c>
       <c r="E452" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F452" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="4" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D453" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="E453" t="s">
-        <v>9</v>
+        <v>912</v>
       </c>
       <c r="F453" t="s">
-        <v>616</v>
+        <v>913</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="4" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D454" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="E454" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F454" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="4" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D455" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="E455" t="s">
-        <v>9</v>
+        <v>784</v>
       </c>
       <c r="F455" t="s">
-        <v>812</v>
+        <v>918</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="4" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D456" t="s">
-        <v>908</v>
+        <v>920</v>
       </c>
       <c r="E456" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F456" t="s">
-        <v>121</v>
+        <v>921</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="4" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D457" t="s">
-        <v>908</v>
+        <v>923</v>
       </c>
       <c r="E457" t="s">
-        <v>794</v>
+        <v>9</v>
       </c>
       <c r="F457" t="s">
-        <v>914</v>
+        <v>603</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="4" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D458" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="E458" t="s">
-        <v>797</v>
+        <v>9</v>
       </c>
       <c r="F458" t="s">
-        <v>837</v>
+        <v>925</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="4" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D459" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="E459" t="s">
-        <v>9</v>
+        <v>784</v>
       </c>
       <c r="F459" t="s">
-        <v>616</v>
+        <v>927</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="4" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D460" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="E460" t="s">
-        <v>797</v>
+        <v>9</v>
       </c>
       <c r="F460" t="s">
-        <v>920</v>
+        <v>799</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="4" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D461" t="s">
-        <v>918</v>
+        <v>930</v>
       </c>
       <c r="E461" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F461" t="s">
-        <v>906</v>
+        <v>931</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="4" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D462" t="s">
-        <v>918</v>
+        <v>930</v>
       </c>
       <c r="E462" t="s">
-        <v>797</v>
+        <v>9</v>
       </c>
       <c r="F462" t="s">
-        <v>923</v>
+        <v>799</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="4" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D463" t="s">
-        <v>918</v>
+        <v>930</v>
       </c>
       <c r="E463" t="s">
-        <v>925</v>
+        <v>784</v>
       </c>
       <c r="F463" t="s">
-        <v>926</v>
+        <v>843</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="4" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D464" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="E464" t="s">
-        <v>797</v>
+        <v>9</v>
       </c>
       <c r="F464" t="s">
-        <v>929</v>
+        <v>799</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="4" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D465" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="E465" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F465" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="4" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D466" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="E466" t="s">
-        <v>797</v>
+        <v>829</v>
       </c>
       <c r="F466" t="s">
-        <v>934</v>
+        <v>799</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="4" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D467" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="E467" t="s">
         <v>9</v>
       </c>
       <c r="F467" t="s">
-        <v>616</v>
+        <v>812</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="4" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D468" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="E468" t="s">
-        <v>9</v>
+        <v>829</v>
       </c>
       <c r="F468" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="4" t="s">
+        <v>943</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>779</v>
+      </c>
+      <c r="D469" t="s">
         <v>939</v>
       </c>
-      <c r="B469" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E469" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F469" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="4" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D470" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="E470" t="s">
         <v>9</v>
       </c>
       <c r="F470" t="s">
-        <v>812</v>
+        <v>946</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="4" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D471" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
       <c r="E471" t="s">
-        <v>797</v>
+        <v>9</v>
       </c>
       <c r="F471" t="s">
-        <v>944</v>
+        <v>603</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="4" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D472" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
       <c r="E472" t="s">
-        <v>9</v>
+        <v>949</v>
       </c>
       <c r="F472" t="s">
-        <v>812</v>
+        <v>950</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="4" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D473" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="E473" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F473" t="s">
-        <v>856</v>
+        <v>953</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="4" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D474" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="E474" t="s">
-        <v>9</v>
+        <v>784</v>
       </c>
       <c r="F474" t="s">
-        <v>812</v>
+        <v>799</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="4" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D475" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="E475" t="s">
-        <v>797</v>
+        <v>9</v>
       </c>
       <c r="F475" t="s">
-        <v>950</v>
+        <v>603</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="4" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D476" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="E476" t="s">
-        <v>842</v>
+        <v>9</v>
       </c>
       <c r="F476" t="s">
-        <v>812</v>
+        <v>603</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="4" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D477" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="E477" t="s">
-        <v>9</v>
+        <v>809</v>
       </c>
       <c r="F477" t="s">
-        <v>825</v>
+        <v>959</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="4" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D478" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="E478" t="s">
-        <v>842</v>
+        <v>784</v>
       </c>
       <c r="F478" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="4" t="s">
-        <v>956</v>
+        <v>962</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="D479" t="s">
-        <v>952</v>
+        <v>963</v>
       </c>
       <c r="E479" t="s">
-        <v>797</v>
+        <v>784</v>
       </c>
       <c r="F479" t="s">
-        <v>957</v>
+        <v>603</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="4" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>792</v>
+        <v>965</v>
       </c>
       <c r="D480" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="E480" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F480" t="s">
-        <v>959</v>
+        <v>968</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="4" t="s">
-        <v>960</v>
+        <v>969</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>792</v>
+        <v>965</v>
       </c>
       <c r="D481" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="E481" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F481" t="s">
-        <v>616</v>
+        <v>970</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="4" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>792</v>
+        <v>965</v>
       </c>
       <c r="D482" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="E482" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="F482" t="s">
-        <v>963</v>
+        <v>972</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="4" t="s">
-        <v>964</v>
+        <v>973</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>792</v>
+        <v>965</v>
       </c>
       <c r="D483" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="E483" t="s">
-        <v>797</v>
+        <v>967</v>
       </c>
       <c r="F483" t="s">
-        <v>966</v>
+        <v>974</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="4" t="s">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>792</v>
+        <v>965</v>
       </c>
       <c r="D484" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="E484" t="s">
-        <v>797</v>
+        <v>967</v>
       </c>
       <c r="F484" t="s">
-        <v>812</v>
+        <v>970</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="4" t="s">
-        <v>968</v>
+        <v>976</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>792</v>
+        <v>965</v>
       </c>
       <c r="D485" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="E485" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F485" t="s">
-        <v>616</v>
+        <v>970</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="4" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>792</v>
+        <v>965</v>
       </c>
       <c r="D486" t="s">
+        <v>966</v>
+      </c>
+      <c r="E486" t="s">
+        <v>967</v>
+      </c>
+      <c r="F486" t="s">
         <v>970</v>
-      </c>
-[...4 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="4" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>792</v>
+        <v>965</v>
       </c>
       <c r="D487" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="E487" t="s">
-        <v>822</v>
+        <v>967</v>
       </c>
       <c r="F487" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="4" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>792</v>
+        <v>965</v>
       </c>
       <c r="D488" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="E488" t="s">
-        <v>797</v>
+        <v>967</v>
       </c>
       <c r="F488" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="4" t="s">
-        <v>975</v>
+        <v>982</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>792</v>
+        <v>965</v>
       </c>
       <c r="D489" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
       <c r="E489" t="s">
-        <v>797</v>
+        <v>967</v>
       </c>
       <c r="F489" t="s">
-        <v>616</v>
+        <v>970</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="4" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D490" t="s">
-        <v>979</v>
+        <v>966</v>
       </c>
       <c r="E490" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F490" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="4" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D491" t="s">
-        <v>979</v>
+        <v>966</v>
       </c>
       <c r="E491" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F491" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="4" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D492" t="s">
-        <v>979</v>
+        <v>966</v>
       </c>
       <c r="E492" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F492" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="4" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D493" t="s">
-        <v>979</v>
+        <v>966</v>
       </c>
       <c r="E493" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F493" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="4" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D494" t="s">
+        <v>966</v>
+      </c>
+      <c r="E494" t="s">
+        <v>967</v>
+      </c>
+      <c r="F494" t="s">
         <v>979</v>
-      </c>
-[...4 lines deleted...]
-        <v>983</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="4" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D495" t="s">
-        <v>979</v>
+        <v>966</v>
       </c>
       <c r="E495" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F495" t="s">
-        <v>983</v>
+        <v>992</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="4" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D496" t="s">
-        <v>979</v>
+        <v>966</v>
       </c>
       <c r="E496" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F496" t="s">
-        <v>983</v>
+        <v>994</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="4" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D497" t="s">
-        <v>979</v>
+        <v>996</v>
       </c>
       <c r="E497" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F497" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="4" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D498" t="s">
-        <v>979</v>
+        <v>999</v>
       </c>
       <c r="E498" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F498" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="4" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D499" t="s">
-        <v>979</v>
+        <v>1002</v>
       </c>
       <c r="E499" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F499" t="s">
-        <v>983</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="4" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D500" t="s">
-        <v>979</v>
+        <v>1005</v>
       </c>
       <c r="E500" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F500" t="s">
-        <v>983</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="4" t="s">
-        <v>997</v>
+        <v>1007</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D501" t="s">
-        <v>979</v>
+        <v>1008</v>
       </c>
       <c r="E501" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F501" t="s">
-        <v>998</v>
+        <v>184</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="4" t="s">
-        <v>999</v>
+        <v>1009</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D502" t="s">
-        <v>979</v>
+        <v>1008</v>
       </c>
       <c r="E502" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F502" t="s">
-        <v>1000</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="4" t="s">
-        <v>1001</v>
+        <v>1011</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D503" t="s">
-        <v>979</v>
+        <v>1012</v>
       </c>
       <c r="E503" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F503" t="s">
-        <v>1002</v>
+        <v>184</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="4" t="s">
-        <v>1003</v>
+        <v>1013</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D504" t="s">
-        <v>979</v>
+        <v>1014</v>
       </c>
       <c r="E504" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F504" t="s">
-        <v>992</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="4" t="s">
-        <v>1004</v>
+        <v>1016</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D505" t="s">
-        <v>979</v>
+        <v>1017</v>
       </c>
       <c r="E505" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F505" t="s">
-        <v>1005</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="4" t="s">
-        <v>1006</v>
+        <v>1019</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D506" t="s">
-        <v>979</v>
+        <v>1017</v>
       </c>
       <c r="E506" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F506" t="s">
-        <v>1007</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="4" t="s">
-        <v>1008</v>
+        <v>1021</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D507" t="s">
-        <v>1009</v>
+        <v>1022</v>
       </c>
       <c r="E507" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F507" t="s">
-        <v>1010</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="4" t="s">
-        <v>1011</v>
+        <v>1024</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D508" t="s">
-        <v>1012</v>
+        <v>1025</v>
       </c>
       <c r="E508" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F508" t="s">
-        <v>1013</v>
+        <v>469</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="4" t="s">
-        <v>1014</v>
+        <v>1026</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D509" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="E509" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F509" t="s">
-        <v>1016</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="4" t="s">
-        <v>1017</v>
+        <v>1028</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D510" t="s">
-        <v>1018</v>
+        <v>1029</v>
       </c>
       <c r="E510" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F510" t="s">
-        <v>1019</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="4" t="s">
-        <v>1020</v>
+        <v>1031</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D511" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
       <c r="E511" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F511" t="s">
-        <v>179</v>
+        <v>603</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="4" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D512" t="s">
-        <v>1021</v>
+        <v>1033</v>
       </c>
       <c r="E512" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F512" t="s">
-        <v>1023</v>
+        <v>603</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="4" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D513" t="s">
-        <v>1025</v>
+        <v>1033</v>
       </c>
       <c r="E513" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F513" t="s">
-        <v>179</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="4" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D514" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="E514" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F514" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="4" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D515" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="E515" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F515" t="s">
-        <v>1031</v>
+        <v>603</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="4" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D516" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="E516" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F516" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="4" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D517" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
       <c r="E517" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F517" t="s">
-        <v>1036</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="4" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D518" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
       <c r="E518" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F518" t="s">
-        <v>465</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="4" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D519" t="s">
-        <v>1038</v>
+        <v>780</v>
       </c>
       <c r="E519" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F519" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="4" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D520" t="s">
-        <v>1042</v>
+        <v>780</v>
       </c>
       <c r="E520" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F520" t="s">
-        <v>1043</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="4" t="s">
-        <v>1044</v>
+        <v>1052</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D521" t="s">
-        <v>1042</v>
+        <v>1053</v>
       </c>
       <c r="E521" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F521" t="s">
-        <v>616</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="4" t="s">
-        <v>1045</v>
+        <v>1055</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D522" t="s">
-        <v>1046</v>
+        <v>1053</v>
       </c>
       <c r="E522" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F522" t="s">
-        <v>616</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="4" t="s">
-        <v>1047</v>
+        <v>1057</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D523" t="s">
-        <v>1046</v>
+        <v>1058</v>
       </c>
       <c r="E523" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F523" t="s">
-        <v>1048</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="4" t="s">
-        <v>1049</v>
+        <v>1060</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D524" t="s">
-        <v>1050</v>
+        <v>1061</v>
       </c>
       <c r="E524" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F524" t="s">
-        <v>1051</v>
+        <v>184</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="4" t="s">
-        <v>1052</v>
+        <v>1062</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D525" t="s">
-        <v>1053</v>
+        <v>1063</v>
       </c>
       <c r="E525" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F525" t="s">
-        <v>616</v>
+        <v>603</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="4" t="s">
-        <v>1054</v>
+        <v>1064</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D526" t="s">
-        <v>1053</v>
+        <v>1063</v>
       </c>
       <c r="E526" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F526" t="s">
-        <v>1055</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="4" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D527" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="E527" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F527" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="4" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D528" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="E528" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F528" t="s">
-        <v>1060</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="4" t="s">
-        <v>1061</v>
+        <v>1071</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D529" t="s">
-        <v>793</v>
+        <v>1072</v>
       </c>
       <c r="E529" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F529" t="s">
-        <v>1062</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="4" t="s">
-        <v>1063</v>
+        <v>1074</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D530" t="s">
-        <v>793</v>
+        <v>1075</v>
       </c>
       <c r="E530" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F530" t="s">
-        <v>1064</v>
+        <v>603</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="4" t="s">
-        <v>1065</v>
+        <v>1076</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D531" t="s">
-        <v>1066</v>
+        <v>1075</v>
       </c>
       <c r="E531" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F531" t="s">
-        <v>1067</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="4" t="s">
-        <v>1068</v>
+        <v>1077</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D532" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="E532" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F532" t="s">
-        <v>1069</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="4" t="s">
-        <v>1070</v>
+        <v>1080</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D533" t="s">
-        <v>1071</v>
+        <v>1081</v>
       </c>
       <c r="E533" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F533" t="s">
-        <v>1072</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="4" t="s">
-        <v>1073</v>
+        <v>1083</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D534" t="s">
-        <v>1074</v>
+        <v>1084</v>
       </c>
       <c r="E534" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F534" t="s">
-        <v>179</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="4" t="s">
-        <v>1075</v>
+        <v>1086</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D535" t="s">
-        <v>1076</v>
+        <v>1087</v>
       </c>
       <c r="E535" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F535" t="s">
-        <v>616</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="4" t="s">
-        <v>1077</v>
+        <v>1088</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D536" t="s">
-        <v>1076</v>
+        <v>1089</v>
       </c>
       <c r="E536" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F536" t="s">
-        <v>1078</v>
+        <v>603</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="4" t="s">
-        <v>1079</v>
+        <v>1090</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D537" t="s">
-        <v>1080</v>
+        <v>1091</v>
       </c>
       <c r="E537" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F537" t="s">
-        <v>1081</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="4" t="s">
-        <v>1082</v>
+        <v>1093</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D538" t="s">
-        <v>1080</v>
+        <v>789</v>
       </c>
       <c r="E538" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F538" t="s">
-        <v>1083</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="4" t="s">
-        <v>1084</v>
+        <v>1095</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D539" t="s">
-        <v>1085</v>
+        <v>1096</v>
       </c>
       <c r="E539" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F539" t="s">
-        <v>1086</v>
+        <v>897</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="4" t="s">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D540" t="s">
-        <v>1088</v>
+        <v>1096</v>
       </c>
       <c r="E540" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F540" t="s">
-        <v>616</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="4" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D541" t="s">
-        <v>1088</v>
+        <v>1096</v>
       </c>
       <c r="E541" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F541" t="s">
-        <v>1036</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="4" t="s">
-        <v>1090</v>
+        <v>1101</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D542" t="s">
-        <v>1091</v>
+        <v>1102</v>
       </c>
       <c r="E542" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F542" t="s">
-        <v>1092</v>
+        <v>812</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="4" t="s">
-        <v>1093</v>
+        <v>1103</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D543" t="s">
-        <v>1094</v>
+        <v>1102</v>
       </c>
       <c r="E543" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F543" t="s">
-        <v>1095</v>
+        <v>603</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="4" t="s">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D544" t="s">
-        <v>1097</v>
+        <v>791</v>
       </c>
       <c r="E544" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F544" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="4" t="s">
-        <v>1099</v>
+        <v>1106</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D545" t="s">
-        <v>1100</v>
+        <v>791</v>
       </c>
       <c r="E545" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F545" t="s">
-        <v>1060</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="4" t="s">
-        <v>1101</v>
+        <v>1108</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D546" t="s">
-        <v>1102</v>
+        <v>791</v>
       </c>
       <c r="E546" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F546" t="s">
-        <v>616</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="4" t="s">
-        <v>1103</v>
+        <v>1110</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D547" t="s">
-        <v>1104</v>
+        <v>1111</v>
       </c>
       <c r="E547" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F547" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="4" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D548" t="s">
-        <v>802</v>
+        <v>1111</v>
       </c>
       <c r="E548" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F548" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="4" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D549" t="s">
-        <v>1109</v>
+        <v>801</v>
       </c>
       <c r="E549" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F549" t="s">
-        <v>910</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="4" t="s">
-        <v>1110</v>
+        <v>1117</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D550" t="s">
-        <v>1109</v>
+        <v>801</v>
       </c>
       <c r="E550" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F550" t="s">
-        <v>1111</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="4" t="s">
-        <v>1112</v>
+        <v>1119</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D551" t="s">
-        <v>1109</v>
+        <v>801</v>
       </c>
       <c r="E551" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F551" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="4" t="s">
-        <v>1114</v>
+        <v>1120</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D552" t="s">
-        <v>1115</v>
+        <v>801</v>
       </c>
       <c r="E552" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F552" t="s">
-        <v>825</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="4" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D553" t="s">
-        <v>1115</v>
+        <v>1123</v>
       </c>
       <c r="E553" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F553" t="s">
-        <v>616</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="4" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D554" t="s">
-        <v>804</v>
+        <v>1126</v>
       </c>
       <c r="E554" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F554" t="s">
-        <v>1118</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="4" t="s">
-        <v>1119</v>
+        <v>1128</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D555" t="s">
-        <v>804</v>
+        <v>1129</v>
       </c>
       <c r="E555" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F555" t="s">
-        <v>1120</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="4" t="s">
-        <v>1121</v>
+        <v>1131</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D556" t="s">
-        <v>804</v>
+        <v>1129</v>
       </c>
       <c r="E556" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F556" t="s">
-        <v>1122</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="4" t="s">
-        <v>1123</v>
+        <v>1133</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D557" t="s">
-        <v>1124</v>
+        <v>1134</v>
       </c>
       <c r="E557" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F557" t="s">
-        <v>1125</v>
+        <v>840</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="4" t="s">
-        <v>1126</v>
+        <v>1135</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D558" t="s">
-        <v>1124</v>
+        <v>1134</v>
       </c>
       <c r="E558" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F558" t="s">
-        <v>1127</v>
+        <v>913</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="4" t="s">
-        <v>1128</v>
+        <v>1136</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D559" t="s">
-        <v>814</v>
+        <v>804</v>
       </c>
       <c r="E559" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F559" t="s">
-        <v>1129</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="4" t="s">
-        <v>1130</v>
+        <v>1138</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D560" t="s">
         <v>814</v>
       </c>
       <c r="E560" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F560" t="s">
-        <v>1131</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="4" t="s">
-        <v>1132</v>
+        <v>1140</v>
       </c>
       <c r="B561" t="s">
-        <v>9</v>
+        <v>1141</v>
       </c>
       <c r="C561" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D561" t="s">
         <v>814</v>
       </c>
       <c r="E561" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F561" t="s">
-        <v>1131</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="4" t="s">
-        <v>1133</v>
+        <v>1143</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D562" t="s">
         <v>814</v>
       </c>
       <c r="E562" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F562" t="s">
-        <v>1134</v>
+        <v>603</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="4" t="s">
-        <v>1135</v>
+        <v>1144</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D563" t="s">
-        <v>1136</v>
+        <v>814</v>
       </c>
       <c r="E563" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F563" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="4" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D564" t="s">
-        <v>1139</v>
+        <v>814</v>
       </c>
       <c r="E564" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F564" t="s">
-        <v>1140</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="4" t="s">
-        <v>1141</v>
+        <v>1148</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D565" t="s">
-        <v>1142</v>
+        <v>814</v>
       </c>
       <c r="E565" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F565" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="4" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D566" t="s">
-        <v>1142</v>
+        <v>814</v>
       </c>
       <c r="E566" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F566" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="4" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D567" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="E567" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F567" t="s">
-        <v>853</v>
+        <v>927</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="4" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D568" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="E568" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F568" t="s">
-        <v>926</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="4" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D569" t="s">
-        <v>817</v>
+        <v>1155</v>
       </c>
       <c r="E569" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F569" t="s">
-        <v>1150</v>
+        <v>603</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="4" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D570" t="s">
-        <v>827</v>
+        <v>1155</v>
       </c>
       <c r="E570" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F570" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="4" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="B571" t="s">
-        <v>1154</v>
+        <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D571" t="s">
-        <v>827</v>
+        <v>1155</v>
       </c>
       <c r="E571" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F571" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="4" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D572" t="s">
-        <v>827</v>
+        <v>1155</v>
       </c>
       <c r="E572" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F572" t="s">
-        <v>616</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="4" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D573" t="s">
-        <v>827</v>
+        <v>1155</v>
       </c>
       <c r="E573" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F573" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="4" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D574" t="s">
-        <v>827</v>
+        <v>1165</v>
       </c>
       <c r="E574" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F574" t="s">
-        <v>1160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="4" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D575" t="s">
-        <v>827</v>
+        <v>1165</v>
       </c>
       <c r="E575" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F575" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="4" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D576" t="s">
-        <v>827</v>
+        <v>1169</v>
       </c>
       <c r="E576" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F576" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="4" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D577" t="s">
-        <v>1165</v>
+        <v>820</v>
       </c>
       <c r="E577" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F577" t="s">
-        <v>940</v>
+        <v>603</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="4" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D578" t="s">
-        <v>1165</v>
+        <v>820</v>
       </c>
       <c r="E578" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F578" t="s">
-        <v>1145</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="4" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D579" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
       <c r="E579" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F579" t="s">
-        <v>616</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="4" t="s">
-        <v>1169</v>
+        <v>1177</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D580" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
       <c r="E580" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F580" t="s">
-        <v>1170</v>
+        <v>799</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="4" t="s">
-        <v>1171</v>
+        <v>1178</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D581" t="s">
-        <v>1168</v>
+        <v>1179</v>
       </c>
       <c r="E581" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F581" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="4" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D582" t="s">
-        <v>1168</v>
+        <v>1179</v>
       </c>
       <c r="E582" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F582" t="s">
-        <v>1174</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="4" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D583" t="s">
-        <v>1168</v>
+        <v>1183</v>
       </c>
       <c r="E583" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F583" t="s">
-        <v>1176</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="4" t="s">
-        <v>1177</v>
+        <v>1185</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D584" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="E584" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F584" t="s">
-        <v>275</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="4" t="s">
-        <v>1179</v>
+        <v>1187</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D585" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="E585" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F585" t="s">
-        <v>1180</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="4" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D586" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="E586" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F586" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="4" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D587" t="s">
-        <v>833</v>
+        <v>1192</v>
       </c>
       <c r="E587" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F587" t="s">
-        <v>616</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="4" t="s">
-        <v>1185</v>
+        <v>1193</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D588" t="s">
-        <v>833</v>
+        <v>1192</v>
       </c>
       <c r="E588" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F588" t="s">
-        <v>1186</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="4" t="s">
-        <v>1187</v>
+        <v>1195</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D589" t="s">
-        <v>1188</v>
+        <v>1196</v>
       </c>
       <c r="E589" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F589" t="s">
-        <v>1189</v>
+        <v>659</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="4" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D590" t="s">
-        <v>1188</v>
+        <v>1196</v>
       </c>
       <c r="E590" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F590" t="s">
-        <v>812</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="4" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D591" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E591" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F591" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="4" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D592" t="s">
-        <v>1192</v>
+        <v>1201</v>
       </c>
       <c r="E592" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F592" t="s">
-        <v>1055</v>
+        <v>603</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="4" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D593" t="s">
-        <v>1196</v>
+        <v>1201</v>
       </c>
       <c r="E593" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F593" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="4" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D594" t="s">
-        <v>1196</v>
+        <v>1205</v>
       </c>
       <c r="E594" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F594" t="s">
-        <v>1199</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="4" t="s">
-        <v>1200</v>
+        <v>1207</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D595" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="E595" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F595" t="s">
-        <v>1111</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="4" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D596" t="s">
-        <v>1201</v>
+        <v>1210</v>
       </c>
       <c r="E596" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F596" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="4" t="s">
-        <v>1204</v>
+        <v>1212</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D597" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="E597" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F597" t="s">
-        <v>1062</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="4" t="s">
-        <v>1206</v>
+        <v>1214</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D598" t="s">
-        <v>1205</v>
+        <v>1215</v>
       </c>
       <c r="E598" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F598" t="s">
-        <v>1207</v>
+        <v>603</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="4" t="s">
-        <v>1208</v>
+        <v>1216</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D599" t="s">
-        <v>1209</v>
+        <v>1217</v>
       </c>
       <c r="E599" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F599" t="s">
-        <v>672</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="4" t="s">
-        <v>1210</v>
+        <v>1219</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D600" t="s">
-        <v>1209</v>
+        <v>1217</v>
       </c>
       <c r="E600" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F600" t="s">
-        <v>1186</v>
+        <v>840</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="4" t="s">
-        <v>1211</v>
+        <v>1220</v>
       </c>
       <c r="B601" t="s">
-        <v>9</v>
+        <v>336</v>
       </c>
       <c r="C601" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D601" t="s">
-        <v>1209</v>
+        <v>1217</v>
       </c>
       <c r="E601" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F601" t="s">
-        <v>1212</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="4" t="s">
-        <v>1213</v>
+        <v>1222</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D602" t="s">
-        <v>1214</v>
+        <v>1223</v>
       </c>
       <c r="E602" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F602" t="s">
-        <v>616</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="4" t="s">
-        <v>1215</v>
+        <v>1224</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D603" t="s">
-        <v>1214</v>
+        <v>1225</v>
       </c>
       <c r="E603" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F603" t="s">
-        <v>1216</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="4" t="s">
-        <v>1217</v>
+        <v>1227</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D604" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="E604" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F604" t="s">
-        <v>1219</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="4" t="s">
-        <v>1220</v>
+        <v>1229</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D605" t="s">
-        <v>1218</v>
+        <v>1230</v>
       </c>
       <c r="E605" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F605" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="4" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D606" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="E606" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F606" t="s">
-        <v>1224</v>
+        <v>603</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="4" t="s">
-        <v>1225</v>
+        <v>1234</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D607" t="s">
-        <v>1223</v>
+        <v>823</v>
       </c>
       <c r="E607" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F607" t="s">
-        <v>1226</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="4" t="s">
-        <v>1227</v>
+        <v>1236</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D608" t="s">
-        <v>1228</v>
+        <v>823</v>
       </c>
       <c r="E608" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F608" t="s">
-        <v>616</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="4" t="s">
-        <v>1229</v>
+        <v>1238</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D609" t="s">
-        <v>1230</v>
+        <v>823</v>
       </c>
       <c r="E609" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F609" t="s">
-        <v>1231</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="4" t="s">
-        <v>1232</v>
+        <v>1240</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D610" t="s">
-        <v>1230</v>
+        <v>823</v>
       </c>
       <c r="E610" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F610" t="s">
-        <v>853</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="4" t="s">
-        <v>1233</v>
+        <v>1242</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D611" t="s">
-        <v>1234</v>
+        <v>823</v>
       </c>
       <c r="E611" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F611" t="s">
-        <v>1134</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="4" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D612" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
       <c r="E612" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F612" t="s">
-        <v>1237</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="4" t="s">
-        <v>1238</v>
+        <v>1247</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D613" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
       <c r="E613" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F613" t="s">
-        <v>1239</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="4" t="s">
-        <v>1240</v>
+        <v>1248</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D614" t="s">
-        <v>1241</v>
+        <v>1249</v>
       </c>
       <c r="E614" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F614" t="s">
-        <v>1242</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="4" t="s">
-        <v>1243</v>
+        <v>1251</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D615" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="E615" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F615" t="s">
-        <v>616</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="4" t="s">
-        <v>1245</v>
+        <v>1253</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D616" t="s">
-        <v>836</v>
+        <v>1254</v>
       </c>
       <c r="E616" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F616" t="s">
-        <v>1246</v>
+        <v>603</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="4" t="s">
-        <v>1247</v>
+        <v>1255</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D617" t="s">
-        <v>836</v>
+        <v>1254</v>
       </c>
       <c r="E617" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F617" t="s">
-        <v>1248</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="4" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D618" t="s">
-        <v>836</v>
+        <v>1257</v>
       </c>
       <c r="E618" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F618" t="s">
-        <v>1250</v>
+        <v>603</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="4" t="s">
-        <v>1251</v>
+        <v>1258</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D619" t="s">
-        <v>836</v>
+        <v>1257</v>
       </c>
       <c r="E619" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F619" t="s">
-        <v>1252</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="4" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D620" t="s">
-        <v>836</v>
+        <v>1261</v>
       </c>
       <c r="E620" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F620" t="s">
-        <v>1254</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="4" t="s">
-        <v>1255</v>
+        <v>1263</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D621" t="s">
-        <v>1256</v>
+        <v>1264</v>
       </c>
       <c r="E621" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F621" t="s">
-        <v>1257</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="4" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D622" t="s">
-        <v>1256</v>
+        <v>1264</v>
       </c>
       <c r="E622" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F622" t="s">
-        <v>1199</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="4" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D623" t="s">
-        <v>1260</v>
+        <v>1267</v>
       </c>
       <c r="E623" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F623" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="4" t="s">
-        <v>1262</v>
+        <v>1269</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D624" t="s">
-        <v>1260</v>
+        <v>1267</v>
       </c>
       <c r="E624" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F624" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="4" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D625" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="E625" t="s">
         <v>9</v>
       </c>
       <c r="F625" t="s">
-        <v>616</v>
+        <v>603</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="4" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D626" t="s">
-        <v>1265</v>
+        <v>1274</v>
       </c>
       <c r="E626" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F626" t="s">
-        <v>1199</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="4" t="s">
-        <v>1267</v>
+        <v>1276</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D627" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="E627" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F627" t="s">
-        <v>616</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="4" t="s">
-        <v>1269</v>
+        <v>1277</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D628" t="s">
-        <v>1268</v>
+        <v>1278</v>
       </c>
       <c r="E628" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F628" t="s">
-        <v>1270</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="4" t="s">
-        <v>1271</v>
+        <v>1280</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D629" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
       <c r="E629" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F629" t="s">
-        <v>1273</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="4" t="s">
-        <v>1274</v>
+        <v>1282</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D630" t="s">
-        <v>1275</v>
+        <v>1283</v>
       </c>
       <c r="E630" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F630" t="s">
-        <v>1120</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="4" t="s">
-        <v>1276</v>
+        <v>1285</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D631" t="s">
-        <v>1275</v>
+        <v>1283</v>
       </c>
       <c r="E631" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F631" t="s">
-        <v>1231</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" s="4" t="s">
-        <v>1277</v>
+        <v>1287</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D632" t="s">
-        <v>1278</v>
+        <v>1288</v>
       </c>
       <c r="E632" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F632" t="s">
-        <v>1279</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="4" t="s">
-        <v>1280</v>
+        <v>1289</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D633" t="s">
-        <v>1278</v>
+        <v>1288</v>
       </c>
       <c r="E633" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F633" t="s">
-        <v>1281</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="4" t="s">
-        <v>1282</v>
+        <v>1291</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D634" t="s">
-        <v>1283</v>
+        <v>1292</v>
       </c>
       <c r="E634" t="s">
         <v>9</v>
       </c>
       <c r="F634" t="s">
-        <v>616</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="4" t="s">
-        <v>1284</v>
+        <v>1294</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D635" t="s">
-        <v>1285</v>
+        <v>1295</v>
       </c>
       <c r="E635" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F635" t="s">
-        <v>1286</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="4" t="s">
-        <v>1287</v>
+        <v>1297</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D636" t="s">
-        <v>1285</v>
+        <v>1295</v>
       </c>
       <c r="E636" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F636" t="s">
-        <v>1036</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="4" t="s">
-        <v>1288</v>
+        <v>1298</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D637" t="s">
-        <v>1289</v>
+        <v>1299</v>
       </c>
       <c r="E637" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F637" t="s">
-        <v>1290</v>
+        <v>897</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="4" t="s">
-        <v>1291</v>
+        <v>1300</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D638" t="s">
-        <v>1289</v>
+        <v>1299</v>
       </c>
       <c r="E638" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F638" t="s">
-        <v>1292</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="4" t="s">
-        <v>1293</v>
+        <v>1302</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D639" t="s">
-        <v>1294</v>
+        <v>1303</v>
       </c>
       <c r="E639" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F639" t="s">
-        <v>1295</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="4" t="s">
-        <v>1296</v>
+        <v>1305</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D640" t="s">
-        <v>1294</v>
+        <v>1303</v>
       </c>
       <c r="E640" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F640" t="s">
-        <v>1297</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="4" t="s">
-        <v>1298</v>
+        <v>1306</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D641" t="s">
-        <v>1299</v>
+        <v>1307</v>
       </c>
       <c r="E641" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F641" t="s">
-        <v>1279</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="4" t="s">
-        <v>1300</v>
+        <v>1309</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D642" t="s">
-        <v>1299</v>
+        <v>1310</v>
       </c>
       <c r="E642" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F642" t="s">
-        <v>1301</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="4" t="s">
-        <v>1302</v>
+        <v>1312</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D643" t="s">
-        <v>1303</v>
+        <v>1313</v>
       </c>
       <c r="E643" t="s">
         <v>9</v>
       </c>
       <c r="F643" t="s">
-        <v>1304</v>
+        <v>799</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="4" t="s">
-        <v>1305</v>
+        <v>1314</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D644" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="E644" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F644" t="s">
-        <v>1307</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="4" t="s">
-        <v>1308</v>
+        <v>1316</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D645" t="s">
-        <v>1306</v>
+        <v>1317</v>
       </c>
       <c r="E645" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F645" t="s">
-        <v>1137</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="4" t="s">
-        <v>1309</v>
+        <v>1319</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D646" t="s">
-        <v>1310</v>
+        <v>1317</v>
       </c>
       <c r="E646" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F646" t="s">
-        <v>910</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="4" t="s">
-        <v>1311</v>
+        <v>1320</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D647" t="s">
-        <v>1310</v>
+        <v>1321</v>
       </c>
       <c r="E647" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F647" t="s">
-        <v>1312</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="4" t="s">
-        <v>1313</v>
+        <v>1323</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D648" t="s">
-        <v>1314</v>
+        <v>1321</v>
       </c>
       <c r="E648" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F648" t="s">
-        <v>1315</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="4" t="s">
-        <v>1316</v>
+        <v>1325</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D649" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
       <c r="E649" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F649" t="s">
-        <v>1297</v>
+        <v>603</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="4" t="s">
-        <v>1317</v>
+        <v>1327</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D650" t="s">
-        <v>1318</v>
+        <v>1326</v>
       </c>
       <c r="E650" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F650" t="s">
-        <v>1319</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="4" t="s">
-        <v>1320</v>
+        <v>1329</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D651" t="s">
-        <v>1321</v>
+        <v>1330</v>
       </c>
       <c r="E651" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F651" t="s">
-        <v>1322</v>
+        <v>184</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="4" t="s">
-        <v>1323</v>
+        <v>1209</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D652" t="s">
-        <v>1324</v>
+        <v>1331</v>
       </c>
       <c r="E652" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F652" t="s">
-        <v>812</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="4" t="s">
-        <v>1325</v>
+        <v>1333</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D653" t="s">
-        <v>1324</v>
+        <v>1331</v>
       </c>
       <c r="E653" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F653" t="s">
-        <v>1326</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="4" t="s">
-        <v>1327</v>
+        <v>1334</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D654" t="s">
-        <v>1328</v>
+        <v>1335</v>
       </c>
       <c r="E654" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F654" t="s">
-        <v>1329</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="4" t="s">
-        <v>1330</v>
+        <v>1337</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D655" t="s">
-        <v>1328</v>
+        <v>1338</v>
       </c>
       <c r="E655" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F655" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="4" t="s">
-        <v>1331</v>
+        <v>1339</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D656" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="E656" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F656" t="s">
-        <v>1333</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="4" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D657" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="E657" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F657" t="s">
-        <v>1335</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="4" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D658" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="E658" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F658" t="s">
-        <v>616</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="4" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D659" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="E659" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F659" t="s">
-        <v>1339</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" s="4" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D660" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="E660" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F660" t="s">
-        <v>179</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" s="4" t="s">
-        <v>1222</v>
+        <v>1346</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D661" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="E661" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F661" t="s">
-        <v>1343</v>
+        <v>799</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" s="4" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D662" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="E662" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F662" t="s">
-        <v>1125</v>
+        <v>812</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" s="4" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D663" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="E663" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F663" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" s="4" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D664" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="E664" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F664" t="s">
-        <v>1174</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" s="4" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D665" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="E665" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F665" t="s">
-        <v>1174</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" s="4" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D666" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
       <c r="E666" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F666" t="s">
-        <v>1174</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" s="4" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D667" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
       <c r="E667" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F667" t="s">
-        <v>1174</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="4" t="s">
-        <v>1353</v>
+        <v>1360</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D668" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="E668" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F668" t="s">
-        <v>1203</v>
+        <v>603</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="4" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D669" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="E669" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F669" t="s">
-        <v>1051</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="4" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D670" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="E670" t="s">
         <v>9</v>
       </c>
       <c r="F670" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" s="4" t="s">
-        <v>1359</v>
+        <v>1366</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D671" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="E671" t="s">
-        <v>9</v>
+        <v>1367</v>
       </c>
       <c r="F671" t="s">
-        <v>825</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" s="4" t="s">
-        <v>1360</v>
+        <v>1369</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D672" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="E672" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F672" t="s">
-        <v>1362</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" s="4" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D673" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="E673" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F673" t="s">
-        <v>1365</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" s="4" t="s">
-        <v>1366</v>
+        <v>1372</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D674" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="E674" t="s">
         <v>9</v>
       </c>
       <c r="F674" t="s">
-        <v>1137</v>
+        <v>799</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" s="4" t="s">
-        <v>1367</v>
+        <v>1373</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D675" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="E675" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F675" t="s">
-        <v>1199</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" s="4" t="s">
-        <v>1369</v>
+        <v>1375</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D676" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="E676" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F676" t="s">
-        <v>1370</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" s="4" t="s">
-        <v>1371</v>
+        <v>1377</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D677" t="s">
-        <v>1372</v>
+        <v>1365</v>
       </c>
       <c r="E677" t="s">
         <v>9</v>
       </c>
       <c r="F677" t="s">
-        <v>616</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" s="4" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D678" t="s">
-        <v>1372</v>
+        <v>1365</v>
       </c>
       <c r="E678" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F678" t="s">
-        <v>1374</v>
+        <v>799</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" s="4" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D679" t="s">
-        <v>1376</v>
+        <v>1365</v>
       </c>
       <c r="E679" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F679" t="s">
-        <v>825</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" s="4" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D680" t="s">
-        <v>1376</v>
+        <v>1365</v>
       </c>
       <c r="E680" t="s">
-        <v>1378</v>
+        <v>9</v>
       </c>
       <c r="F680" t="s">
-        <v>1379</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" s="4" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D681" t="s">
-        <v>1376</v>
+        <v>1383</v>
       </c>
       <c r="E681" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F681" t="s">
-        <v>1137</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" s="4" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D682" t="s">
-        <v>1376</v>
+        <v>1383</v>
       </c>
       <c r="E682" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F682" t="s">
-        <v>1382</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" s="4" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D683" t="s">
-        <v>1376</v>
+        <v>1387</v>
       </c>
       <c r="E683" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F683" t="s">
-        <v>812</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" s="4" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D684" t="s">
-        <v>1376</v>
+        <v>1387</v>
       </c>
       <c r="E684" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F684" t="s">
-        <v>1385</v>
+        <v>997</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" s="4" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D685" t="s">
-        <v>1376</v>
+        <v>1390</v>
       </c>
       <c r="E685" t="s">
         <v>9</v>
       </c>
       <c r="F685" t="s">
-        <v>1387</v>
+        <v>799</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" s="4" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D686" t="s">
-        <v>1376</v>
+        <v>1390</v>
       </c>
       <c r="E686" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F686" t="s">
-        <v>1160</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" s="4" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D687" t="s">
-        <v>1376</v>
+        <v>1390</v>
       </c>
       <c r="E687" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F687" t="s">
-        <v>812</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" s="4" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D688" t="s">
-        <v>1376</v>
+        <v>1396</v>
       </c>
       <c r="E688" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F688" t="s">
-        <v>1391</v>
+        <v>974</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" s="4" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D689" t="s">
-        <v>1376</v>
+        <v>1396</v>
       </c>
       <c r="E689" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F689" t="s">
-        <v>1160</v>
+        <v>974</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" s="4" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D690" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="E690" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F690" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" s="4" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D691" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="E691" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F691" t="s">
-        <v>1137</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" s="4" t="s">
-        <v>1397</v>
+        <v>1403</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D692" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="E692" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F692" t="s">
-        <v>1129</v>
+        <v>799</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" s="4" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D693" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="E693" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F693" t="s">
-        <v>1010</v>
+        <v>603</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" s="4" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D694" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
       <c r="E694" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F694" t="s">
-        <v>812</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" s="4" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D695" t="s">
-        <v>1401</v>
+        <v>1409</v>
       </c>
       <c r="E695" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F695" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" s="4" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D696" t="s">
-        <v>1401</v>
+        <v>1412</v>
       </c>
       <c r="E696" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F696" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="4" t="s">
-        <v>1406</v>
+        <v>1414</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D697" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
       <c r="E697" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F697" t="s">
-        <v>987</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="4" t="s">
-        <v>1408</v>
+        <v>1417</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D698" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
       <c r="E698" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F698" t="s">
-        <v>987</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="4" t="s">
-        <v>1409</v>
+        <v>1419</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D699" t="s">
-        <v>1407</v>
+        <v>1420</v>
       </c>
       <c r="E699" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F699" t="s">
-        <v>1410</v>
+        <v>603</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="4" t="s">
-        <v>1411</v>
+        <v>1421</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D700" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
       <c r="E700" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F700" t="s">
-        <v>1413</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="4" t="s">
-        <v>1414</v>
+        <v>1423</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D701" t="s">
-        <v>1415</v>
+        <v>837</v>
       </c>
       <c r="E701" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F701" t="s">
-        <v>812</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="4" t="s">
-        <v>1416</v>
+        <v>1425</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D702" t="s">
-        <v>1415</v>
+        <v>837</v>
       </c>
       <c r="E702" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F702" t="s">
-        <v>616</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="4" t="s">
-        <v>1417</v>
+        <v>1426</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D703" t="s">
-        <v>1415</v>
+        <v>842</v>
       </c>
       <c r="E703" t="s">
-        <v>980</v>
+        <v>784</v>
       </c>
       <c r="F703" t="s">
-        <v>1418</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" s="4" t="s">
-        <v>1419</v>
+        <v>1428</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D704" t="s">
-        <v>1420</v>
+        <v>842</v>
       </c>
       <c r="E704" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F704" t="s">
-        <v>1421</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" s="4" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D705" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="E705" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F705" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" s="4" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D706" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="E706" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F706" t="s">
-        <v>1427</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" s="4" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D707" t="s">
-        <v>1426</v>
+        <v>1434</v>
       </c>
       <c r="E707" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F707" t="s">
-        <v>1429</v>
+        <v>603</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" s="4" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D708" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
       <c r="E708" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F708" t="s">
-        <v>616</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" s="4" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D709" t="s">
-        <v>1431</v>
+        <v>845</v>
       </c>
       <c r="E709" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F709" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" s="4" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D710" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="E710" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F710" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" s="4" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D711" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="E711" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F711" t="s">
-        <v>1098</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" s="4" t="s">
-        <v>1437</v>
+        <v>1442</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D712" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="E712" t="s">
-        <v>797</v>
+        <v>967</v>
       </c>
       <c r="F712" t="s">
-        <v>1438</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" s="4" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D713" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="E713" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F713" t="s">
-        <v>1199</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" s="4" t="s">
-        <v>1440</v>
+        <v>1445</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D714" t="s">
-        <v>1441</v>
+        <v>845</v>
       </c>
       <c r="E714" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F714" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" s="4" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D715" t="s">
-        <v>1441</v>
+        <v>845</v>
       </c>
       <c r="E715" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F715" t="s">
-        <v>1433</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" s="4" t="s">
-        <v>1444</v>
+        <v>1449</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D716" t="s">
-        <v>1445</v>
+        <v>845</v>
       </c>
       <c r="E716" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F716" t="s">
-        <v>616</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" s="4" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D717" t="s">
-        <v>1445</v>
+        <v>845</v>
       </c>
       <c r="E717" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F717" t="s">
-        <v>1033</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" s="4" t="s">
-        <v>1447</v>
+        <v>1452</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D718" t="s">
-        <v>858</v>
+        <v>845</v>
       </c>
       <c r="E718" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F718" t="s">
-        <v>1448</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" s="4" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D719" t="s">
-        <v>858</v>
+        <v>845</v>
       </c>
       <c r="E719" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F719" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" s="4" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D720" t="s">
-        <v>858</v>
+        <v>845</v>
       </c>
       <c r="E720" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F720" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" s="4" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D721" t="s">
-        <v>858</v>
+        <v>1458</v>
       </c>
       <c r="E721" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F721" t="s">
-        <v>1055</v>
+        <v>184</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" s="4" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D722" t="s">
-        <v>858</v>
+        <v>1458</v>
       </c>
       <c r="E722" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F722" t="s">
-        <v>1455</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" s="4" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D723" t="s">
-        <v>858</v>
+        <v>1461</v>
       </c>
       <c r="E723" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F723" t="s">
-        <v>1457</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" s="4" t="s">
-        <v>1458</v>
+        <v>1463</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D724" t="s">
-        <v>858</v>
+        <v>1461</v>
       </c>
       <c r="E724" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F724" t="s">
-        <v>1459</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" s="4" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D725" t="s">
-        <v>858</v>
+        <v>1461</v>
       </c>
       <c r="E725" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F725" t="s">
-        <v>1129</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" s="4" t="s">
-        <v>1461</v>
+        <v>1467</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D726" t="s">
-        <v>858</v>
+        <v>1468</v>
       </c>
       <c r="E726" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F726" t="s">
-        <v>1462</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" s="4" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D727" t="s">
-        <v>858</v>
+        <v>1468</v>
       </c>
       <c r="E727" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F727" t="s">
-        <v>1464</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" s="4" t="s">
-        <v>1465</v>
+        <v>1471</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D728" t="s">
-        <v>858</v>
+        <v>1472</v>
       </c>
       <c r="E728" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F728" t="s">
-        <v>1462</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" s="4" t="s">
-        <v>1466</v>
+        <v>1474</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D729" t="s">
-        <v>858</v>
+        <v>1475</v>
       </c>
       <c r="E729" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F729" t="s">
-        <v>1467</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" s="4" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D730" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="E730" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F730" t="s">
-        <v>179</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" s="4" t="s">
-        <v>1470</v>
+        <v>1479</v>
       </c>
       <c r="B731" t="s">
-        <v>9</v>
+        <v>1480</v>
       </c>
       <c r="C731" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D731" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="E731" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F731" t="s">
-        <v>1199</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" s="4" t="s">
-        <v>1471</v>
+        <v>1481</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D732" t="s">
-        <v>1472</v>
+        <v>1482</v>
       </c>
       <c r="E732" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F732" t="s">
-        <v>1473</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" s="4" t="s">
-        <v>1474</v>
+        <v>1484</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D733" t="s">
-        <v>1472</v>
+        <v>1482</v>
       </c>
       <c r="E733" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F733" t="s">
-        <v>1475</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" s="4" t="s">
-        <v>1476</v>
+        <v>1485</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D734" t="s">
-        <v>1472</v>
+        <v>1486</v>
       </c>
       <c r="E734" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F734" t="s">
-        <v>1477</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" s="4" t="s">
-        <v>1478</v>
+        <v>1488</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D735" t="s">
-        <v>1479</v>
+        <v>1486</v>
       </c>
       <c r="E735" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F735" t="s">
-        <v>1480</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" s="4" t="s">
-        <v>1481</v>
+        <v>1490</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D736" t="s">
-        <v>1479</v>
+        <v>1491</v>
       </c>
       <c r="E736" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F736" t="s">
-        <v>1083</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" s="4" t="s">
-        <v>1482</v>
+        <v>1492</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D737" t="s">
-        <v>1483</v>
+        <v>1491</v>
       </c>
       <c r="E737" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F737" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" s="4" t="s">
-        <v>1485</v>
+        <v>1493</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D738" t="s">
-        <v>1486</v>
+        <v>1494</v>
       </c>
       <c r="E738" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F738" t="s">
-        <v>1078</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" s="4" t="s">
-        <v>1487</v>
+        <v>1495</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D739" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="E739" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F739" t="s">
-        <v>1489</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" s="4" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
       <c r="B740" t="s">
-        <v>1491</v>
+        <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D740" t="s">
-        <v>1488</v>
+        <v>1498</v>
       </c>
       <c r="E740" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F740" t="s">
-        <v>1137</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" s="4" t="s">
-        <v>1492</v>
+        <v>1499</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D741" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
       <c r="E741" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F741" t="s">
-        <v>1494</v>
+        <v>799</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" s="4" t="s">
-        <v>1495</v>
+        <v>1501</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D742" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
       <c r="E742" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F742" t="s">
-        <v>1036</v>
+        <v>603</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" s="4" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D743" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
       <c r="E743" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F743" t="s">
-        <v>1498</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" s="4" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D744" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
       <c r="E744" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F744" t="s">
-        <v>1500</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" s="4" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D745" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
       <c r="E745" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F745" t="s">
-        <v>1498</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" s="4" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D746" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
       <c r="E746" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F746" t="s">
-        <v>1498</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" s="4" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D747" t="s">
-        <v>1505</v>
+        <v>869</v>
       </c>
       <c r="E747" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F747" t="s">
-        <v>1129</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" s="4" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D748" t="s">
-        <v>1505</v>
+        <v>869</v>
       </c>
       <c r="E748" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F748" t="s">
-        <v>1507</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" s="4" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D749" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="E749" t="s">
-        <v>980</v>
+        <v>784</v>
       </c>
       <c r="F749" t="s">
-        <v>1081</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" s="4" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D750" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="E750" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F750" t="s">
-        <v>812</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" s="4" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D751" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="E751" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F751" t="s">
-        <v>616</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" s="4" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D752" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="E752" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F752" t="s">
-        <v>1515</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" s="4" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D753" t="s">
-        <v>1514</v>
+        <v>1520</v>
       </c>
       <c r="E753" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F753" t="s">
-        <v>1281</v>
+        <v>680</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" s="4" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D754" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="E754" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F754" t="s">
-        <v>1051</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" s="4" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D755" t="s">
-        <v>1518</v>
+        <v>1523</v>
       </c>
       <c r="E755" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F755" t="s">
-        <v>1158</v>
+        <v>603</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" s="4" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D756" t="s">
-        <v>882</v>
+        <v>1525</v>
       </c>
       <c r="E756" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F756" t="s">
-        <v>1448</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" s="4" t="s">
-        <v>1521</v>
+        <v>1527</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D757" t="s">
-        <v>882</v>
+        <v>1528</v>
       </c>
       <c r="E757" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F757" t="s">
-        <v>1312</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" s="4" t="s">
-        <v>1522</v>
+        <v>1530</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D758" t="s">
-        <v>1523</v>
+        <v>1528</v>
       </c>
       <c r="E758" t="s">
-        <v>797</v>
+        <v>967</v>
       </c>
       <c r="F758" t="s">
-        <v>1459</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" s="4" t="s">
-        <v>1524</v>
+        <v>1532</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D759" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="E759" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F759" t="s">
-        <v>1028</v>
+        <v>159</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" s="4" t="s">
-        <v>1525</v>
+        <v>1534</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D760" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="E760" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F760" t="s">
-        <v>1527</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" s="4" t="s">
-        <v>1528</v>
+        <v>1535</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D761" t="s">
-        <v>1529</v>
+        <v>1536</v>
       </c>
       <c r="E761" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F761" t="s">
-        <v>1507</v>
+        <v>603</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" s="4" t="s">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D762" t="s">
-        <v>1531</v>
+        <v>1536</v>
       </c>
       <c r="E762" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F762" t="s">
-        <v>693</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" s="4" t="s">
-        <v>1532</v>
+        <v>1539</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D763" t="s">
-        <v>1531</v>
+        <v>1540</v>
       </c>
       <c r="E763" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F763" t="s">
-        <v>1134</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" s="4" t="s">
-        <v>1533</v>
+        <v>1542</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D764" t="s">
-        <v>1534</v>
+        <v>1540</v>
       </c>
       <c r="E764" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F764" t="s">
-        <v>616</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" s="4" t="s">
-        <v>1535</v>
+        <v>1543</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D765" t="s">
-        <v>1536</v>
+        <v>1544</v>
       </c>
       <c r="E765" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F765" t="s">
-        <v>1537</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" s="4" t="s">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D766" t="s">
-        <v>1539</v>
+        <v>1546</v>
       </c>
       <c r="E766" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F766" t="s">
-        <v>1540</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" s="4" t="s">
-        <v>1541</v>
+        <v>1548</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D767" t="s">
-        <v>1539</v>
+        <v>1546</v>
       </c>
       <c r="E767" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F767" t="s">
-        <v>1542</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" s="4" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D768" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="E768" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F768" t="s">
-        <v>159</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" s="4" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D769" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="E769" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F769" t="s">
-        <v>1347</v>
+        <v>603</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" s="4" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B770" t="s">
+        <v>9</v>
+      </c>
+      <c r="C770" t="s">
+        <v>965</v>
+      </c>
+      <c r="D770" t="s">
         <v>1546</v>
       </c>
-      <c r="B770" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E770" t="s">
         <v>9</v>
       </c>
       <c r="F770" t="s">
-        <v>616</v>
+        <v>812</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" s="4" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D771" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
       <c r="E771" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F771" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" s="4" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D772" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="E772" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F772" t="s">
-        <v>1552</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" s="4" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D773" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="E773" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F773" t="s">
-        <v>1043</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" s="4" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D774" t="s">
-        <v>1555</v>
+        <v>880</v>
       </c>
       <c r="E774" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F774" t="s">
-        <v>1433</v>
+        <v>603</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" s="4" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D775" t="s">
-        <v>1557</v>
+        <v>880</v>
       </c>
       <c r="E775" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F775" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" s="4" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D776" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="E776" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F776" t="s">
-        <v>1558</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" s="4" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D777" t="s">
-        <v>1557</v>
+        <v>1564</v>
       </c>
       <c r="E777" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F777" t="s">
-        <v>1160</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" s="4" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D778" t="s">
-        <v>1557</v>
+        <v>1566</v>
       </c>
       <c r="E778" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F778" t="s">
-        <v>616</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" s="4" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D779" t="s">
-        <v>1557</v>
+        <v>1568</v>
       </c>
       <c r="E779" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F779" t="s">
-        <v>825</v>
+        <v>659</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" s="4" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D780" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="E780" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F780" t="s">
-        <v>1565</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" s="4" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D781" t="s">
-        <v>1567</v>
+        <v>883</v>
       </c>
       <c r="E781" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F781" t="s">
-        <v>1473</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" s="4" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D782" t="s">
-        <v>1567</v>
+        <v>883</v>
       </c>
       <c r="E782" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F782" t="s">
-        <v>1304</v>
+        <v>603</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" s="4" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D783" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="E783" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F783" t="s">
-        <v>616</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" s="4" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D784" t="s">
-        <v>893</v>
+        <v>1575</v>
       </c>
       <c r="E784" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F784" t="s">
-        <v>1571</v>
+        <v>621</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" s="4" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D785" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="E785" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F785" t="s">
-        <v>1203</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" s="4" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D786" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="E786" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F786" t="s">
-        <v>1081</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" s="4" t="s">
-        <v>1576</v>
+        <v>1581</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D787" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="E787" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F787" t="s">
-        <v>1565</v>
+        <v>603</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" s="4" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D788" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="E788" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F788" t="s">
-        <v>672</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" s="4" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D789" t="s">
-        <v>1579</v>
+        <v>1585</v>
       </c>
       <c r="E789" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F789" t="s">
-        <v>1137</v>
+        <v>603</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" s="4" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D790" t="s">
-        <v>896</v>
+        <v>1585</v>
       </c>
       <c r="E790" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F790" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" s="4" t="s">
-        <v>1583</v>
+        <v>1588</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D791" t="s">
-        <v>896</v>
+        <v>1589</v>
       </c>
       <c r="E791" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F791" t="s">
-        <v>616</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" s="4" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D792" t="s">
-        <v>905</v>
+        <v>1589</v>
       </c>
       <c r="E792" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F792" t="s">
-        <v>1500</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" s="4" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D793" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
       <c r="E793" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F793" t="s">
-        <v>634</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" s="4" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D794" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="E794" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F794" t="s">
-        <v>1588</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" s="4" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D795" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="E795" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F795" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" s="4" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D796" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="E796" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F796" t="s">
-        <v>616</v>
+        <v>184</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" s="4" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D797" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="E797" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F797" t="s">
-        <v>1033</v>
+        <v>997</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" s="4" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D798" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="E798" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F798" t="s">
-        <v>616</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" s="4" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D799" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="E799" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F799" t="s">
-        <v>1598</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" s="4" t="s">
-        <v>1599</v>
+        <v>1605</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D800" t="s">
-        <v>1600</v>
+        <v>895</v>
       </c>
       <c r="E800" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F800" t="s">
-        <v>1279</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" s="4" t="s">
-        <v>1601</v>
+        <v>1606</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D801" t="s">
-        <v>1600</v>
+        <v>895</v>
       </c>
       <c r="E801" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F801" t="s">
-        <v>1281</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" s="4" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D802" t="s">
-        <v>1603</v>
+        <v>1608</v>
       </c>
       <c r="E802" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F802" t="s">
-        <v>1339</v>
+        <v>603</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" s="4" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D803" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="E803" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F803" t="s">
-        <v>1263</v>
+        <v>132</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" s="4" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D804" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="E804" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F804" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" s="4" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D805" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="E805" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F805" t="s">
-        <v>179</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" s="4" t="s">
-        <v>1611</v>
+        <v>1616</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D806" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="E806" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F806" t="s">
-        <v>1010</v>
+        <v>989</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" s="4" t="s">
-        <v>1612</v>
+        <v>1617</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D807" t="s">
-        <v>1613</v>
+        <v>1618</v>
       </c>
       <c r="E807" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F807" t="s">
-        <v>1319</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" s="4" t="s">
-        <v>1614</v>
+        <v>1620</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D808" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="E808" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F808" t="s">
-        <v>483</v>
+        <v>603</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" s="4" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D809" t="s">
-        <v>908</v>
+        <v>1621</v>
       </c>
       <c r="E809" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F809" t="s">
-        <v>1095</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" s="4" t="s">
-        <v>1616</v>
+        <v>1623</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D810" t="s">
-        <v>908</v>
+        <v>1624</v>
       </c>
       <c r="E810" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F810" t="s">
-        <v>1172</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" s="4" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D811" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="E811" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F811" t="s">
-        <v>616</v>
+        <v>603</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" s="4" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D812" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="E812" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F812" t="s">
-        <v>132</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" s="4" t="s">
-        <v>1620</v>
+        <v>1629</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D813" t="s">
-        <v>1621</v>
+        <v>1630</v>
       </c>
       <c r="E813" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F813" t="s">
-        <v>1622</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" s="4" t="s">
-        <v>1623</v>
+        <v>1632</v>
       </c>
       <c r="B814" t="s">
-        <v>9</v>
+        <v>859</v>
       </c>
       <c r="C814" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D814" t="s">
-        <v>1624</v>
+        <v>1630</v>
       </c>
       <c r="E814" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F814" t="s">
-        <v>1625</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" s="4" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D815" t="s">
-        <v>1624</v>
+        <v>903</v>
       </c>
       <c r="E815" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F815" t="s">
-        <v>1002</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" s="4" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D816" t="s">
-        <v>1628</v>
+        <v>903</v>
       </c>
       <c r="E816" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F816" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" s="4" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D817" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
       <c r="E817" t="s">
         <v>9</v>
       </c>
       <c r="F817" t="s">
-        <v>616</v>
+        <v>812</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" s="4" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D818" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
       <c r="E818" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F818" t="s">
-        <v>1292</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" s="4" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D819" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="E819" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F819" t="s">
-        <v>1199</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" s="4" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D820" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="E820" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F820" t="s">
-        <v>616</v>
+        <v>799</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" s="4" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D821" t="s">
-        <v>1636</v>
+        <v>1644</v>
       </c>
       <c r="E821" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F821" t="s">
-        <v>1638</v>
+        <v>603</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" s="4" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D822" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="E822" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F822" t="s">
-        <v>1641</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" s="4" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="B823" t="s">
-        <v>872</v>
+        <v>38</v>
       </c>
       <c r="C823" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D823" t="s">
-        <v>1640</v>
+        <v>1647</v>
       </c>
       <c r="E823" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F823" t="s">
-        <v>1033</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" s="4" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D824" t="s">
-        <v>916</v>
+        <v>1649</v>
       </c>
       <c r="E824" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F824" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" s="4" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D825" t="s">
-        <v>916</v>
+        <v>1652</v>
       </c>
       <c r="E825" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F825" t="s">
-        <v>1646</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" s="4" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D826" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="E826" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F826" t="s">
-        <v>825</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" s="4" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D827" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="E827" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F827" t="s">
-        <v>1625</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" s="4" t="s">
-        <v>1650</v>
+        <v>1657</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D828" t="s">
-        <v>1648</v>
+        <v>1658</v>
       </c>
       <c r="E828" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F828" t="s">
-        <v>1651</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" s="4" t="s">
-        <v>1652</v>
+        <v>1659</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D829" t="s">
-        <v>1648</v>
+        <v>1658</v>
       </c>
       <c r="E829" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F829" t="s">
-        <v>812</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" s="4" t="s">
-        <v>1653</v>
+        <v>1660</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D830" t="s">
-        <v>1654</v>
+        <v>1661</v>
       </c>
       <c r="E830" t="s">
         <v>9</v>
       </c>
       <c r="F830" t="s">
-        <v>616</v>
+        <v>603</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" s="4" t="s">
-        <v>1655</v>
+        <v>1662</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D831" t="s">
-        <v>1654</v>
+        <v>1661</v>
       </c>
       <c r="E831" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F831" t="s">
-        <v>1608</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" s="4" t="s">
-        <v>1656</v>
+        <v>1664</v>
       </c>
       <c r="B832" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D832" t="s">
-        <v>1657</v>
+        <v>1665</v>
       </c>
       <c r="E832" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F832" t="s">
-        <v>1143</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" s="4" t="s">
-        <v>1658</v>
+        <v>1667</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D833" t="s">
-        <v>1659</v>
+        <v>1665</v>
       </c>
       <c r="E833" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F833" t="s">
-        <v>1660</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" s="4" t="s">
-        <v>1661</v>
+        <v>1668</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D834" t="s">
-        <v>1662</v>
+        <v>905</v>
       </c>
       <c r="E834" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F834" t="s">
-        <v>1199</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" s="4" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D835" t="s">
-        <v>1664</v>
+        <v>905</v>
       </c>
       <c r="E835" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F835" t="s">
-        <v>1051</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" s="4" t="s">
-        <v>1665</v>
+        <v>1670</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D836" t="s">
-        <v>1664</v>
+        <v>1671</v>
       </c>
       <c r="E836" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F836" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" s="4" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D837" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="E837" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F837" t="s">
-        <v>1540</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" s="4" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D838" t="s">
-        <v>1668</v>
+        <v>1676</v>
       </c>
       <c r="E838" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F838" t="s">
-        <v>1158</v>
+        <v>603</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" s="4" t="s">
-        <v>1670</v>
+        <v>1677</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D839" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
       <c r="E839" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F839" t="s">
-        <v>616</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" s="4" t="s">
-        <v>1672</v>
+        <v>1679</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D840" t="s">
-        <v>1671</v>
+        <v>915</v>
       </c>
       <c r="E840" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F840" t="s">
-        <v>1673</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" s="4" t="s">
-        <v>1674</v>
+        <v>1681</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D841" t="s">
-        <v>1675</v>
+        <v>915</v>
       </c>
       <c r="E841" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F841" t="s">
-        <v>1676</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" s="4" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D842" t="s">
-        <v>1675</v>
+        <v>915</v>
       </c>
       <c r="E842" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F842" t="s">
-        <v>1203</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" s="4" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D843" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="E843" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F843" t="s">
-        <v>1365</v>
+        <v>799</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" s="4" t="s">
-        <v>1679</v>
+        <v>1684</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D844" t="s">
-        <v>918</v>
+        <v>1685</v>
       </c>
       <c r="E844" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F844" t="s">
-        <v>1304</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" s="4" t="s">
-        <v>1680</v>
+        <v>1686</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D845" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="E845" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F845" t="s">
-        <v>1682</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" s="4" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D846" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="E846" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F846" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" s="4" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D847" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="E847" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F847" t="s">
-        <v>616</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" s="4" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D848" t="s">
-        <v>1686</v>
+        <v>920</v>
       </c>
       <c r="E848" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F848" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" s="4" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D849" t="s">
-        <v>928</v>
+        <v>1694</v>
       </c>
       <c r="E849" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F849" t="s">
-        <v>1690</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" s="4" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D850" t="s">
-        <v>928</v>
+        <v>1694</v>
       </c>
       <c r="E850" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F850" t="s">
-        <v>1183</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" s="4" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D851" t="s">
-        <v>928</v>
+        <v>1697</v>
       </c>
       <c r="E851" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F851" t="s">
-        <v>1028</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" s="4" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D852" t="s">
-        <v>928</v>
+        <v>1700</v>
       </c>
       <c r="E852" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F852" t="s">
-        <v>812</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" s="4" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D853" t="s">
-        <v>1695</v>
+        <v>1702</v>
       </c>
       <c r="E853" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F853" t="s">
-        <v>1625</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" s="4" t="s">
-        <v>1696</v>
+        <v>1704</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D854" t="s">
-        <v>1695</v>
+        <v>1702</v>
       </c>
       <c r="E854" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F854" t="s">
-        <v>1078</v>
+        <v>603</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" s="4" t="s">
-        <v>1697</v>
+        <v>1705</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D855" t="s">
-        <v>1698</v>
+        <v>936</v>
       </c>
       <c r="E855" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F855" t="s">
-        <v>1699</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" s="4" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D856" t="s">
-        <v>1698</v>
+        <v>1707</v>
       </c>
       <c r="E856" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F856" t="s">
-        <v>1137</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" s="4" t="s">
-        <v>1701</v>
+        <v>1709</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D857" t="s">
-        <v>933</v>
+        <v>1710</v>
       </c>
       <c r="E857" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F857" t="s">
-        <v>1702</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" s="4" t="s">
-        <v>1703</v>
+        <v>1711</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D858" t="s">
-        <v>1704</v>
+        <v>1710</v>
       </c>
       <c r="E858" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F858" t="s">
-        <v>1137</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" s="4" t="s">
-        <v>1705</v>
+        <v>1712</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D859" t="s">
-        <v>1704</v>
+        <v>1713</v>
       </c>
       <c r="E859" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F859" t="s">
-        <v>1140</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" s="4" t="s">
-        <v>1706</v>
+        <v>1714</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D860" t="s">
-        <v>1707</v>
+        <v>1715</v>
       </c>
       <c r="E860" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F860" t="s">
-        <v>1708</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" s="4" t="s">
-        <v>1709</v>
+        <v>1716</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D861" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
       <c r="E861" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F861" t="s">
-        <v>1199</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" s="4" t="s">
-        <v>1711</v>
+        <v>1719</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D862" t="s">
-        <v>1712</v>
+        <v>1720</v>
       </c>
       <c r="E862" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F862" t="s">
-        <v>1713</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" s="4" t="s">
-        <v>1714</v>
+        <v>1722</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D863" t="s">
-        <v>1712</v>
+        <v>1723</v>
       </c>
       <c r="E863" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F863" t="s">
-        <v>616</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" s="4" t="s">
-        <v>1715</v>
+        <v>1725</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D864" t="s">
-        <v>949</v>
+        <v>1726</v>
       </c>
       <c r="E864" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F864" t="s">
-        <v>1216</v>
+        <v>812</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" s="4" t="s">
-        <v>1716</v>
+        <v>1727</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D865" t="s">
-        <v>1717</v>
+        <v>1726</v>
       </c>
       <c r="E865" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F865" t="s">
-        <v>1718</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" s="4" t="s">
-        <v>1719</v>
+        <v>1729</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D866" t="s">
-        <v>1720</v>
+        <v>1726</v>
       </c>
       <c r="E866" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F866" t="s">
-        <v>1197</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" s="4" t="s">
-        <v>1721</v>
+        <v>1730</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D867" t="s">
-        <v>1720</v>
+        <v>1731</v>
       </c>
       <c r="E867" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F867" t="s">
-        <v>1113</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" s="4" t="s">
-        <v>1722</v>
+        <v>1732</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D868" t="s">
-        <v>1723</v>
+        <v>1733</v>
       </c>
       <c r="E868" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F868" t="s">
-        <v>1273</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" s="4" t="s">
-        <v>1724</v>
+        <v>1734</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D869" t="s">
-        <v>1725</v>
+        <v>1735</v>
       </c>
       <c r="E869" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F869" t="s">
-        <v>1051</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" s="4" t="s">
-        <v>1726</v>
+        <v>1737</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D870" t="s">
-        <v>1727</v>
+        <v>1735</v>
       </c>
       <c r="E870" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F870" t="s">
-        <v>1728</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" s="4" t="s">
-        <v>1729</v>
+        <v>1739</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D871" t="s">
-        <v>1730</v>
+        <v>1740</v>
       </c>
       <c r="E871" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F871" t="s">
-        <v>1731</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" s="4" t="s">
-        <v>1732</v>
+        <v>1741</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D872" t="s">
-        <v>1733</v>
+        <v>1742</v>
       </c>
       <c r="E872" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F872" t="s">
-        <v>1734</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" s="4" t="s">
-        <v>1735</v>
+        <v>1743</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D873" t="s">
-        <v>1736</v>
+        <v>1744</v>
       </c>
       <c r="E873" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F873" t="s">
-        <v>825</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" s="4" t="s">
-        <v>1737</v>
+        <v>1746</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D874" t="s">
-        <v>1736</v>
+        <v>1744</v>
       </c>
       <c r="E874" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F874" t="s">
-        <v>1738</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" s="4" t="s">
-        <v>1739</v>
+        <v>1748</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D875" t="s">
-        <v>1736</v>
+        <v>1749</v>
       </c>
       <c r="E875" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F875" t="s">
-        <v>1113</v>
+        <v>603</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" s="4" t="s">
-        <v>1740</v>
+        <v>1750</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D876" t="s">
-        <v>1741</v>
+        <v>1751</v>
       </c>
       <c r="E876" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F876" t="s">
-        <v>1713</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" s="4" t="s">
-        <v>1742</v>
+        <v>1752</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D877" t="s">
-        <v>1743</v>
+        <v>1751</v>
       </c>
       <c r="E877" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F877" t="s">
-        <v>1216</v>
+        <v>603</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" s="4" t="s">
-        <v>1744</v>
+        <v>1753</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D878" t="s">
-        <v>1745</v>
+        <v>1754</v>
       </c>
       <c r="E878" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F878" t="s">
-        <v>1746</v>
+        <v>603</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" s="4" t="s">
-        <v>1747</v>
+        <v>1755</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D879" t="s">
-        <v>1745</v>
+        <v>1754</v>
       </c>
       <c r="E879" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F879" t="s">
-        <v>1748</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" s="4" t="s">
-        <v>1749</v>
+        <v>1757</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D880" t="s">
-        <v>1750</v>
+        <v>1758</v>
       </c>
       <c r="E880" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F880" t="s">
-        <v>1189</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" s="4" t="s">
-        <v>1751</v>
+        <v>1759</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D881" t="s">
-        <v>1752</v>
+        <v>1758</v>
       </c>
       <c r="E881" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F881" t="s">
-        <v>1120</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" s="4" t="s">
-        <v>1753</v>
+        <v>1761</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D882" t="s">
-        <v>1754</v>
+        <v>939</v>
       </c>
       <c r="E882" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F882" t="s">
-        <v>1755</v>
+        <v>603</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" s="4" t="s">
-        <v>1756</v>
+        <v>1762</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D883" t="s">
-        <v>1754</v>
+        <v>939</v>
       </c>
       <c r="E883" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F883" t="s">
-        <v>1757</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" s="4" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D884" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="E884" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F884" t="s">
-        <v>616</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" s="4" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D885" t="s">
-        <v>1761</v>
+        <v>1764</v>
       </c>
       <c r="E885" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F885" t="s">
-        <v>1137</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" s="4" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D886" t="s">
-        <v>1761</v>
+        <v>1767</v>
       </c>
       <c r="E886" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F886" t="s">
-        <v>616</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887" s="4" t="s">
-        <v>1763</v>
+        <v>1769</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D887" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="E887" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F887" t="s">
-        <v>616</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888" s="4" t="s">
-        <v>1765</v>
+        <v>1771</v>
       </c>
       <c r="B888" t="s">
         <v>9</v>
       </c>
       <c r="C888" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D888" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="E888" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F888" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889" s="4" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="B889" t="s">
         <v>9</v>
       </c>
       <c r="C889" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D889" t="s">
-        <v>1768</v>
+        <v>1774</v>
       </c>
       <c r="E889" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F889" t="s">
-        <v>1766</v>
+        <v>577</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890" s="4" t="s">
-        <v>1769</v>
+        <v>1775</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D890" t="s">
-        <v>1768</v>
+        <v>1774</v>
       </c>
       <c r="E890" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F890" t="s">
-        <v>1770</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891" s="4" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D891" t="s">
         <v>952</v>
       </c>
       <c r="E891" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F891" t="s">
-        <v>616</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892" s="4" t="s">
-        <v>1772</v>
+        <v>1778</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D892" t="s">
         <v>952</v>
       </c>
       <c r="E892" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F892" t="s">
-        <v>1216</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893" s="4" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D893" t="s">
-        <v>1774</v>
+        <v>1780</v>
       </c>
       <c r="E893" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F893" t="s">
-        <v>1092</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894" s="4" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D894" t="s">
-        <v>1774</v>
+        <v>1780</v>
       </c>
       <c r="E894" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F894" t="s">
-        <v>1713</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895" s="4" t="s">
-        <v>1776</v>
+        <v>1782</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D895" t="s">
-        <v>1777</v>
+        <v>1783</v>
       </c>
       <c r="E895" t="s">
-        <v>980</v>
+        <v>1784</v>
       </c>
       <c r="F895" t="s">
-        <v>1778</v>
+        <v>799</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896" s="4" t="s">
-        <v>1779</v>
+        <v>1785</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D896" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="E896" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F896" t="s">
-        <v>1489</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897" s="4" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D897" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="E897" t="s">
-        <v>980</v>
+        <v>9</v>
       </c>
       <c r="F897" t="s">
-        <v>1782</v>
+        <v>812</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898" s="4" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D898" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="E898" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F898" t="s">
-        <v>583</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899" s="4" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D899" t="s">
-        <v>1784</v>
+        <v>1792</v>
       </c>
       <c r="E899" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F899" t="s">
-        <v>1180</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" s="4" t="s">
-        <v>1786</v>
+        <v>1793</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D900" t="s">
-        <v>965</v>
+        <v>1792</v>
       </c>
       <c r="E900" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F900" t="s">
-        <v>1787</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901" s="4" t="s">
-        <v>1788</v>
+        <v>1795</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D901" t="s">
-        <v>965</v>
+        <v>1796</v>
       </c>
       <c r="E901" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F901" t="s">
-        <v>1418</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902" s="4" t="s">
-        <v>1789</v>
+        <v>1797</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D902" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="E902" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F902" t="s">
-        <v>1158</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903" s="4" t="s">
-        <v>1791</v>
+        <v>1798</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D903" t="s">
-        <v>1790</v>
+        <v>1799</v>
       </c>
       <c r="E903" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F903" t="s">
-        <v>1329</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904" s="4" t="s">
-        <v>1792</v>
+        <v>1801</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D904" t="s">
-        <v>1793</v>
+        <v>1802</v>
       </c>
       <c r="E904" t="s">
-        <v>1794</v>
+        <v>967</v>
       </c>
       <c r="F904" t="s">
-        <v>812</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905" s="4" t="s">
-        <v>1795</v>
+        <v>1803</v>
       </c>
       <c r="B905" t="s">
         <v>9</v>
       </c>
       <c r="C905" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D905" t="s">
-        <v>1793</v>
+        <v>1802</v>
       </c>
       <c r="E905" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F905" t="s">
-        <v>1796</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906" s="4" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="B906" t="s">
         <v>9</v>
       </c>
       <c r="C906" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D906" t="s">
-        <v>1793</v>
+        <v>1806</v>
       </c>
       <c r="E906" t="s">
         <v>9</v>
       </c>
       <c r="F906" t="s">
-        <v>825</v>
+        <v>603</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907" s="4" t="s">
-        <v>1798</v>
+        <v>1807</v>
       </c>
       <c r="B907" t="s">
         <v>9</v>
       </c>
       <c r="C907" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D907" t="s">
-        <v>1799</v>
+        <v>1808</v>
       </c>
       <c r="E907" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F907" t="s">
-        <v>1800</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908" s="4" t="s">
-        <v>1801</v>
+        <v>1810</v>
       </c>
       <c r="B908" t="s">
         <v>9</v>
       </c>
       <c r="C908" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D908" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
       <c r="E908" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F908" t="s">
-        <v>1433</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909" s="4" t="s">
-        <v>1803</v>
+        <v>1812</v>
       </c>
       <c r="B909" t="s">
         <v>9</v>
       </c>
       <c r="C909" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D909" t="s">
-        <v>1802</v>
+        <v>1813</v>
       </c>
       <c r="E909" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F909" t="s">
-        <v>1804</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910" s="4" t="s">
-        <v>1805</v>
+        <v>1814</v>
       </c>
       <c r="B910" t="s">
         <v>9</v>
       </c>
       <c r="C910" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D910" t="s">
-        <v>1806</v>
+        <v>1815</v>
       </c>
       <c r="E910" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F910" t="s">
-        <v>1246</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911" s="4" t="s">
-        <v>1807</v>
+        <v>1817</v>
       </c>
       <c r="B911" t="s">
         <v>9</v>
       </c>
       <c r="C911" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D911" t="s">
-        <v>1806</v>
+        <v>1815</v>
       </c>
       <c r="E911" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F911" t="s">
-        <v>1137</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912" s="4" t="s">
-        <v>1808</v>
+        <v>1817</v>
       </c>
       <c r="B912" t="s">
         <v>9</v>
       </c>
       <c r="C912" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D912" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="E912" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F912" t="s">
-        <v>1810</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913" s="4" t="s">
-        <v>1811</v>
+        <v>1819</v>
       </c>
       <c r="B913" t="s">
         <v>9</v>
       </c>
       <c r="C913" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D913" t="s">
-        <v>1812</v>
+        <v>1820</v>
       </c>
       <c r="E913" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F913" t="s">
-        <v>1137</v>
+        <v>280</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914" s="4" t="s">
-        <v>1813</v>
+        <v>1821</v>
       </c>
       <c r="B914" t="s">
         <v>9</v>
       </c>
       <c r="C914" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D914" t="s">
-        <v>1812</v>
+        <v>1820</v>
       </c>
       <c r="E914" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F914" t="s">
-        <v>1814</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915" s="4" t="s">
-        <v>1815</v>
+        <v>1823</v>
       </c>
       <c r="B915" t="s">
         <v>9</v>
       </c>
       <c r="C915" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D915" t="s">
-        <v>1816</v>
+        <v>957</v>
       </c>
       <c r="E915" t="s">
-        <v>9</v>
+        <v>967</v>
       </c>
       <c r="F915" t="s">
-        <v>616</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916" s="4" t="s">
-        <v>1817</v>
+        <v>1825</v>
       </c>
       <c r="B916" t="s">
         <v>9</v>
       </c>
       <c r="C916" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D916" t="s">
-        <v>1818</v>
+        <v>957</v>
       </c>
       <c r="E916" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F916" t="s">
-        <v>1819</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" s="4" t="s">
-        <v>1820</v>
+        <v>1826</v>
       </c>
       <c r="B917" t="s">
         <v>9</v>
       </c>
       <c r="C917" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D917" t="s">
-        <v>1818</v>
+        <v>1827</v>
       </c>
       <c r="E917" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F917" t="s">
-        <v>1821</v>
+        <v>603</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918" s="4" t="s">
-        <v>1822</v>
+        <v>1828</v>
       </c>
       <c r="B918" t="s">
         <v>9</v>
       </c>
       <c r="C918" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D918" t="s">
-        <v>1823</v>
+        <v>1829</v>
       </c>
       <c r="E918" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F918" t="s">
-        <v>1608</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" s="4" t="s">
-        <v>1824</v>
+        <v>1831</v>
       </c>
       <c r="B919" t="s">
         <v>9</v>
       </c>
       <c r="C919" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D919" t="s">
-        <v>1825</v>
+        <v>1829</v>
       </c>
       <c r="E919" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F919" t="s">
-        <v>1826</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920" s="4" t="s">
-        <v>1827</v>
+        <v>1832</v>
       </c>
       <c r="B920" t="s">
         <v>9</v>
       </c>
       <c r="C920" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D920" t="s">
-        <v>1825</v>
+        <v>1833</v>
       </c>
       <c r="E920" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F920" t="s">
-        <v>1036</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921" s="4" t="s">
-        <v>1827</v>
+        <v>1835</v>
       </c>
       <c r="B921" t="s">
         <v>9</v>
       </c>
       <c r="C921" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="D921" t="s">
-        <v>1825</v>
+        <v>963</v>
       </c>
       <c r="E921" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="F921" t="s">
-        <v>1828</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922" s="4" t="s">
-        <v>1829</v>
+        <v>1836</v>
       </c>
       <c r="B922" t="s">
-        <v>9</v>
+        <v>1480</v>
       </c>
       <c r="C922" t="s">
-        <v>978</v>
+        <v>9</v>
       </c>
       <c r="D922" t="s">
-        <v>1830</v>
+        <v>592</v>
       </c>
       <c r="E922" t="s">
-        <v>980</v>
+        <v>12</v>
       </c>
       <c r="F922" t="s">
-        <v>275</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923" s="4" t="s">
-        <v>1831</v>
+        <v>1838</v>
       </c>
       <c r="B923" t="s">
-        <v>9</v>
+        <v>1480</v>
       </c>
       <c r="C923" t="s">
-        <v>978</v>
+        <v>9</v>
       </c>
       <c r="D923" t="s">
-        <v>1830</v>
+        <v>592</v>
       </c>
       <c r="E923" t="s">
-        <v>980</v>
+        <v>12</v>
       </c>
       <c r="F923" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="A924" s="4" t="s">
-        <v>1833</v>
+        <v>1839</v>
       </c>
       <c r="B924" t="s">
-        <v>9</v>
+        <v>1480</v>
       </c>
       <c r="C924" t="s">
-        <v>978</v>
+        <v>9</v>
       </c>
       <c r="D924" t="s">
-        <v>970</v>
+        <v>592</v>
       </c>
       <c r="E924" t="s">
-        <v>980</v>
+        <v>12</v>
       </c>
       <c r="F924" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="925" spans="1:6">
       <c r="A925" s="4" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="B925" t="s">
-        <v>9</v>
+        <v>1480</v>
       </c>
       <c r="C925" t="s">
-        <v>978</v>
+        <v>9</v>
       </c>
       <c r="D925" t="s">
-        <v>970</v>
+        <v>592</v>
       </c>
       <c r="E925" t="s">
-        <v>980</v>
+        <v>12</v>
       </c>
       <c r="F925" t="s">
-        <v>1757</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926" s="4" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="B926" t="s">
-        <v>9</v>
+        <v>1480</v>
       </c>
       <c r="C926" t="s">
-        <v>978</v>
+        <v>9</v>
       </c>
       <c r="D926" t="s">
+        <v>592</v>
+      </c>
+      <c r="E926" t="s">
+        <v>12</v>
+      </c>
+      <c r="F926" t="s">
         <v>1837</v>
-      </c>
-[...4 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927" s="4" t="s">
-        <v>1838</v>
+        <v>1842</v>
       </c>
       <c r="B927" t="s">
-        <v>9</v>
+        <v>1480</v>
       </c>
       <c r="C927" t="s">
-        <v>978</v>
+        <v>9</v>
       </c>
       <c r="D927" t="s">
-        <v>1839</v>
+        <v>592</v>
       </c>
       <c r="E927" t="s">
-        <v>980</v>
+        <v>12</v>
       </c>
       <c r="F927" t="s">
-        <v>1840</v>
-[...59 lines deleted...]
-        <v>1199</v>
+        <v>1837</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_17"/>
@@ -25450,53 +25381,50 @@
     <hyperlink ref="A903" r:id="rId_hyperlink_900"/>
     <hyperlink ref="A904" r:id="rId_hyperlink_901"/>
     <hyperlink ref="A905" r:id="rId_hyperlink_902"/>
     <hyperlink ref="A906" r:id="rId_hyperlink_903"/>
     <hyperlink ref="A907" r:id="rId_hyperlink_904"/>
     <hyperlink ref="A908" r:id="rId_hyperlink_905"/>
     <hyperlink ref="A909" r:id="rId_hyperlink_906"/>
     <hyperlink ref="A910" r:id="rId_hyperlink_907"/>
     <hyperlink ref="A911" r:id="rId_hyperlink_908"/>
     <hyperlink ref="A912" r:id="rId_hyperlink_909"/>
     <hyperlink ref="A913" r:id="rId_hyperlink_910"/>
     <hyperlink ref="A914" r:id="rId_hyperlink_911"/>
     <hyperlink ref="A915" r:id="rId_hyperlink_912"/>
     <hyperlink ref="A916" r:id="rId_hyperlink_913"/>
     <hyperlink ref="A917" r:id="rId_hyperlink_914"/>
     <hyperlink ref="A918" r:id="rId_hyperlink_915"/>
     <hyperlink ref="A919" r:id="rId_hyperlink_916"/>
     <hyperlink ref="A920" r:id="rId_hyperlink_917"/>
     <hyperlink ref="A921" r:id="rId_hyperlink_918"/>
     <hyperlink ref="A922" r:id="rId_hyperlink_919"/>
     <hyperlink ref="A923" r:id="rId_hyperlink_920"/>
     <hyperlink ref="A924" r:id="rId_hyperlink_921"/>
     <hyperlink ref="A925" r:id="rId_hyperlink_922"/>
     <hyperlink ref="A926" r:id="rId_hyperlink_923"/>
     <hyperlink ref="A927" r:id="rId_hyperlink_924"/>
-    <hyperlink ref="A928" r:id="rId_hyperlink_925"/>
-[...1 lines deleted...]
-    <hyperlink ref="A930" r:id="rId_hyperlink_927"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>