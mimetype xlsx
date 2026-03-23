--- v0 (2025-11-05)
+++ v1 (2026-03-23)
@@ -47,186 +47,186 @@
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Стратегия за изграждане на модерна административна система на Република България</t>
   </si>
   <si>
     <t>---</t>
   </si>
   <si>
     <t>Национално</t>
   </si>
   <si>
-    <t>Държавна администрация</t>
+    <t>Архив - Държавна администрация</t>
   </si>
   <si>
     <t>Министерския съвет</t>
   </si>
   <si>
     <t>09-02-1998 - 31-12-2002</t>
   </si>
   <si>
     <t>Стратегия за модернизиране на държавната администрация 2003-2006</t>
   </si>
   <si>
     <t>24-09-2003 - 31-12-2006</t>
   </si>
   <si>
     <t>Стратегия за модернизиране на държавната администрация – от присъединяване към интегриране</t>
   </si>
   <si>
     <t>09-07-2002 - 31-12-2003</t>
   </si>
   <si>
+    <t>Национална програма за контрол на ехинококозата по хората и животните</t>
+  </si>
+  <si>
+    <t>Архив - Здравеопазване</t>
+  </si>
+  <si>
+    <t>27-01-2010 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Национална програма за развитие на лечебна система от метадонови поддържащи програми в Република България 2006 - 2008 г.</t>
+  </si>
+  <si>
+    <t>Национална стратегия за борба с наркотиците 2003 - 2008 г.</t>
+  </si>
+  <si>
+    <t>Програма за развитие на алтернативно земеделие в Родопите</t>
+  </si>
+  <si>
+    <t>Архив - Земеделие и селски райони</t>
+  </si>
+  <si>
+    <t>27-01-2010 - 31-12-2006</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на радио- и телевизионната дейност чрез наземно радиоразприскване</t>
+  </si>
+  <si>
+    <t>Архив - Наука и технологии</t>
+  </si>
+  <si>
+    <t>Народното събрание</t>
+  </si>
+  <si>
+    <t>28-09-2005 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Национална програма "Въвеждане на система за национално стандартизирано външно оценяване"</t>
+  </si>
+  <si>
+    <t>Архив - Образование</t>
+  </si>
+  <si>
+    <t>Национална програма "Диференцирано заплащане"</t>
+  </si>
+  <si>
+    <t>Национална програма "Оптимизация на училищната мрежа"</t>
+  </si>
+  <si>
+    <t>Национална програма "С грижа за всеки ученик"</t>
+  </si>
+  <si>
+    <t>Национална програма "Съфинансиране от Министерството на образованието и науката на общински инвестиционни проекти, насочени към подобряване на материалната база в училищата"</t>
+  </si>
+  <si>
+    <t>Национална програма "Училището - територия на учениците"</t>
+  </si>
+  <si>
+    <t>Национална програма за модернизиране на системата на професионалното образование</t>
+  </si>
+  <si>
+    <t>Национална програма за по-пълно обхващане на учениците в задължителнa училищна възраст</t>
+  </si>
+  <si>
+    <t>Национална програма „Модернизация на материалната база в училище”</t>
+  </si>
+  <si>
+    <t>Национална стратегия за въвеждане на ИКТ в българските училища</t>
+  </si>
+  <si>
+    <t>01-03-2005 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Втори национален план за действие по изменение на климата 2005 – 2008 г.</t>
+  </si>
+  <si>
+    <t>Архив - Околна среда</t>
+  </si>
+  <si>
+    <t>Национална програма за управление на дейностите по отпадъците и актуализация на плана за действие на програмата за 2008 г.</t>
+  </si>
+  <si>
+    <t>27-01-2010 - 31-12-2007</t>
+  </si>
+  <si>
+    <t>Национална стратегия за борба с наркотиците 2003 – 2008 г.</t>
+  </si>
+  <si>
+    <t>Архив - Правосъдие и вътрешни работи</t>
+  </si>
+  <si>
+    <t>Стратегия за борба с измамите, засягащи финансовите интереси на Европейските общности</t>
+  </si>
+  <si>
+    <t>13-10-2005 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Стратегия за прозрачно управление и за превенция и противодействие на корупцията за периода 2006-2008 г.</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби през 2008 година</t>
+  </si>
+  <si>
+    <t>Архив - Социална политика и заетост</t>
+  </si>
+  <si>
+    <t>26-03-2008 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Национална програма за развитие на физическото възпитание и спорта в Република България за периода 2005 - 2008 г.</t>
+  </si>
+  <si>
+    <t>Архив - Спорт</t>
+  </si>
+  <si>
     <t>План за действие по показателите за напредък в областта на съдебната реформа, борбата с корупцията и организираната престъпност</t>
-  </si>
-[...112 lines deleted...]
-    <t>Спорт</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -554,70 +554,70 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1276" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1273" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1275" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/427" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/424" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/437" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/435" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/568" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/548" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/485" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/465" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/464" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/490" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/484" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/486" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/487" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/412" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/404" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/411" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/398" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/414" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/428" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/426" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/429" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/544" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/352" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1276" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1273" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1275" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/424" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/437" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/435" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/568" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/548" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/485" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/465" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/464" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/490" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/484" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/486" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/487" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/412" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/404" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/411" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/398" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/414" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/428" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/426" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/429" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/544" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/352" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/427" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A29" sqref="A29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
@@ -684,497 +684,497 @@
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F12" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
         <v>31</v>
       </c>
-      <c r="B13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E13" t="s">
         <v>9</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
         <v>9</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
         <v>9</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E18" t="s">
         <v>9</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E19" t="s">
         <v>9</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E22" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F22" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="s">
         <v>43</v>
       </c>
-      <c r="B23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
         <v>47</v>
       </c>
-      <c r="B25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E25" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F26" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E27" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F28" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_17"/>