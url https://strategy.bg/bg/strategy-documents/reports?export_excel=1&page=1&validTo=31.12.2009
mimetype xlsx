--- v0 (2026-02-04)
+++ v1 (2026-03-23)
@@ -47,348 +47,348 @@
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Програма за по-добро регулиране 2008 - 2010 г.</t>
   </si>
   <si>
     <t>---</t>
   </si>
   <si>
     <t>Национално</t>
   </si>
   <si>
-    <t>Бизнес среда</t>
+    <t>Архив - Бизнес среда</t>
   </si>
   <si>
     <t>Министерския съвет</t>
   </si>
   <si>
     <t>17-04-2008 - 31-12-2009</t>
   </si>
   <si>
     <t>Комуникационна стратегия на Република България за Европейския съюз за периода 2007-2009 г.</t>
   </si>
   <si>
-    <t>Външна политика, сигурност и отбрана</t>
+    <t>Архив - Външна политика, сигурност и отбрана</t>
   </si>
   <si>
     <t>27-04-2007 - 31-12-2009</t>
   </si>
   <si>
     <t>Национална програма за участие на Република България в междуправителствените дейности на Съвета на Европа през 2009 г.</t>
   </si>
   <si>
     <t>27-01-2010 - 31-12-2009</t>
   </si>
   <si>
     <t>Стратегия за изграждане на модерна административна система на Република България</t>
   </si>
   <si>
-    <t>Държавна администрация</t>
+    <t>Архив - Държавна администрация</t>
   </si>
   <si>
     <t>09-02-1998 - 31-12-2002</t>
   </si>
   <si>
     <t>Стратегия за модернизиране на държавната администрация 2003-2006</t>
   </si>
   <si>
     <t>24-09-2003 - 31-12-2006</t>
   </si>
   <si>
     <t>Стратегия за модернизиране на държавната администрация – от присъединяване към интегриране</t>
   </si>
   <si>
     <t>09-07-2002 - 31-12-2003</t>
   </si>
   <si>
+    <t>Национална програма за контрол на ехинококозата по хората и животните</t>
+  </si>
+  <si>
+    <t>Архив - Здравеопазване</t>
+  </si>
+  <si>
+    <t>27-01-2010 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика и контрол на кърлежовопреносимите трансмисивни инфекции в Република България за периода 2008 – 2009 година</t>
+  </si>
+  <si>
+    <t>20-12-2007 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национална програма за развитие на лечебна система от метадонови поддържащи програми в Република България 2006 - 2008 г.</t>
+  </si>
+  <si>
+    <t>Национална стратегия за борба с наркотиците 2003 - 2008 г.</t>
+  </si>
+  <si>
+    <t>Програма за опазване здравето на населението от замърсяването на околната среда в района на област Стара Загора 2008-2009 г.</t>
+  </si>
+  <si>
+    <t>29-12-2008 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Програма за развитие на алтернативно земеделие в Родопите</t>
+  </si>
+  <si>
+    <t>Архив - Земеделие и селски райони</t>
+  </si>
+  <si>
+    <t>27-01-2010 - 31-12-2006</t>
+  </si>
+  <si>
+    <t>Програма на Държавната агенция по горите. Приоритети и цели на политиката в горското стопанство и действия за постигането им през 2009 г.</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби през 2009 г.</t>
+  </si>
+  <si>
+    <t>Архив - Култура</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2009 г.</t>
+  </si>
+  <si>
+    <t>Архив - Междусекторни политики</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на радио- и телевизионната дейност чрез наземно радиоразприскване</t>
+  </si>
+  <si>
+    <t>Архив - Наука и технологии</t>
+  </si>
+  <si>
+    <t>Народното събрание</t>
+  </si>
+  <si>
+    <t>28-09-2005 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>"Национална програма за въвеждане на система за национално стандартизирано външно оценяване"</t>
+  </si>
+  <si>
+    <t>Архив - Образование</t>
+  </si>
+  <si>
+    <t>"Национална програма за по-пълно обхващане на учениците в задължителна училищна възраст"</t>
+  </si>
+  <si>
+    <t>Национална програма "Въвеждане на система за национално стандартизирано външно оценяване"</t>
+  </si>
+  <si>
+    <t>Национална програма "Диференцирано заплащане"</t>
+  </si>
+  <si>
+    <t>Национална програма "Енергоефективно саниране на училищни сгради"</t>
+  </si>
+  <si>
+    <t>Национална програма "Информационни и комуникационни технологии (ИКТ) в училище"</t>
+  </si>
+  <si>
+    <t>Национална програма "Квалификация"</t>
+  </si>
+  <si>
+    <t>Национална програма "Модернизация на материалната база в училище"</t>
+  </si>
+  <si>
+    <t>Национална програма "Модернизиране на системата на професионалното образование"</t>
+  </si>
+  <si>
+    <t>Национална програма "Оптимизация на училищната мрежа"</t>
+  </si>
+  <si>
+    <t>Национална програма "Роден език и култура зад граница"</t>
+  </si>
+  <si>
+    <t>12-03-2009 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национална програма "С грижа за всеки ученик"</t>
+  </si>
+  <si>
+    <t>Национална програма "Съфинансиране от Министерството на образованието и науката на общински инвестиционни проекти, насочени към подобряване на материалната база в училищата"</t>
+  </si>
+  <si>
+    <t>Национална програма "Училището - територия на учениците"</t>
+  </si>
+  <si>
+    <t>Национална програма за модернизиране на системата на професионалното образование</t>
+  </si>
+  <si>
+    <t>Национална програма за по-пълно обхващане на учениците в задължителнa училищна възраст</t>
+  </si>
+  <si>
+    <t>Национална програма „Модернизация на материалната база в училище”</t>
+  </si>
+  <si>
+    <t>Национална стратегия за въвеждане на ИКТ в българските училища</t>
+  </si>
+  <si>
+    <t>01-03-2005 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Втори национален план за действие по изменение на климата 2005 – 2008 г.</t>
+  </si>
+  <si>
+    <t>Архив - Околна среда</t>
+  </si>
+  <si>
+    <t>Национална програма за управление на дейностите по отпадъците и актуализация на плана за действие на програмата за 2008 г.</t>
+  </si>
+  <si>
+    <t>27-01-2010 - 31-12-2007</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите му за 2009 г.</t>
+  </si>
+  <si>
+    <t>Архив - Правосъдие и вътрешни работи</t>
+  </si>
+  <si>
+    <t>16-04-2009 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национална стратегия за борба с наркотиците 2003 – 2008 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за борба с измамите, засягащи финансовите интереси на Европейските общности</t>
+  </si>
+  <si>
+    <t>13-10-2005 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Стратегия за прозрачно управление и за превенция и противодействие на корупцията за периода 2006-2008 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за децентрализация</t>
+  </si>
+  <si>
+    <t>Архив - Регионална политика</t>
+  </si>
+  <si>
+    <t>05-06-2006 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национален интегриран план за прилагане на Конвенцията на ООН за правата на детето 2006 – 2009 г.</t>
+  </si>
+  <si>
+    <t>Архив - Социална политика и заетост</t>
+  </si>
+  <si>
+    <t>26-10-2006 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете (2008-2009 г.)</t>
+  </si>
+  <si>
+    <t>17-07-2008 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2009 г.</t>
+  </si>
+  <si>
+    <t>15-01-2009 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национална програма „Осигуряване на възможности за активно стареене, пълноценно участие на пенсионерите в социалния живот и превенция на тяхното социално изключване”</t>
+  </si>
+  <si>
+    <t>26-02-2009 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби през 2008 година</t>
+  </si>
+  <si>
+    <t>26-03-2008 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Национална програма за развитие на физическото възпитание и спорта в Република България за периода 2005 - 2008 г.</t>
+  </si>
+  <si>
+    <t>Архив - Спорт</t>
+  </si>
+  <si>
+    <t>Програма "Научи се да плуваш"</t>
+  </si>
+  <si>
+    <t>Председателя на държавната агенция за младежта и спорта</t>
+  </si>
+  <si>
+    <t>14-08-2008 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Програма "Спорт за децата в свободното време"</t>
+  </si>
+  <si>
+    <t>25-07-2007 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Програма за олимпийска подготовка</t>
+  </si>
+  <si>
+    <t>25-11-2008 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Програма за развитие на спорта за високи постижения</t>
+  </si>
+  <si>
+    <t>Програма за развитие на спорта за учащи и спорта за всички</t>
+  </si>
+  <si>
+    <t>26-03-2007 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Програма за спортно развитие на талантливи деца и юноши</t>
+  </si>
+  <si>
+    <t>08-12-2008 - 31-12-2009</t>
+  </si>
+  <si>
     <t>Годишна програма за участието на Република България в процеса на вземане на решения на Европейския Съюз (2009 г.)</t>
   </si>
   <si>
     <t>Комуникационна стратегия на Република България за Европейския съюз 2007-2009 г.</t>
   </si>
   <si>
     <t>План за действие за 2009 г. с мерките, произтичища от членството на Република България в Европейския съюз</t>
   </si>
   <si>
     <t>План за действие по показателите за напредък в областта на съдебната реформа, борбата с корупцията и организираната престъпност</t>
-  </si>
-[...241 lines deleted...]
-    <t>08-12-2008 - 31-12-2009</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Приморско 2004 - 2009 г.</t>
   </si>
   <si>
     <t>Общинско</t>
   </si>
   <si>
     <t>Приморско</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -725,70 +725,70 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/454" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/854" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/583" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1276" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1273" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1275" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/514" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/474" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/569" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/427" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/424" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/507" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/437" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/435" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/505" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/568" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/554" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/551" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/542" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/548" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/532" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/525" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/485" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/580" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/465" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/528" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/527" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/579" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/529" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/535" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/464" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/524" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/517" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/490" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/536" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/484" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/533" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/530" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/486" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/487" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/412" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/404" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/411" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/398" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/414" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/539" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/428" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/426" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/429" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/438" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/560" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/515" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/549" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/550" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/544" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/352" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/576" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/577" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/574" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/573" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/575" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/572" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/124" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/454" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/854" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/583" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1276" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1273" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1275" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/424" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/507" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/437" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/435" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/505" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/568" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/554" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/551" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/542" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/548" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/532" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/525" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/485" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/465" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/580" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/528" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/527" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/579" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/529" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/535" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/524" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/464" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/517" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/536" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/490" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/484" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/533" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/530" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/486" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/487" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/412" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/404" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/411" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/398" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/414" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/539" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/428" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/426" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/429" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/438" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/560" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/515" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/549" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/550" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/544" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/352" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/576" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/577" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/574" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/573" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/575" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/572" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/514" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/474" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/569" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/427" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/124" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A66" sqref="A66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
@@ -915,1157 +915,1157 @@
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
         <v>27</v>
       </c>
-      <c r="B11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E12" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="4" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
         <v>9</v>
       </c>
       <c r="F13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="4" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="4" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="4" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
         <v>9</v>
       </c>
       <c r="F17" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F18" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="4" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
         <v>9</v>
       </c>
       <c r="F21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="4" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E22" t="s">
         <v>9</v>
       </c>
       <c r="F22" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="4" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
         <v>48</v>
       </c>
       <c r="E23" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="F23" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
       <c r="F25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
       <c r="F26" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
       <c r="F28" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
       <c r="F29" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
       <c r="F30" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
       <c r="F31" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" t="s">
+        <v>48</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
         <v>59</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
       <c r="F33" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="4" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
       <c r="F34" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
       <c r="F35" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="4" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F36" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="4" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
       <c r="F37" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="4" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
       <c r="F38" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="4" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E39" t="s">
         <v>9</v>
       </c>
       <c r="F39" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="4" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
       <c r="F40" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="4" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
       <c r="F41" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E42" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F42" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="E43" t="s">
         <v>9</v>
       </c>
       <c r="F43" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="E44" t="s">
         <v>9</v>
       </c>
       <c r="F44" t="s">
-        <v>30</v>
+        <v>71</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="4" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E45" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="4" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E46" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="F46" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="4" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
         <v>73</v>
       </c>
       <c r="E47" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="4" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
         <v>73</v>
       </c>
       <c r="E48" t="s">
         <v>9</v>
       </c>
       <c r="F48" t="s">
-        <v>75</v>
+        <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="4" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="4" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="E50" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="4" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="4" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="E52" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>30</v>
+        <v>88</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>10</v>
+      </c>
+      <c r="D53" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="4" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F55" t="s">
-        <v>90</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="4" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="F56" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="4" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="F57" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="4" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="E58" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="F58" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="4" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="E59" t="s">
-        <v>9</v>
+        <v>96</v>
       </c>
       <c r="F59" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="4" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="E60" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F60" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="4" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="E61" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F61" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="4" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
       <c r="E62" t="s">
-        <v>100</v>
+        <v>9</v>
       </c>
       <c r="F62" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="4" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
       <c r="E63" t="s">
-        <v>100</v>
+        <v>9</v>
       </c>
       <c r="F63" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="4" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
       <c r="E64" t="s">
-        <v>100</v>
+        <v>9</v>
       </c>
       <c r="F64" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
       <c r="E65" t="s">
-        <v>100</v>
+        <v>9</v>
       </c>
       <c r="F65" t="s">
-        <v>110</v>
+        <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>112</v>
       </c>
       <c r="D66" t="s">
         <v>113</v>
       </c>
       <c r="E66" t="s">
         <v>9</v>
       </c>
       <c r="F66" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>