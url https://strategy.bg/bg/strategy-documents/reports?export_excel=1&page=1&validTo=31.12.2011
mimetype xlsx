--- v0 (2025-11-06)
+++ v1 (2026-03-23)
@@ -47,75 +47,75 @@
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Дългосрочна програма за развитие на националните еталони на Република България за периода 2004 – 2010 г.</t>
   </si>
   <si>
     <t>---</t>
   </si>
   <si>
     <t>Национално</t>
   </si>
   <si>
-    <t>Бизнес среда</t>
+    <t>Архив - Бизнес среда</t>
   </si>
   <si>
     <t>Министерския съвет</t>
   </si>
   <si>
     <t>06-01-2005 - 31-12-2010</t>
   </si>
   <si>
     <t>Програма за по-добро регулиране 2008 - 2010 г.</t>
   </si>
   <si>
     <t>17-04-2008 - 31-12-2009</t>
   </si>
   <si>
     <t>Стратегия за насърчаване на инвестициите в Република България (2005 – 2010 г.)</t>
   </si>
   <si>
     <t>30-06-2005 - 31-12-2010</t>
   </si>
   <si>
     <t>Военна доктрина на Република България</t>
   </si>
   <si>
-    <t>Външна политика, сигурност и отбрана</t>
+    <t>Архив - Външна политика, сигурност и отбрана</t>
   </si>
   <si>
     <t>Народното събрание</t>
   </si>
   <si>
     <t>08-04-1999 - 31-12-2011</t>
   </si>
   <si>
     <t>Военна стратегия на Република България</t>
   </si>
   <si>
     <t>27-06-2002 - 31-12-2010</t>
   </si>
   <si>
     <t>Комуникационна стратегия на Република България за Европейския съюз за периода 2007-2009 г.</t>
   </si>
   <si>
     <t>27-04-2007 - 31-12-2009</t>
   </si>
   <si>
     <t>Концепция за национална сигурност на Република България</t>
   </si>
   <si>
     <t>16-04-1998 - 31-12-2010</t>
   </si>
@@ -125,585 +125,585 @@
   <si>
     <t>27-01-2010 - 31-12-2009</t>
   </si>
   <si>
     <t>Стратегия за набиране на кадрови военнослужещи за нуждите на въоръжените сили</t>
   </si>
   <si>
     <t>27-01-2010 - 31-12-2011</t>
   </si>
   <si>
     <t>Стратегия за развитие на системата за образование и квалификация на кадровите военнослужещи от въоръжените сили на Република България</t>
   </si>
   <si>
     <t>Стратегия за развитие на системата за обучение и контрол по английски език за периода 2006-2010</t>
   </si>
   <si>
     <t>Министъра на отбраната</t>
   </si>
   <si>
     <t>06-01-2006 - 31-12-2010</t>
   </si>
   <si>
     <t>Стратегия за електронно правителство</t>
   </si>
   <si>
-    <t>Държавна администрация</t>
+    <t>Архив - Държавна администрация</t>
   </si>
   <si>
     <t>28-12-2002 - 31-12-2010</t>
   </si>
   <si>
     <t>Стратегия за изграждане на модерна административна система на Република България</t>
   </si>
   <si>
     <t>09-02-1998 - 31-12-2002</t>
   </si>
   <si>
     <t>Стратегия за модернизиране на държавната администрация 2003-2006</t>
   </si>
   <si>
     <t>24-09-2003 - 31-12-2006</t>
   </si>
   <si>
     <t>Стратегия за модернизиране на държавната администрация – от присъединяване към интегриране</t>
   </si>
   <si>
     <t>09-07-2002 - 31-12-2003</t>
   </si>
   <si>
+    <t>Първи национален план за действие по енергийна ефективност 2008 – 2010 г.</t>
+  </si>
+  <si>
+    <t>Архив - Енергетика</t>
+  </si>
+  <si>
+    <t>04-10-2007 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на отработено ядрено гориво и на радиоактивни отпадъци</t>
+  </si>
+  <si>
+    <t>23-12-2004 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална прогрaма за превенция и контрол на туберкулозата в Република България за периода 2007 – 2011 година</t>
+  </si>
+  <si>
+    <t>Архив - Здравеопазване</t>
+  </si>
+  <si>
+    <t>28-06-2007 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национална програма "Медицински стандарти в РБ 2008-2010"</t>
+  </si>
+  <si>
+    <t>20-11-2008 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за елиминация на морбили и вродена рубеола 2005 - 2010 г.</t>
+  </si>
+  <si>
+    <t>16-11-2005 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за контрол на ехинококозата по хората и животните</t>
+  </si>
+  <si>
+    <t>27-01-2010 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Национална програма за неонатален схлухов скрининг 2006-2010 г.</t>
+  </si>
+  <si>
+    <t>05-12-2006 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за ограничаване на остеопорозата в Република България 2006 – 2010 г.</t>
+  </si>
+  <si>
+    <t>29-06-2006 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за ограничаване на тютюнопушенето в Република България 2007 – 2010 г.</t>
+  </si>
+  <si>
+    <t>01-02-2007 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика и контрол на кърлежовопреносимите трансмисивни инфекции в Република България за периода 2008 – 2009 година</t>
+  </si>
+  <si>
+    <t>20-12-2007 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национална програма за развитие на лечебна система от метадонови поддържащи програми в Република България 2006 - 2008 г.</t>
+  </si>
+  <si>
+    <t>Национална програма за укрепване капацитета на Република България за опазването и от внос на заразни болести и реагиране при събития, представляващи заплаха за общественото здраве 2008 - 2010 г.</t>
+  </si>
+  <si>
+    <t>06-03-2008 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална стратегия за борба с наркотиците 2003 - 2008 г.</t>
+  </si>
+  <si>
+    <t>Програма за опазване здравето на населението от замърсяването на околната среда в района на област Стара Загора 2008-2009 г.</t>
+  </si>
+  <si>
+    <t>29-12-2008 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Програма за развитие на алтернативно земеделие в Родопите</t>
+  </si>
+  <si>
+    <t>Архив - Земеделие и селски райони</t>
+  </si>
+  <si>
+    <t>27-01-2010 - 31-12-2006</t>
+  </si>
+  <si>
+    <t>Програма на Държавната агенция по горите. Приоритети и цели на политиката в горското стопанство и действия за постигането им през 2009 г.</t>
+  </si>
+  <si>
+    <t>Стратегически план за развитие на горския сектор 2007 - 2011 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на подсектор "Лечебни растения" в българскотто земеделие, преработвателна промишленост и износ до 2010 г.</t>
+  </si>
+  <si>
+    <t>27-01-2010 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национален план за действие "Храни и хранене 2005-2010 г."</t>
+  </si>
+  <si>
+    <t>Архив - Качество и безопасност на храните</t>
+  </si>
+  <si>
+    <t>18-08-2005 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби през 2009 г.</t>
+  </si>
+  <si>
+    <t>Архив - Култура</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2009 г.</t>
+  </si>
+  <si>
+    <t>Архив - Междусекторни политики</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2010 г.</t>
+  </si>
+  <si>
+    <t>04-02-2010 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална статистическа програма за 2011 г.</t>
+  </si>
+  <si>
+    <t>20-01-2011 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национална програма "Младежки информационно - консултантски центрове 2007 - 2010 г."</t>
+  </si>
+  <si>
+    <t>Архив - Младежка политика</t>
+  </si>
+  <si>
+    <t>26-07-2007 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Програма за младежките дейности 2008 - 2010 г.</t>
+  </si>
+  <si>
+    <t>17-04-2008 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма за ускорено развитие на Информационното общество в Република България 2008 - 2010 г.</t>
+  </si>
+  <si>
+    <t>Архив - Наука и технологии</t>
+  </si>
+  <si>
+    <t>02-10-2008 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Регулаторна политика за управление на радиочестотния спектър за граждански нужди</t>
+  </si>
+  <si>
+    <t>Комисията за регулиране на съобщенията</t>
+  </si>
+  <si>
+    <t>27-03-2008 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на радио- и телевизионната дейност чрез наземно радиоразприскване</t>
+  </si>
+  <si>
+    <t>28-09-2005 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>"Национална програма за въвеждане на система за национално стандартизирано външно оценяване"</t>
+  </si>
+  <si>
+    <t>Архив - Образование</t>
+  </si>
+  <si>
+    <t>"Национална програма за по-пълно обхващане на учениците в задължителна училищна възраст"</t>
+  </si>
+  <si>
+    <t>Национална програма "Въвеждане на система за национално стандартизирано външно оценяване"</t>
+  </si>
+  <si>
+    <t>15-09-2010 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална програма "Диференцирано заплащане"</t>
+  </si>
+  <si>
+    <t>Национална програма "Енергоефективно саниране на училищни сгради"</t>
+  </si>
+  <si>
+    <t>Национална програма "Информационни и комуникационни технологии (ИКТ) в училище</t>
+  </si>
+  <si>
+    <t>Национална програма "Информационни и комуникационни технологии (ИКТ) в училище"</t>
+  </si>
+  <si>
+    <t>Национална програма "Квалификация"</t>
+  </si>
+  <si>
+    <t>Национална програма "Модернизация на материалната база в училище"</t>
+  </si>
+  <si>
+    <t>Национална програма "Модернизиране на системата на професионалното образование"</t>
+  </si>
+  <si>
+    <t>Национална програма "Оптимизация на училищната мрежа"</t>
+  </si>
+  <si>
+    <t>Национална програма "Подпомагане процеса на формулиране и изпълнение на политики в областта на образованието"</t>
+  </si>
+  <si>
+    <t>Национална програма "Роден език и култура зад граница"</t>
+  </si>
+  <si>
+    <t>12-03-2009 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национална програма "С грижа за всеки ученик"</t>
+  </si>
+  <si>
+    <t>Национална програма "Съфинансиране от Министерството на образованието и науката на общински инвестиционни проекти, насочени към подобряване на материалната база в училищата"</t>
+  </si>
+  <si>
+    <t>Национална програма "Училището - територия на учениците"</t>
+  </si>
+  <si>
+    <t>Национална програма за модернизиране на системата на професионалното образование</t>
+  </si>
+  <si>
+    <t>Национална програма за по-пълно обхващане на учениците в задължителнa училищна възраст</t>
+  </si>
+  <si>
+    <t>Национална програма за по-пълно обхващане на учениците в задължителна училищна възраст</t>
+  </si>
+  <si>
+    <t>Национална програма „Модернизация на материалната база в училище”</t>
+  </si>
+  <si>
+    <t>Национална стратегия за въвеждане на ИКТ в българските училища</t>
+  </si>
+  <si>
+    <t>01-03-2005 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Национална стратегия за продължаващото професионално обучение за периода 2005 – 2010 г.</t>
+  </si>
+  <si>
+    <t>14-10-2004 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Втори национален план за действие по изменение на климата 2005 – 2008 г.</t>
+  </si>
+  <si>
+    <t>Архив - Околна среда</t>
+  </si>
+  <si>
+    <t>Национална програма за управление на дейностите по отпадъците и актуализация на плана за действие на програмата за 2008 г.</t>
+  </si>
+  <si>
+    <t>27-01-2010 - 31-12-2007</t>
+  </si>
+  <si>
+    <t>Програма за необходимите мерки в условията на тенденция към засушаване</t>
+  </si>
+  <si>
+    <t>30-01-2001 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Стратегия за развитието на геологопроучвателната дейност и опазването на земните недра в Република България до 2010 г.</t>
+  </si>
+  <si>
+    <t>03-07-2001 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национален план за действие за пълното прилагане на разпоредбите на достиженията на правото от Шенген и за премахването на контрола по вътрешните граници</t>
+  </si>
+  <si>
+    <t>Архив - Правосъдие и вътрешни работи</t>
+  </si>
+  <si>
+    <t>17-03-2010 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национална програма за интеграция на бежанците в Република България (2008 – 2010 г.)</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2011 г.</t>
+  </si>
+  <si>
+    <t>30-03-2011 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите за 2011 г.</t>
+  </si>
+  <si>
+    <t>04-05-2011 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите му за 2009 г.</t>
+  </si>
+  <si>
+    <t>16-04-2009 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите му за 2010 г.</t>
+  </si>
+  <si>
+    <t>14-04-2010 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална стратегия за борба с наркотиците 2003 – 2008 г.</t>
+  </si>
+  <si>
+    <t>Национална стратегия за опазване живота и здравето на децата в пътното движение 2006 - 2010 г.</t>
+  </si>
+  <si>
+    <t>15-12-2005 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национална стратегия за подобряване безопасността на движението по пътищата на Република България 2007 - 2010 г.</t>
+  </si>
+  <si>
+    <t>28-12-2006 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>План за действие по изпълнението на неотложни мерки във връзка с присъединяването на Република България към Шенгенското пространство</t>
+  </si>
+  <si>
+    <t>27-12-2010 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Стратегия за борба с измамите, засягащи финансовите интереси на Европейските общности</t>
+  </si>
+  <si>
+    <t>13-10-2005 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Стратегия за интегрирано гранично управление на Република България</t>
+  </si>
+  <si>
+    <t>27-01-2006 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Стратегия за прозрачно управление и за превенция и противодействие на корупцията за периода 2006-2008 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за децентрализация</t>
+  </si>
+  <si>
+    <t>Архив - Регионална политика</t>
+  </si>
+  <si>
+    <t>05-06-2006 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Българска “пътека” за постигане на по-добра гъвкавост и сигурност на пазара на труда</t>
+  </si>
+  <si>
+    <t>Архив - Социална политика и заетост</t>
+  </si>
+  <si>
+    <t>25-06-2009 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национален интегриран план за прилагане на Конвенцията на ООН за правата на детето 2006 – 2009 г.</t>
+  </si>
+  <si>
+    <t>26-10-2006 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете (2008-2009 г.)</t>
+  </si>
+  <si>
+    <t>17-07-2008 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете 2010 г.</t>
+  </si>
+  <si>
+    <t>09-12-2009 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национален план за действие за насърчаване на равнопоставеността на жените и мъжете за 2011 г.</t>
+  </si>
+  <si>
+    <t>15-12-2010 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национален план за действие за реформа в институционалната грижа за деца в Република България 2008-2011 г.</t>
+  </si>
+  <si>
+    <t>27-11-2008 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2009 г.</t>
+  </si>
+  <si>
+    <t>15-01-2009 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2010 г.</t>
+  </si>
+  <si>
+    <t>30-12-2009 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Национален план за действие по заетостта през 2011 г.</t>
+  </si>
+  <si>
+    <t>29-12-2010 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Национална програма „Осигуряване на възможности за активно стареене, пълноценно участие на пенсионерите в социалния живот и превенция на тяхното социално изключване”</t>
+  </si>
+  <si>
+    <t>26-02-2009 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби през 2008 година</t>
+  </si>
+  <si>
+    <t>26-03-2008 - 31-12-2008</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби през 2010 година</t>
+  </si>
+  <si>
+    <t>12-05-2010 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Програма на мерките за закрила на деца с изявени дарби през 2011 г.</t>
+  </si>
+  <si>
+    <t>Национална програма за развитие на физическото възпитание и спорта в Република България за периода 2005 - 2008 г.</t>
+  </si>
+  <si>
+    <t>Архив - Спорт</t>
+  </si>
+  <si>
+    <t>Програма "Научи се да плуваш"</t>
+  </si>
+  <si>
+    <t>Председателя на държавната агенция за младежта и спорта</t>
+  </si>
+  <si>
+    <t>14-08-2008 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Програма "Спорт за децата в свободното време"</t>
+  </si>
+  <si>
+    <t>25-07-2007 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Програма за олимпийска подготовка</t>
+  </si>
+  <si>
+    <t>25-11-2008 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Програма за развитие на спорта за високи постижения</t>
+  </si>
+  <si>
+    <t>Програма за развитие на спорта за учащи и спорта за всички</t>
+  </si>
+  <si>
+    <t>26-03-2007 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Програма за спортно развитие на талантливи деца и юноши</t>
+  </si>
+  <si>
+    <t>08-12-2008 - 31-12-2009</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на финансовото управление и контрол и вътрешния одит в РБ</t>
+  </si>
+  <si>
+    <t>Архив - Финанси и данъчна политика</t>
+  </si>
+  <si>
+    <t>20-03-2008 - 31-12-2010</t>
+  </si>
+  <si>
     <t>Годишна програма за участие на Република България в процеса на вземане на решения на Европейския съюз (2010 г.)</t>
   </si>
   <si>
-    <t>04-02-2010 - 31-12-2010</t>
-[...1 lines deleted...]
-  <si>
     <t>Годишна програма за участието на Република България в процеса на вземане на решения на Европейския Съюз (2009 г.)</t>
   </si>
   <si>
     <t>Комуникационна стратегия на Република България за Европейския съюз 2007-2009 г.</t>
   </si>
   <si>
     <t>План за действие за 2009 г. с мерките, произтичища от членството на Република България в Европейския съюз</t>
   </si>
   <si>
     <t>План за действие за 2010 г. с мерките, произтичащи от членството на Република България в Европейския съюз</t>
   </si>
   <si>
     <t>14-01-2010 - 31-12-2010</t>
   </si>
   <si>
     <t>План за действие по показателите за напредък в областта на съдебната реформа, борбата с корупцията и организираната престъпност</t>
-  </si>
-[...487 lines deleted...]
-    <t>20-03-2008 - 31-12-2010</t>
   </si>
   <si>
     <t>Стратегия за развитие на образованието в Община Враца 2007 - 2011 г.</t>
   </si>
   <si>
     <t>Общинско</t>
   </si>
   <si>
     <t>Враца</t>
   </si>
   <si>
     <t>01-01-9999 - 31-12-2011</t>
   </si>
   <si>
     <t>Стратегия за управление на общинската собственост на Община Враца 2008 - 2011 г.</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Годеч 2004 - 2010 г.</t>
   </si>
   <si>
     <t>Годеч</t>
   </si>
   <si>
     <t>Програма за развитие на образователната система в Община Козлодуй за 2010 г.</t>
   </si>
@@ -1118,70 +1118,70 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/555" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/454" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/386" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/562" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/561" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/854" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/668" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/583" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/395" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/393" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/394" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/567" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1276" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1273" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1275" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/597" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/514" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/474" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/569" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/591" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/427" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/383" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/600" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/378" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/492" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/375" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/424" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/506" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/380" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/379" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/507" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/437" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/423" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/435" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/505" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/568" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/554" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/421" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/360" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/473" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/551" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/542" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/598" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/853" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/350" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/466" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/498" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/391" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/548" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/532" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/525" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/605" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/485" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/580" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/465" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/528" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/602" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/527" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/601" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/579" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/610" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/529" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/535" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/599" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/464" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/524" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/609" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/517" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/611" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/608" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/490" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/536" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/484" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/533" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/486" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/530" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/604" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/487" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/412" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/594" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/404" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/411" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/408" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/398" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/414" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/667" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/413" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/626" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/556" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/698" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/703" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/539" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/622" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/428" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/431" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/432" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/712" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/426" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/433" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/429" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/438" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/559" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/560" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/515" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/590" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/673" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/545" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/549" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/589" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/679" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/550" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/544" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/619" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/702" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/352" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/576" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/577" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/574" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/573" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/575" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/572" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/470" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/79" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/585" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/659" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/658" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/660" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/124" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/644" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/555" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/454" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/386" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/562" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/561" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/854" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/668" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/583" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/395" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/393" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/394" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/567" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1276" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1273" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1275" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/383" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/600" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/378" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/492" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/375" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/424" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/506" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/380" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/379" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/507" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/437" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/423" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/435" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/505" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/568" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/554" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/421" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/360" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/473" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/551" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/542" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/598" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/853" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/350" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/466" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/498" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/391" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/548" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/532" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/525" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/485" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/605" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/580" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/465" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/528" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/602" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/527" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/601" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/579" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/610" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/529" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/535" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/599" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/464" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/524" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/609" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/517" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/611" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/536" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/490" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/608" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/484" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/533" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/604" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/530" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/486" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/487" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/412" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/594" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/404" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/411" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/408" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/398" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/414" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/667" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/413" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/626" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/556" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/698" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/703" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/539" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/622" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/428" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/431" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/432" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/712" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/426" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/433" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/429" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/438" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/559" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/560" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/515" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/590" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/673" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/545" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/549" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/589" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/679" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/550" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/544" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/619" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/702" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/352" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/576" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/577" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/574" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/573" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/575" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/572" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/470" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/597" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/514" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/474" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/569" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/591" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/427" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/79" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/585" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/659" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/658" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/660" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/124" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/644" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A138" sqref="A138"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="229.944" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
@@ -1488,2177 +1488,2177 @@
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
         <v>37</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="4" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="4" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="E22" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="4" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="4" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="4" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="4" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="4" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="4" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F29" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="E30" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="4" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F31" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F33" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="4" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F34" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="4" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
       <c r="F35" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F36" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="E37" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>53</v>
+        <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="4" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F38" t="s">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="4" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E39" t="s">
         <v>9</v>
       </c>
       <c r="F39" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="4" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E40" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>29</v>
+        <v>88</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="4" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E41" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="4" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="E42" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="4" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="4" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="E44" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>29</v>
+        <v>98</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="4" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E45" t="s">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="F45" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="4" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>46</v>
+        <v>103</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="4" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F47" t="s">
-        <v>97</v>
+        <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="4" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F48" t="s">
-        <v>100</v>
+        <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="4" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F49" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="4" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="4" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E51" t="s">
-        <v>107</v>
+        <v>9</v>
       </c>
       <c r="F51" t="s">
-        <v>108</v>
+        <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E52" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F52" t="s">
-        <v>110</v>
+        <v>58</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E53" t="s">
         <v>9</v>
       </c>
       <c r="F53" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="4" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E54" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>29</v>
+        <v>108</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="4" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F55" t="s">
-        <v>115</v>
+        <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="4" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E56" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>53</v>
+        <v>108</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="4" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E57" t="s">
         <v>9</v>
       </c>
       <c r="F57" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="4" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E58" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>53</v>
+        <v>108</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="4" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E59" t="s">
         <v>9</v>
       </c>
       <c r="F59" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="4" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F60" t="s">
-        <v>115</v>
+        <v>29</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="4" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E61" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>29</v>
+        <v>108</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="4" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F62" t="s">
-        <v>115</v>
+        <v>58</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="4" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
       <c r="F63" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="4" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="4" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E65" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>29</v>
+        <v>119</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="4" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E66" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>29</v>
+        <v>108</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="4" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E67" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F67" t="s">
-        <v>115</v>
+        <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="4" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
       <c r="F68" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="4" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E69" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>29</v>
+        <v>108</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="4" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E70" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F70" t="s">
-        <v>115</v>
+        <v>58</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="4" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E71" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F71" t="s">
-        <v>126</v>
+        <v>29</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="4" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="4" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E73" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F73" t="s">
-        <v>115</v>
+        <v>29</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="4" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E74" t="s">
         <v>9</v>
       </c>
       <c r="F74" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="4" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E75" t="s">
         <v>9</v>
       </c>
       <c r="F75" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="4" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E76" t="s">
         <v>9</v>
       </c>
       <c r="F76" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="4" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E77" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>29</v>
+        <v>108</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="4" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E78" t="s">
         <v>9</v>
       </c>
       <c r="F78" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="4" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E79" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="4" t="s">
         <v>129</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>112</v>
+        <v>132</v>
       </c>
       <c r="E81" t="s">
         <v>9</v>
       </c>
       <c r="F81" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="4" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>112</v>
+        <v>132</v>
       </c>
       <c r="E82" t="s">
         <v>9</v>
       </c>
       <c r="F82" t="s">
-        <v>53</v>
+        <v>134</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>10</v>
+      </c>
+      <c r="D83" t="s">
         <v>132</v>
       </c>
-      <c r="B83" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="4" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>112</v>
+        <v>132</v>
       </c>
       <c r="E84" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>53</v>
+        <v>138</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="4" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>112</v>
+        <v>140</v>
       </c>
       <c r="E85" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="4" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
-        <v>112</v>
+        <v>140</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>137</v>
+        <v>95</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="4" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E87" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>53</v>
+        <v>144</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>10</v>
+      </c>
+      <c r="D88" t="s">
         <v>140</v>
       </c>
-      <c r="B88" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E88" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="4" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="4" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="4" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="E91" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F91" t="s">
-        <v>148</v>
+        <v>58</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="4" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>102</v>
+        <v>153</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="4" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="4" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="4" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="4" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="4" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="E97" t="s">
         <v>9</v>
       </c>
       <c r="F97" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="4" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>147</v>
+        <v>164</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="4" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="4" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="4" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>10</v>
+      </c>
+      <c r="D102" t="s">
         <v>167</v>
       </c>
-      <c r="B102" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="4" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="E103" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>53</v>
+        <v>176</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="4" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="4" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="4" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="4" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>10</v>
       </c>
       <c r="D107" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="4" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>10</v>
       </c>
       <c r="D108" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="4" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>10</v>
       </c>
       <c r="D109" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="4" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>10</v>
       </c>
       <c r="D110" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="4" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>10</v>
       </c>
       <c r="D111" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>187</v>
+        <v>146</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="4" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>10</v>
       </c>
       <c r="D112" t="s">
-        <v>174</v>
+        <v>193</v>
       </c>
       <c r="E112" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F112" t="s">
-        <v>189</v>
+        <v>58</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="4" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>10</v>
       </c>
       <c r="D113" t="s">
-        <v>174</v>
+        <v>193</v>
       </c>
       <c r="E113" t="s">
-        <v>12</v>
+        <v>195</v>
       </c>
       <c r="F113" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="4" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>10</v>
       </c>
       <c r="D114" t="s">
-        <v>174</v>
+        <v>193</v>
       </c>
       <c r="E114" t="s">
-        <v>12</v>
+        <v>195</v>
       </c>
       <c r="F114" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="4" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>10</v>
       </c>
       <c r="D115" t="s">
-        <v>174</v>
+        <v>193</v>
       </c>
       <c r="E115" t="s">
-        <v>12</v>
+        <v>195</v>
       </c>
       <c r="F115" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="4" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>10</v>
       </c>
       <c r="D116" t="s">
-        <v>174</v>
+        <v>193</v>
       </c>
       <c r="E116" t="s">
-        <v>12</v>
+        <v>195</v>
       </c>
       <c r="F116" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="4" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>10</v>
       </c>
       <c r="D117" t="s">
-        <v>174</v>
+        <v>193</v>
       </c>
       <c r="E117" t="s">
-        <v>12</v>
+        <v>195</v>
       </c>
       <c r="F117" t="s">
-        <v>153</v>
+        <v>203</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="4" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="E118" t="s">
-        <v>9</v>
+        <v>195</v>
       </c>
       <c r="F118" t="s">
-        <v>53</v>
+        <v>205</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="4" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>10</v>
       </c>
       <c r="D119" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="E119" t="s">
-        <v>202</v>
+        <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="4" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>10</v>
       </c>
       <c r="D120" t="s">
-        <v>200</v>
+        <v>9</v>
       </c>
       <c r="E120" t="s">
-        <v>202</v>
+        <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>205</v>
+        <v>88</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="4" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>10</v>
       </c>
       <c r="D121" t="s">
-        <v>200</v>
+        <v>9</v>
       </c>
       <c r="E121" t="s">
-        <v>202</v>
+        <v>9</v>
       </c>
       <c r="F121" t="s">
-        <v>207</v>
+        <v>29</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="4" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>10</v>
       </c>
       <c r="D122" t="s">
-        <v>200</v>
+        <v>9</v>
       </c>
       <c r="E122" t="s">
-        <v>202</v>
+        <v>9</v>
       </c>
       <c r="F122" t="s">
-        <v>207</v>
+        <v>29</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="4" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>10</v>
       </c>
       <c r="D123" t="s">
-        <v>200</v>
+        <v>9</v>
       </c>
       <c r="E123" t="s">
-        <v>202</v>
+        <v>9</v>
       </c>
       <c r="F123" t="s">
-        <v>210</v>
+        <v>29</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>10</v>
       </c>
       <c r="D124" t="s">
-        <v>200</v>
+        <v>9</v>
       </c>
       <c r="E124" t="s">
-        <v>202</v>
+        <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="4" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>10</v>
       </c>
       <c r="D125" t="s">
-        <v>214</v>
+        <v>9</v>
       </c>
       <c r="E125" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F125" t="s">
-        <v>215</v>
+        <v>58</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="4" t="s">
         <v>216</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>217</v>
       </c>
       <c r="D126" t="s">
         <v>218</v>
       </c>
       <c r="E126" t="s">
         <v>9</v>
       </c>
       <c r="F126" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="4" t="s">
         <v>220</v>
@@ -3674,51 +3674,51 @@
       </c>
       <c r="E127" t="s">
         <v>9</v>
       </c>
       <c r="F127" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="4" t="s">
         <v>221</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>217</v>
       </c>
       <c r="D128" t="s">
         <v>222</v>
       </c>
       <c r="E128" t="s">
         <v>9</v>
       </c>
       <c r="F128" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>217</v>
       </c>
       <c r="D129" t="s">
         <v>224</v>
       </c>
       <c r="E129" t="s">
         <v>9</v>
       </c>
       <c r="F129" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="4" t="s">
         <v>226</v>