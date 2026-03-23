--- v0 (2025-11-05)
+++ v1 (2026-03-23)
@@ -47,84 +47,84 @@
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Стратегия за изграждане на модерна административна система на Република България</t>
   </si>
   <si>
     <t>---</t>
   </si>
   <si>
     <t>Национално</t>
   </si>
   <si>
-    <t>Държавна администрация</t>
+    <t>Архив - Държавна администрация</t>
   </si>
   <si>
     <t>Министерския съвет</t>
   </si>
   <si>
     <t>09-02-1998 - 31-12-2002</t>
   </si>
   <si>
     <t>Стратегия за модернизиране на държавната администрация 2003-2006</t>
   </si>
   <si>
     <t>24-09-2003 - 31-12-2006</t>
   </si>
   <si>
     <t>Стратегия за модернизиране на държавната администрация – от присъединяване към интегриране</t>
   </si>
   <si>
     <t>09-07-2002 - 31-12-2003</t>
   </si>
   <si>
     <t>Програма за развитие на алтернативно земеделие в Родопите</t>
   </si>
   <si>
-    <t>Земеделие и селски райони</t>
+    <t>Архив - Земеделие и селски райони</t>
   </si>
   <si>
     <t>27-01-2010 - 31-12-2006</t>
   </si>
   <si>
     <t>Национална програма за управление на дейностите по отпадъците и актуализация на плана за действие на програмата за 2008 г.</t>
   </si>
   <si>
-    <t>Околна среда</t>
+    <t>Архив - Околна среда</t>
   </si>
   <si>
     <t>27-01-2010 - 31-12-2007</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -474,51 +474,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1276" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1273" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/1275" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/568" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/bg/strategy-documents/414" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>