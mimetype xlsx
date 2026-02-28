--- v0 (2026-01-10)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>СПРАВКА "КОНСУЛТАТИВНИ СЪВЕТИ"</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
@@ -93,50 +93,59 @@
     <t>Консултативен съвет за сътрудничество между държавните органи и лицата, осъществяващи икономически дейности, свързани с нефт и продукти от нефтен произход</t>
   </si>
   <si>
     <t>Енергетика</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Национален съвет за насърчаване на заетостта</t>
   </si>
   <si>
     <t>Социална политика и заетост</t>
   </si>
   <si>
     <t>Заместник-министър</t>
   </si>
   <si>
     <t>[{"id":3512,"advisory_board_id":43,"next_meeting":"2018-01-30 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":233,"locale":"bg","advisory_board_meeting_id":3512,"description":"","deleted_at":null},{"id":234,"locale":"en","advisory_board_meeting_id":3512,"description":"","deleted_at":null}]},{"id":3513,"advisory_board_id":43,"next_meeting":"2018-05-08 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":251,"locale":"bg","advisory_board_meeting_id":3513,"description":"","deleted_at":null},{"id":252,"locale":"en","advisory_board_meeting_id":3513,"description":"","deleted_at":null}]},{"id":3510,"advisory_board_id":43,"next_meeting":"2018-01-18 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":275,"locale":"bg","advisory_board_meeting_id":3510,"description":"","deleted_at":null},{"id":276,"locale":"en","advisory_board_meeting_id":3510,"description":"","deleted_at":null}]},{"id":3511,"advisory_board_id":43,"next_meeting":"2018-01-25 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":277,"locale":"bg","advisory_board_meeting_id":3511,"description":"","deleted_at":null},{"id":278,"locale":"en","advisory_board_meeting_id":3511,"description":"","deleted_at":null}]},{"id":3514,"advisory_board_id":43,"next_meeting":"2018-06-11 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":279,"locale":"bg","advisory_board_meeting_id":3514,"description":"","deleted_at":null},{"id":280,"locale":"en","advisory_board_meeting_id":3514,"description":"","deleted_at":null}]},{"id":3515,"advisory_board_id":43,"next_meeting":"2018-07-16 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":281,"locale":"bg","advisory_board_meeting_id":3515,"description":"","deleted_at":null},{"id":282,"locale":"en","advisory_board_meeting_id":3515,"description":"","deleted_at":null}]},{"id":3516,"advisory_board_id":43,"next_meeting":"2018-10-25 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":283,"locale":"bg","advisory_board_meeting_id":3516,"description":"","deleted_at":null},{"id":284,"locale":"en","advisory_board_meeting_id":3516,"description":"","deleted_at":null}]},{"id":3517,"advisory_board_id":43,"next_meeting":"2018-11-08 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":285,"locale":"bg","advisory_board_meeting_id":3517,"description":"","deleted_at":null},{"id":286,"locale":"en","advisory_board_meeting_id":3517,"description":"","deleted_at":null}]},{"id":3518,"advisory_board_id":43,"next_meeting":"2018-11-29 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":287,"locale":"bg","advisory_board_meeting_id":3518,"description":"","deleted_at":null},{"id":288,"locale":"en","advisory_board_meeting_id":3518,"description":"","deleted_at":null}]},{"id":3519,"advisory_board_id":43,"next_meeting":"2018-12-20 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":289,"locale":"bg","advisory_board_meeting_id":3519,"description":"","deleted_at":null},{"id":290,"locale":"en","advisory_board_meeting_id":3519,"description":"","deleted_at":null}]},{"id":3520,"advisory_board_id":43,"next_meeting":"2019-02-12 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":291,"locale":"bg","advisory_board_meeting_id":3520,"description":"","deleted_at":null},{"id":292,"locale":"en","advisory_board_meeting_id":3520,"description":"","deleted_at":null}]},{"id":3521,"advisory_board_id":43,"next_meeting":"2019-05-16 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":293,"locale":"bg","advisory_board_meeting_id":3521,"description":"","deleted_at":null},{"id":294,"locale":"en","advisory_board_meeting_id":3521,"description":"","deleted_at":null}]},{"id":3522,"advisory_board_id":43,"next_meeting":"2019-06-14 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":295,"locale":"bg","advisory_board_meeting_id":3522,"description":"","deleted_at":null},{"id":296,"locale":"en","advisory_board_meeting_id":3522,"description":"","deleted_at":null}]},{"id":3601,"advisory_board_id":43,"next_meeting":"2019-10-25 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":299,"locale":"bg","advisory_board_meeting_id":3601,"description":"","deleted_at":null},{"id":300,"locale":"en","advisory_board_meeting_id":3601,"description":"","deleted_at":null}]},{"id":3602,"advisory_board_id":43,"next_meeting":"2019-11-27 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":301,"locale":"bg","advisory_board_meeting_id":3602,"description":"","deleted_at":null},{"id":302,"locale":"en","advisory_board_meeting_id":3602,"description":"","deleted_at":null}]},{"id":3603,"advisory_board_id":43,"next_meeting":"2017-01-18 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":303,"locale":"bg","advisory_board_meeting_id":3603,"description":"","deleted_at":null},{"id":304,"locale":"en","advisory_board_meeting_id":3603,"description":"","deleted_at":null}]},{"id":3604,"advisory_board_id":43,"next_meeting":"2017-01-26 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":305,"locale":"bg","advisory_board_meeting_id":3604,"description":"","deleted_at":null},{"id":306,"locale":"en","advisory_board_meeting_id":3604,"description":"","deleted_at":null}]},{"id":3605,"advisory_board_id":43,"next_meeting":"2017-02-13 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":307,"locale":"bg","advisory_board_meeting_id":3605,"description":"","deleted_at":null},{"id":308,"locale":"en","advisory_board_meeting_id":3605,"description":"","deleted_at":null}]},{"id":3606,"advisory_board_id":43,"next_meeting":"2017-03-02 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":309,"locale":"bg","advisory_board_meeting_id":3606,"description":"","deleted_at":null},{"id":310,"locale":"en","advisory_board_meeting_id":3606,"description":"","deleted_at":null}]},{"id":3607,"advisory_board_id":43,"next_meeting":"2017-05-23 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":311,"locale":"bg","advisory_board_meeting_id":3607,"description":"","deleted_at":null},{"id":312,"locale":"en","advisory_board_meeting_id":3607,"description":"","deleted_at":null}]},{"id":3608,"advisory_board_id":43,"next_meeting":"2017-07-12 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":313,"locale":"bg","advisory_board_meeting_id":3608,"description":"","deleted_at":null},{"id":314,"locale":"en","advisory_board_meeting_id":3608,"description":"","deleted_at":null}]},{"id":3609,"advisory_board_id":43,"next_meeting":"2017-09-05 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":315,"locale":"bg","advisory_board_meeting_id":3609,"description":"","deleted_at":null},{"id":316,"locale":"en","advisory_board_meeting_id":3609,"description":"","deleted_at":null}]},{"id":3610,"advisory_board_id":43,"next_meeting":"2017-11-01 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":317,"locale":"bg","advisory_board_meeting_id":3610,"description":"","deleted_at":null},{"id":318,"locale":"en","advisory_board_meeting_id":3610,"description":"","deleted_at":null}]},{"id":3611,"advisory_board_id":43,"next_meeting":"2017-11-10 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":319,"locale":"bg","advisory_board_meeting_id":3611,"description":"","deleted_at":null},{"id":320,"locale":"en","advisory_board_meeting_id":3611,"description":"","deleted_at":null}]},{"id":3612,"advisory_board_id":43,"next_meeting":"2017-11-30 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":321,"locale":"bg","advisory_board_meeting_id":3612,"description":"","deleted_at":null},{"id":322,"locale":"en","advisory_board_meeting_id":3612,"description":"","deleted_at":null}]},{"id":3613,"advisory_board_id":43,"next_meeting":"2017-12-21 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":323,"locale":"bg","advisory_board_meeting_id":3613,"description":"","deleted_at":null},{"id":324,"locale":"en","advisory_board_meeting_id":3613,"description":"","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Национален съвет по туризъм</t>
   </si>
   <si>
     <t>Туризъм</t>
+  </si>
+  <si>
+    <t>Съвет за българския жестов език</t>
+  </si>
+  <si>
+    <t>Образование</t>
+  </si>
+  <si>
+    <t>[{"id":158,"advisory_board_id":2101,"next_meeting":"2026-01-21 00:00:00","created_at":"2026-02-13T13:09:05.000000Z","updated_at":"2026-02-13T13:15:05.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043a\u044a\u043c \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430: 21.01.2026 \u0433.&lt;br&gt;\u0414\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434:&lt;br&gt;&lt;br&gt;1. \u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c&lt;br&gt;2. \u0420\u0430\u0437\u043d\u0438&lt;br&gt;&lt;br&gt;\u041f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430\u0449\u0438:&lt;br&gt;-&amp;nbsp; &amp;nbsp; 10 \u0447\u043b\u0435\u043d\u043e\u0432\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 (9 \u043d\u0430 \u0436\u0438\u0432\u043e, 1 \u043e\u043d\u043b\u0430\u0439\u043d)&lt;br&gt;-&amp;nbsp; &amp;nbsp; 2 \u043f\u0440\u0435\u0432\u043e\u0434\u0430\u0447\u0438 \u043e\u0442 \u0438 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a&lt;br&gt;&lt;br&gt;\u0422\u043e\u0447\u043a\u0430 1. \u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c&lt;br&gt;&lt;br&gt;\u041d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e \u043e\u0441\u0432\u0435\u043d \u0447\u043b\u0435\u043d\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430 \u0438 \u0435\u043a\u0438\u043f\u044a\u0442 \u043e\u0442 \u0434\u0438\u0440\u0435\u043a\u0446\u0438\u044f \u201e\u0412\u0438\u0435\u0448\u0435 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u201c \u0432 \u041c\u041e\u041d, \u0438\u0437\u0433\u043e\u0442\u0432\u0438\u043b \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0441 \u0443\u0447\u0430\u0441\u0442\u0438\u0435\u0442\u043e \u0438 \u043d\u0430 \u043f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u0438\u0442\u0435\u043b\u0438 \u043e\u0442 \u0434\u0438\u0440\u0435\u043a\u0446\u0438\u044f \u201e\u041f\u0440\u0438\u043e\u0431\u0449\u0430\u0432\u0430\u0449\u043e \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u201c.&lt;br&gt;\u0415\u043a\u0438\u043f\u044a\u0442, \u0438\u0437\u0433\u043e\u0442\u0432\u0438\u043b \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430, \u043d\u0430\u043f\u0440\u0430\u0432\u0438 \u043f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435\u0442\u043e \u0439, \u043a\u0430\u0442\u043e \u043f\u043e\u0434\u0447\u0435\u0440\u0442\u0430, \u0447\u0435 \u0442\u044f \u0435 \u043d\u0430\u0441\u043e\u0447\u0435\u043d\u0430 \u043a\u044a\u043c \u0441\u044a\u0437\u0434\u0430\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0441\u043f\u0435\u0446\u0438\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a (\u0411\u0416\u0415) \u043a\u044a\u043c \u0421\u043e\u0444\u0438\u0439\u0441\u043a\u0438\u044f \u0443\u043d\u0438\u0432\u0435\u0440\u0441\u0438\u0442\u0435\u0442 \u201e\u0421\u0432. \u041a\u043b\u0438\u043c\u0435\u043d\u0442 \u041e\u0445\u0440\u0438\u0434\u0441\u043a\u0438\u201c \u043a\u0430\u0442\u043e \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u0447\u0435\u0441\u043a\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u0438\u043d\u0432\u0435\u0441\u0442\u0438\u0446\u0438\u044f \u0437\u0430 \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435\u0442\u043e \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043d\u0430 \u0430\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u043d\u0438\u0432\u043e.&amp;nbsp;&lt;br&gt;\u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u0435 \u0441\u0442\u0440\u0443\u043a\u0442\u0443\u0440\u0438\u0440\u0430\u043d\u0430 \u0432 \u0447\u0435\u0442\u0438\u0440\u0438 \u043c\u043e\u0434\u0443\u043b\u0430 \u0441\u044a\u0441 \u0441\u044a\u043e\u0442\u0432\u0435\u0442\u043d\u0438\u0442\u0435 \u0434\u0435\u0439\u043d\u043e\u0441\u0442\u0438:&amp;nbsp;&lt;br&gt;-&amp;nbsp; &amp;nbsp; \u0420\u0430\u0437\u043a\u0440\u0438\u0432\u0430\u043d\u0435 \u043d\u0430 \u043d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0411\u0416\u0415, \u0430\u0434\u043c\u0438\u043d\u0438\u0441\u0442\u0440\u0438\u0440\u0430\u043d\u0435 \u0438 \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043a\u0430\u043f\u0430\u0446\u0438\u0442\u0435\u0442;&amp;nbsp;&lt;br&gt;-&amp;nbsp; &amp;nbsp; \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0430 \u0434\u0435\u0439\u043d\u043e\u0441\u0442;&amp;nbsp;&lt;br&gt;-&amp;nbsp; &amp;nbsp; \u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u043d\u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438 \u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435;&amp;nbsp;&lt;br&gt;-&amp;nbsp; &amp;nbsp; \u041c\u0435\u0436\u0434\u0443\u043d\u0430\u0440\u043e\u0434\u043d\u0430 \u0434\u0435\u0439\u043d\u043e\u0441\u0442.&lt;br&gt;\u0427\u043b\u0435\u043d\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0438\u043c\u0430\u0445\u0430 \u0432\u044a\u0437\u043c\u043e\u0436\u043d\u043e\u0441\u0442 \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0434\u0430 \u0441\u0435 \u0437\u0430\u043f\u043e\u0437\u043d\u0430\u044f\u0442 \u0441 \u043f\u0440\u043e\u0435\u043a\u0442\u0430 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0438 \u0434\u0430 \u0438\u0437\u0440\u0430\u0437\u044f\u0442 \u0441\u0432\u043e\u0438\u0442\u0435 \u0441\u0442\u0430\u043d\u043e\u0432\u0438\u0449\u0430 \u043f\u0440\u0435\u0434\u0438 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e. \u0412\u0438\u0436\u0434\u0430\u043d\u0438\u044f\u0442\u0430 \u043d\u0430 \u0447\u043b\u0435\u043d\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430, \u043e\u0442\u0440\u0430\u0437\u0435\u043d\u0438 \u0432 \u043f\u043e\u0441\u0442\u044a\u043f\u0438\u043b\u0438\u0442\u0435 \u0432 \u041c\u041e\u041d \u0441\u0442\u0430\u043d\u043e\u0432\u0438\u0449\u0430, \u0431\u044f\u0445\u0430 \u0438\u0437\u0440\u0430\u0437\u0435\u043d\u0438 \u0438 \u043e\u0431\u0441\u044a\u0434\u0435\u043d\u0438 \u043f\u043e \u0432\u0440\u0435\u043c\u0435 \u043d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e. \u0421\u0442\u0430\u043d\u043e\u0432\u0438\u0449\u0435\u0442\u043e \u043d\u0430 \u0435\u0434\u0438\u043d \u043e\u0442 \u043d\u0435\u043f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430\u0449\u0438\u0442\u0435 \u0447\u043b\u0435\u043d\u043e\u0432\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0431\u0435\u0448\u0435 \u043f\u0440\u043e\u0447\u0435\u0442\u0435\u043d\u043e \u043f\u043e \u0432\u0440\u0435\u043c\u0435 \u043d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e, \u043f\u043e\u0440\u0430\u0434\u0438 \u043d\u0435\u0432\u044a\u0437\u043c\u043e\u0436\u043d\u043e\u0441\u0442\u0442\u0430 \u043c\u0443 \u0434\u0430 \u0443\u0447\u0430\u0441\u0442\u0432\u0430 \u043b\u0438\u0447\u043d\u043e.&amp;nbsp;&lt;br&gt;\u041e\u0431\u043e\u0431\u0449\u0435\u043d\u0438 \u043f\u0440\u0435\u0434\u043b\u043e\u0436\u0435\u043d\u0438\u044f \u043e\u0442 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430, \u043a\u043e\u0438\u0442\u043e \u0421\u044a\u0432\u0435\u0442\u044a\u0442 \u043f\u043e \u0411\u0416\u0415 \u0441\u0447\u0438\u0442\u0430, \u0447\u0435 \u0441\u043b\u0435\u0434\u0432\u0430 \u0434\u0430 \u0431\u044a\u0434\u0430\u0442 \u043e\u0442\u0440\u0430\u0437\u0435\u043d\u0438 \u0432 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430:&lt;br&gt;- \u0414\u0430 \u0441\u0435 \u0438\u0437\u0432\u044a\u0440\u0448\u0438 \u043a\u043e\u0440\u0435\u043a\u0446\u0438\u044f \u0441 \u043f\u043e-\u0434\u043e\u0431\u0440\u0430 \u043e\u0431\u043e\u0441\u043d\u043e\u0432\u043a\u0430 \u043e\u0442\u043d\u043e\u0441\u043d\u043e \u0441\u044a\u0442\u0440\u0443\u0434\u043d\u0438\u0447\u0435\u0441\u0442\u0432\u043e \u043c\u0435\u0436\u0434\u0443 \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a (\u0411\u0416\u0415) \u043a\u044a\u043c \u0421\u043e\u0444\u0438\u0439\u0441\u043a\u0438\u044f \u0443\u043d\u0438\u0432\u0435\u0440\u0441\u0438\u0442\u0435\u0442 \u201e\u0421\u0432. \u041a\u043b\u0438\u043c\u0435\u043d\u0442 \u041e\u0445\u0440\u0438\u0434\u0441\u043a\u0438\u201c, \u043b\u0438\u0446\u0435\u043d\u0437\u0438\u0440\u0430\u043d\u0438\u0442\u0435 \u043f\u043e \u041d\u0410\u041f\u041e\u041e \u0434\u043e\u0441\u0442\u0430\u0432\u0447\u0438\u0446\u0438 \u043d\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u044f \u043f\u043e \u0411\u0416\u0415 \u0438 \u043f\u0440\u0435\u0432\u043e\u0434 \u043e\u0442\/\u043d\u0430 \u0411\u0416\u0415 \u0438 \u0434\u0440\u0443\u0433\u0438 \u0437\u0430\u0438\u043d\u0442\u0435\u0440\u0435\u0441\u043e\u0432\u0430\u043d\u0438 \u0441\u0442\u0440\u0430\u043d\u0438 \u0441 \u0446\u0435\u043b \u043f\u043e\u0432\u0438\u0448\u0430\u0432\u0430\u043d\u0435 \u043d\u0430 \u043a\u0430\u0447\u0435\u0441\u0442\u0432\u043e\u0442\u043e, \u0432\u0430\u043b\u0438\u0434\u0438\u0440\u0430\u043d\u0435 \u043d\u0430 \u0437\u043d\u0430\u043d\u0438\u044f \u043f\u043e \u0411\u0416\u0415, \u043f\u043e\u0432\u0438\u0448\u0430\u0432\u0430\u043d\u0435 \u043d\u0430 \u043a\u0432\u0430\u043b\u0438\u0444\u0438\u043a\u0430\u0446\u0438\u044f\u0442\u0430 \u043d\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0442\u0435 \u043f\u0440\u0435\u0432\u043e\u0434\u0430\u0447\u0438 \u0438 \u0434\u0440.&lt;br&gt;- \u0414\u0430 \u0441\u0435 \u0438\u0437\u043f\u0438\u0448\u0435 \u044f\u0441\u043d\u043e \u043e\u0431\u043e\u0441\u043e\u0431\u044f\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0411\u0416\u0415 \u043a\u044a\u043c \u0421\u043e\u0444\u0438\u0439\u0441\u043a\u0438\u044f \u0443\u043d\u0438\u0432\u0435\u0440\u0441\u0438\u0442\u0435\u0442 \u201e\u0421\u0432. \u041a\u043b\u0438\u043c\u0435\u043d\u0442 \u041e\u0445\u0440\u0438\u0434\u0441\u043a\u0438\u201c \u043a\u0430\u0442\u043e \u043d\u0435\u0437\u0430\u0432\u0438\u0441\u0438\u043c\u043e \u0437\u0432\u0435\u043d\u043e.&lt;br&gt;- \u0414\u0430 \u0441\u0435 \u0432\u043a\u043b\u044e\u0447\u0438 \u0433\u0440\u0443\u043f\u0430\u0442\u0430 \u043d\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438\u0442\u0435 \u043b\u0438\u0446\u0430 \u0432 \u0442\u0435\u043a\u0441\u0442\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 ,\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c \u0438 \u0433\u0440\u0443\u043f\u0430\u0442\u0430 \u043d\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438\u0442\u0435 \u043b\u0438\u0446\u0430 \u0434\u0430 \u0431\u044a\u0434\u0435 \u043f\u0440\u0435\u0434\u0432\u0438\u0434\u0435\u043d\u0430 \u043f\u0440\u0438 \u0440\u0430\u0437\u0440\u0430\u0431\u043e\u0442\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0432\u0441\u044f\u043a\u0430\u043a\u0432\u0438 \u043c\u043e\u0434\u0443\u043b\u0438 \u0432 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0411\u0416\u0415, \u043a\u0430\u043a\u0442\u043e \u0438 \u043d\u0430 \u0430\u043b\u0442\u0435\u0440\u043d\u0430\u0442\u0438\u0432\u043d\u0438 \u0441\u0440\u0435\u0434\u0441\u0442\u0432\u0430 \u0437\u0430 \u043a\u043e\u043c\u0443\u043d\u0438\u043a\u0430\u0446\u0438\u044f.&lt;br&gt;- \u0414\u0430 \u0441\u0435 \u0432\u043a\u043b\u044e\u0447\u0430\u0442 \u0442\u0435\u043a\u0441\u0442\u043e\u0432\u0435 \u0437\u0430 \u043f\u0430\u0440\u0442\u043d\u044c\u043e\u0440\u0441\u0442\u0432\u043e \u043f\u0440\u0438 \u0440\u0435\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0441 \u0434\u0440\u0443\u0433\u0438 \u0432\u0438\u0441\u0448\u0438 \u0443\u0447\u0438\u043b\u0438\u0449\u0430, \u0438\u043d\u0441\u0442\u0438\u0442\u0443\u0442\u0438 \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0430\u0442\u0430 \u0430\u043a\u0430\u0434\u0435\u043c\u0438\u044f \u043d\u0430 \u043d\u0430\u0443\u043a\u0438\u0442\u0435 \u0438 \u043d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0446\u0435\u043d\u0442\u0440\u043e\u0432\u0435 \u0432 \u0420\u0435\u043f\u0443\u0431\u043b\u0438\u043a\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0438 \u0438\u0437\u0432\u044a\u043d \u043d\u0435\u044f.&lt;br&gt;\u0420\u0435\u0437\u0443\u043b\u0442\u0430\u0442 \u043e\u0442 \u0433\u043b\u0430\u0441\u0443\u0432\u0430\u043d\u0435\u0442\u043e:&lt;br&gt;\u0412\u0441\u0438\u0447\u043a\u0438\u0442\u0435 10 \u043f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430\u0449\u0438 \u0447\u043b\u0435\u043d\u043e\u0432\u0435 \u0433\u043b\u0430\u0441\u0443\u0432\u0430\u0445\u0430 \u0432 \u043f\u043e\u0434\u043a\u0440\u0435\u043f\u0430 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430, \u0432 \u043a\u043e\u044f\u0442\u043e \u0434\u0430 \u0431\u044a\u0434\u0430\u0442 \u043e\u0442\u0440\u0430\u0437\u0435\u043d\u0438 \u0433\u043e\u0440\u0435\u043f\u043e\u0441\u043e\u0447\u0435\u043d\u0438\u0442\u0435 \u043e\u0431\u043e\u0431\u0449\u0435\u043d\u0438 \u043f\u0440\u0435\u0434\u043b\u043e\u0436\u0435\u043d\u0438\u044f.&lt;br&gt;\u041f\u0440\u043e\u0435\u043a\u0442\u044a\u0442 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0449\u0435 \u0431\u044a\u0434\u0435 \u043f\u0440\u0435\u0434\u043b\u043e\u0436\u0435\u043d \u0437\u0430 \u043e\u0434\u043e\u0431\u0440\u0435\u043d\u0438\u0435 \u043e\u0442 \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430, \u0441\u043b\u0435\u0434 \u043a\u043e\u0435\u0442\u043e \u0449\u0435 \u0431\u044a\u0434\u0435 \u043f\u0443\u0431\u043b\u0438\u043a\u0443\u0432\u0430\u043d \u0437\u0430 \u043e\u0431\u0449\u0435\u0441\u0442\u0432\u0435\u043d\u043e \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435.&lt;br&gt;&lt;br&gt;\u0422\u043e\u0447\u043a\u0430 2: \u0420\u0430\u0437\u043d\u0438. \u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043f\u0440\u0435\u0434 \u0421\u044a\u0432\u0435\u0442\u0430 \u043d\u0430 \u0438\u0437\u0432\u044a\u0440\u0448\u0435\u043d\u0438\u0442\u0435 \u043e\u0442 \u0435\u043a\u0438\u043f\u0430 \u043d\u0430 \u041c\u041e\u041d \u0434\u0435\u0439\u043d\u043e\u0441\u0442\u0438, \u043f\u0440\u0438\u0435\u0442\u0438 \u043d\u0430 \u043f\u0440\u0435\u0434\u0438\u0448\u043d\u043e\u0442\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430:&lt;\/p&gt;&lt;p&gt;&lt;br&gt;-&amp;nbsp; \u041e\u0434\u043e\u0431\u0440\u0435\u043d\u0430 \u0435 \u043e\u0442 \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0420\u0430\u0437\u0440\u0430\u0431\u043e\u0442\u0432\u0430\u043d\u0435 \u043d\u0430 \u0443\u0447\u0435\u0431\u043d\u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438, \u043c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u0438 \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u0430, \u0443\u0447\u0435\u0431\u043d\u0438 \u0440\u0435\u0441\u0443\u0440\u0441\u0438 \u0438 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u044f \u043f\u043e \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c. \u0412 \u041c\u041e\u041d \u0441\u0430 \u043f\u043e\u0441\u0442\u044a\u043f\u0438\u043b\u0438 \u0448\u0435\u0441\u0442 \u043f\u0440\u043e\u0435\u043a\u0442\u043d\u0438 \u043f\u0440\u0435\u0434\u043b\u043e\u0436\u0435\u043d\u0438\u044f \u043e\u0442 \u0441\u043f\u0435\u0446\u0438\u0430\u043b\u043d\u0438 \u0443\u0447\u0438\u043b\u0438\u0449\u0430 \u0437\u0430 \u0443\u0447\u0435\u043d\u0438\u0446\u0438 \u0441 \u0443\u0432\u0440\u0435\u0434\u0435\u043d \u0441\u043b\u0443\u0445. \u0415\u043a\u0438\u043f\u044a\u0442 \u0437\u0430 \u0443\u043f\u0440\u0430\u0432\u043b\u0435\u043d\u0438\u0435 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0435 \u043e\u0434\u043e\u0431\u0440\u0438\u043b \u043f\u0440\u043e\u0435\u043a\u0442\u0438\u0442\u0435 \u0438 \u043f\u0440\u0435\u0434\u0441\u0442\u043e\u0438 \u043e\u0440\u0433\u0430\u043d\u0438\u0437\u0430\u0446\u0438\u044f \u043d\u0430 \u0435\u043a\u0438\u043f\u0438\u0442\u0435 \u0438 \u0441\u0442\u0430\u0440\u0442\u0438\u0440\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0434\u0435\u0439\u043d\u043e\u0441\u0442\u0438\u0442\u0435 \u043f\u043e \u0433\u0440\u0443\u043f\u0438 \u0437\u0430 \u0440\u0430\u0437\u0440\u0430\u0431\u043e\u0442\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430:&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u041c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u043e \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u043e \u0437\u0430 \u043e\u0432\u043b\u0430\u0434\u044f\u0432\u0430\u043d\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043e\u0442 \u0433\u043b\u0443\u0445\u0438 \u0434\u0435\u0446\u0430 \u043e\u0442 \u0440\u0430\u043d\u043d\u0430 \u0432\u044a\u0437\u0440\u0430\u0441\u0442 (0 \u2013 3 \u0433.);&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u041d\u0430\u0434\u0433\u0440\u0430\u0436\u0434\u0430\u0449\u043e \u043c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u043e \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u043e \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u0438 \u0430\u043b\u0442\u0435\u0440\u043d\u0430\u0442\u0438\u0432\u043d\u0438 \u0441\u0440\u0435\u0434\u0441\u0442\u0432\u0430 \u0437\u0430 \u043a\u043e\u043c\u0443\u043d\u0438\u043a\u0430\u0446\u0438\u044f \u043d\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438 \u0443\u0447\u0435\u043d\u0438\u0446\u0438 (II \u2013 IV \u043a\u043b\u0430\u0441);&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u0423\u0447\u0435\u0431\u043d\u0438 \u0440\u0435\u0441\u0443\u0440\u0441\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u0438 \u0430\u043b\u0442\u0435\u0440\u043d\u0430\u0442\u0438\u0432\u043d\u0438 \u0441\u0440\u0435\u0434\u0441\u0442\u0432\u0430 \u0437\u0430 \u043a\u043e\u043c\u0443\u043d\u0438\u043a\u0430\u0446\u0438\u044f \u043d\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438 \u0434\u0435\u0446\u0430 \u0432 \u043f\u0440\u0435\u0434\u0443\u0447\u0438\u043b\u0438\u0449\u043d\u0430 \u0432\u044a\u0437\u0440\u0430\u0441\u0442 \u0438 \u043d\u0430\u0447\u0430\u043b\u0435\u043d \u0435\u0442\u0430\u043f;&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u0423\u0447\u0435\u0431\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430, \u043c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u043e \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u043e \u0438 \u043c\u0430\u0442\u0435\u0440\u0438\u0430\u043b\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u0438 \u0430\u043b\u0442\u0435\u0440\u043d\u0430\u0442\u0438\u0432\u043d\u0438 \u0441\u0440\u0435\u0434\u0441\u0442\u0432\u0430 \u0437\u0430 \u043a\u043e\u043c\u0443\u043d\u0438\u043a\u0430\u0446\u0438\u044f \u0437\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438 (\u0431\u0430\u0437\u043e\u0432\u043e \u043d\u0438\u0432\u043e) \u2013 \u0437\u0430 \u043e\u0431\u0443\u0447\u0438\u0442\u0435\u043b\u0438, \u0443\u0447\u0438\u0442\u0435\u043b\u0438 \u0438 \u0440\u043e\u0434\u0438\u0442\u0435\u043b\u0438;&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u041f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u0437\u0430 \u043f\u0435\u0434\u0430\u0433\u043e\u0433\u0438\u0447\u0435\u0441\u043a\u043e \u0432\u0437\u0430\u0438\u043c\u043e\u0434\u0435\u0439\u0441\u0442\u0432\u0438\u0435, \u0443\u0447\u0435\u0431\u043d\u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438 \u0438 \u0443\u0447\u0435\u0431\u043d\u0438 \u0440\u0435\u0441\u0443\u0440\u0441\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u043d\u0430 \u0434\u0435\u0446\u0430 \u0432 \u043f\u0440\u0435\u0434\u0443\u0447\u0438\u043b\u0438\u0449\u043d\u0430 \u0432\u044a\u0437\u0440\u0430\u0441\u0442 \u0438 \u0443\u0447\u0435\u043d\u0438\u0446\u0438 \u0432 \u043d\u0430\u0447\u0430\u043b\u0435\u043d \u0435\u0442\u0430\u043f (\u043d\u0438\u0432\u0430 \u04101 \u0438 \u04102 \u043e\u0442 \u041e\u0415\u0415\u0420);&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u0423\u0447\u0435\u0431\u043d\u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438, \u043c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u0438 \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u0430 \u0438 \u043e\u0431\u0443\u0447\u0438\u0442\u0435\u043b\u043d\u0438 \u043c\u0430\u0442\u0435\u0440\u0438\u0430\u043b\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u0437\u0430 \u043d\u0438\u0432\u0430 \u04101 \u0438 \u04102, \u0441 \u0440\u0430\u0437\u0433\u0440\u0430\u043d\u0438\u0447\u0435\u043d\u0438 \u0447\u0430\u0441\u0442\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0438\u0442\u0435\u043b\u0438, \u0443\u0447\u0438\u0442\u0435\u043b\u0438 \u0438 \u0440\u043e\u0434\u0438\u0442\u0435\u043b\u0438.&lt;br&gt;- \u0418\u0437\u043f\u0440\u0430\u0442\u0435\u043d\u043e \u0435 \u043e\u0444\u0438\u0446\u0438\u0430\u043b\u043d\u043e \u043f\u0438\u0441\u043c\u043e \u043a\u044a\u043c \u0438\u0437\u0434\u0430\u0442\u0435\u043b\u0441\u0442\u0432\u0430\u0442\u0430, \u0441 \u043a\u043e\u0435\u0442\u043e \u0441\u0430 \u0438\u043d\u0444\u043e\u0440\u043c\u0438\u0440\u0430\u043d\u0438 \u0437\u0430 \u043d\u0430\u043b\u0438\u0447\u0438\u0435\u0442\u043e \u043d\u0430 \u0421\u044a\u0432\u0435\u0442 \u0437\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043a\u044a\u043c \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430 \u0438 \u0437\u0430 \u0432\u044a\u0437\u043c\u043e\u0436\u043d\u043e\u0441\u0442\u0442\u0430 \u0434\u0430 \u0441\u0435 \u043e\u0431\u0440\u044a\u0449\u0430\u0442 \u043a\u044a\u043c \u043d\u0435\u0433\u043e \u043f\u0440\u0438 \u043f\u043e\u0434\u0433\u043e\u0442\u043e\u0432\u043a\u0430\u0442\u0430 \u043d\u0430 \u0438\u0437\u0434\u0430\u043d\u0438\u044f, \u0441\u0432\u044a\u0440\u0437\u0430\u043d\u0438 \u0441 \u0411\u0416\u0415, \u043e\u0442\u043d\u043e\u0441\u043d\u043e \u0430\u043a\u0442\u0443\u0430\u043b\u043d\u043e\u0441\u0442\u0442\u0430 \u043d\u0430 \u0442\u0435\u0440\u043c\u0438\u043d\u043e\u043b\u043e\u0433\u0438\u044f\u0442\u0430 \u0438 \u0438\u043d\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f\u0442\u0430, \u043e\u0442\u043d\u0430\u0441\u044f\u0449\u0430 \u0441\u0435 \u0434\u043e \u0411\u0416\u0415.&lt;br&gt;- \u0418\u0437\u043f\u0440\u0430\u0442\u0435\u043d\u043e \u0435 \u043e\u0444\u0438\u0446\u0438\u0430\u043b\u043d\u043e \u043f\u0438\u0441\u043c\u043e \u0434\u043e \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u0435\u043b\u0435\u043a\u0442\u0440\u043e\u043d\u043d\u0438 \u043c\u0435\u0434\u0438\u0438 (\u0421\u0415\u041c), \u0441 \u043a\u043e\u0435\u0442\u043e \u0441\u0430 \u0438\u043d\u0444\u043e\u0440\u043c\u0438\u0440\u0430\u043d\u0438 \u0437\u0430 \u0444\u0443\u043d\u043a\u0446\u0438\u0438\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043a\u044a\u043c \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430.&lt;br&gt;- \u0420\u0435\u0448\u0435\u043d\u0438\u044f\u0442\u0430 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0449\u0435 \u0431\u044a\u0434\u0430\u0442 \u043f\u0443\u0431\u043b\u0438\u043a\u0443\u0432\u0430\u043d\u0438 \u043d\u0430 \u0441\u0430\u0439\u0442\u0430 \u043d\u0430 \u041c\u041e\u041d \u0432 \u0440\u0443\u0431\u0440\u0438\u043a\u0430 \u201e\u0411\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c, \u043a\u0430\u043a\u0442\u043e \u0438 \u043d\u0430 \u041f\u043e\u0440\u0442\u0430\u043b\u0430 \u0437\u0430 \u043e\u0431\u0449\u0435\u0441\u0442\u0432\u0435\u043d\u0438 \u043a\u043e\u043d\u0441\u0443\u043b\u0442\u0430\u0446\u0438\u0438.&lt;br&gt;&lt;br&gt;&lt;\/p&gt;","translations":[{"id":640,"locale":"bg","advisory_board_meeting_id":158,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043a\u044a\u043c \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430: 21.01.2026 \u0433.&lt;br&gt;\u0414\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434:&lt;br&gt;&lt;br&gt;1. \u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c&lt;br&gt;2. \u0420\u0430\u0437\u043d\u0438&lt;br&gt;&lt;br&gt;\u041f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430\u0449\u0438:&lt;br&gt;-&amp;nbsp; &amp;nbsp; 10 \u0447\u043b\u0435\u043d\u043e\u0432\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 (9 \u043d\u0430 \u0436\u0438\u0432\u043e, 1 \u043e\u043d\u043b\u0430\u0439\u043d)&lt;br&gt;-&amp;nbsp; &amp;nbsp; 2 \u043f\u0440\u0435\u0432\u043e\u0434\u0430\u0447\u0438 \u043e\u0442 \u0438 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a&lt;br&gt;&lt;br&gt;\u0422\u043e\u0447\u043a\u0430 1. \u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c&lt;br&gt;&lt;br&gt;\u041d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e \u043e\u0441\u0432\u0435\u043d \u0447\u043b\u0435\u043d\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430 \u0438 \u0435\u043a\u0438\u043f\u044a\u0442 \u043e\u0442 \u0434\u0438\u0440\u0435\u043a\u0446\u0438\u044f \u201e\u0412\u0438\u0435\u0448\u0435 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u201c \u0432 \u041c\u041e\u041d, \u0438\u0437\u0433\u043e\u0442\u0432\u0438\u043b \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0441 \u0443\u0447\u0430\u0441\u0442\u0438\u0435\u0442\u043e \u0438 \u043d\u0430 \u043f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u0438\u0442\u0435\u043b\u0438 \u043e\u0442 \u0434\u0438\u0440\u0435\u043a\u0446\u0438\u044f \u201e\u041f\u0440\u0438\u043e\u0431\u0449\u0430\u0432\u0430\u0449\u043e \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u201c.&lt;br&gt;\u0415\u043a\u0438\u043f\u044a\u0442, \u0438\u0437\u0433\u043e\u0442\u0432\u0438\u043b \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430, \u043d\u0430\u043f\u0440\u0430\u0432\u0438 \u043f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435\u0442\u043e \u0439, \u043a\u0430\u0442\u043e \u043f\u043e\u0434\u0447\u0435\u0440\u0442\u0430, \u0447\u0435 \u0442\u044f \u0435 \u043d\u0430\u0441\u043e\u0447\u0435\u043d\u0430 \u043a\u044a\u043c \u0441\u044a\u0437\u0434\u0430\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0441\u043f\u0435\u0446\u0438\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a (\u0411\u0416\u0415) \u043a\u044a\u043c \u0421\u043e\u0444\u0438\u0439\u0441\u043a\u0438\u044f \u0443\u043d\u0438\u0432\u0435\u0440\u0441\u0438\u0442\u0435\u0442 \u201e\u0421\u0432. \u041a\u043b\u0438\u043c\u0435\u043d\u0442 \u041e\u0445\u0440\u0438\u0434\u0441\u043a\u0438\u201c \u043a\u0430\u0442\u043e \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u0447\u0435\u0441\u043a\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u0438\u043d\u0432\u0435\u0441\u0442\u0438\u0446\u0438\u044f \u0437\u0430 \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435\u0442\u043e \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043d\u0430 \u0430\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u043d\u0438\u0432\u043e.&amp;nbsp;&lt;br&gt;\u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u0435 \u0441\u0442\u0440\u0443\u043a\u0442\u0443\u0440\u0438\u0440\u0430\u043d\u0430 \u0432 \u0447\u0435\u0442\u0438\u0440\u0438 \u043c\u04</t>
   </si>
   <si>
     <t>Съвет за прилагане на Националния координационен механизъм за върховенство на правото</t>
   </si>
   <si>
     <t>Правосъдие и вътрешни работи</t>
   </si>
   <si>
     <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>[{"id":132,"advisory_board_id":2141,"next_meeting":"2022-09-19 00:00:00","created_at":"2025-12-02T08:34:41.000000Z","updated_at":"2025-12-02T10:21:33.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":588,"locale":"bg","advisory_board_meeting_id":132,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":589,"locale":"en","advisory_board_meeting_id":132,"description":"&lt;p&gt;Session of the Council for the Implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":134,"advisory_board_id":2141,"next_meeting":"2022-12-05 00:00:00","created_at":"2025-12-03T08:25:03.000000Z","updated_at":"2025-12-03T08:25:03.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":592,"locale":"bg","advisory_board_meeting_id":134,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":593,"locale":"en","advisory_board_meeting_id":134,"description":"&lt;p&gt;Session of the Council for the Implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":135,"advisory_board_id":2141,"next_meeting":"2023-06-26 00:00:00","created_at":"2025-12-03T09:16:39.000000Z","updated_at":"2025-12-03T09:16:39.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":594,"locale":"bg","advisory_board_meeting_id":135,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":595,"locale":"en","advisory_board_meeting_id":135,"description":"&lt;p&gt;Session of the Council for the Implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":142,"advisory_board_id":2141,"next_meeting":"2023-09-18 00:00:00","created_at":"2025-12-12T10:00:14.000000Z","updated_at":"2025-12-12T10:00:14.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":608,"locale":"bg","advisory_board_meeting_id":142,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":609,"locale":"en","advisory_board_meeting_id":142,"description":"&lt;p&gt;Session of the Council for the implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":143,"advisory_board_id":2141,"next_meeting":"2024-02-19 00:00:00","created_at":"2025-12-12T10:11:52.000000Z","updated_at":"2025-12-12T10:11:52.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":610,"locale":"bg","advisory_board_meeting_id":143,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":611,"locale":"en","advisory_board_meeting_id":143,"description":"&lt;p&gt;Session of the Council for the implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Съвет по геодезия, картография и кадастър</t>
   </si>
   <si>
     <t>Регионална политика</t>
   </si>
   <si>
     <t>Съвет по гражданството</t>
   </si>
   <si>
     <t>Съвет по иновации и научни изследвания</t>
   </si>
@@ -500,74 +509,74 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/2130/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/2131/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/43/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/47/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/2141/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/407/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/58/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/2140/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/59/view" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/44/view" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/2130/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/2131/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/43/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/47/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/2101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/2141/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/407/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/58/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/2140/view" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/59/view" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/44/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I12"/>
+  <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A12" sqref="A12"/>
+      <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12148.605" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="38656.703" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
@@ -690,213 +699,240 @@
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="H6" t="s">
         <v>16</v>
       </c>
       <c r="I6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8" t="s">
         <v>31</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
         <v>32</v>
       </c>
-      <c r="C8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="I8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="H9" t="s">
         <v>16</v>
       </c>
       <c r="I9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B10" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
+      <c r="G10">
+        <v>41</v>
+      </c>
       <c r="H10" t="s">
         <v>16</v>
       </c>
       <c r="I10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>16</v>
       </c>
       <c r="I11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>16</v>
       </c>
       <c r="I12" t="s">
-        <v>40</v>
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B13" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
+        <v>16</v>
+      </c>
+      <c r="I13" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="A13" r:id="rId_hyperlink_11"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>