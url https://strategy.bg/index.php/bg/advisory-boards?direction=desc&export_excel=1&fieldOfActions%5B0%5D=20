--- v0 (2026-01-11)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>СПРАВКА "КОНСУЛТАТИВНИ СЪВЕТИ"</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
@@ -69,50 +69,53 @@
     <t>Национален съвет за кредитиране на студентите и докторантите</t>
   </si>
   <si>
     <t>Образование</t>
   </si>
   <si>
     <t>Министерски съвет</t>
   </si>
   <si>
     <t>Закон</t>
   </si>
   <si>
     <t>Министър</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>[]</t>
   </si>
   <si>
     <t>Активен</t>
   </si>
   <si>
     <t>Съвет за българския жестов език</t>
+  </si>
+  <si>
+    <t>[{"id":158,"advisory_board_id":2101,"next_meeting":"2026-01-21 00:00:00","created_at":"2026-02-13T13:09:05.000000Z","updated_at":"2026-02-13T13:15:05.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043a\u044a\u043c \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430: 21.01.2026 \u0433.&lt;br&gt;\u0414\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434:&lt;br&gt;&lt;br&gt;1. \u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c&lt;br&gt;2. \u0420\u0430\u0437\u043d\u0438&lt;br&gt;&lt;br&gt;\u041f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430\u0449\u0438:&lt;br&gt;-&amp;nbsp; &amp;nbsp; 10 \u0447\u043b\u0435\u043d\u043e\u0432\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 (9 \u043d\u0430 \u0436\u0438\u0432\u043e, 1 \u043e\u043d\u043b\u0430\u0439\u043d)&lt;br&gt;-&amp;nbsp; &amp;nbsp; 2 \u043f\u0440\u0435\u0432\u043e\u0434\u0430\u0447\u0438 \u043e\u0442 \u0438 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a&lt;br&gt;&lt;br&gt;\u0422\u043e\u0447\u043a\u0430 1. \u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c&lt;br&gt;&lt;br&gt;\u041d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e \u043e\u0441\u0432\u0435\u043d \u0447\u043b\u0435\u043d\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430 \u0438 \u0435\u043a\u0438\u043f\u044a\u0442 \u043e\u0442 \u0434\u0438\u0440\u0435\u043a\u0446\u0438\u044f \u201e\u0412\u0438\u0435\u0448\u0435 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u201c \u0432 \u041c\u041e\u041d, \u0438\u0437\u0433\u043e\u0442\u0432\u0438\u043b \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0441 \u0443\u0447\u0430\u0441\u0442\u0438\u0435\u0442\u043e \u0438 \u043d\u0430 \u043f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u0438\u0442\u0435\u043b\u0438 \u043e\u0442 \u0434\u0438\u0440\u0435\u043a\u0446\u0438\u044f \u201e\u041f\u0440\u0438\u043e\u0431\u0449\u0430\u0432\u0430\u0449\u043e \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u201c.&lt;br&gt;\u0415\u043a\u0438\u043f\u044a\u0442, \u0438\u0437\u0433\u043e\u0442\u0432\u0438\u043b \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430, \u043d\u0430\u043f\u0440\u0430\u0432\u0438 \u043f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435\u0442\u043e \u0439, \u043a\u0430\u0442\u043e \u043f\u043e\u0434\u0447\u0435\u0440\u0442\u0430, \u0447\u0435 \u0442\u044f \u0435 \u043d\u0430\u0441\u043e\u0447\u0435\u043d\u0430 \u043a\u044a\u043c \u0441\u044a\u0437\u0434\u0430\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0441\u043f\u0435\u0446\u0438\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a (\u0411\u0416\u0415) \u043a\u044a\u043c \u0421\u043e\u0444\u0438\u0439\u0441\u043a\u0438\u044f \u0443\u043d\u0438\u0432\u0435\u0440\u0441\u0438\u0442\u0435\u0442 \u201e\u0421\u0432. \u041a\u043b\u0438\u043c\u0435\u043d\u0442 \u041e\u0445\u0440\u0438\u0434\u0441\u043a\u0438\u201c \u043a\u0430\u0442\u043e \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u0447\u0435\u0441\u043a\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u0438\u043d\u0432\u0435\u0441\u0442\u0438\u0446\u0438\u044f \u0437\u0430 \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435\u0442\u043e \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043d\u0430 \u0430\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u043d\u0438\u0432\u043e.&amp;nbsp;&lt;br&gt;\u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u0435 \u0441\u0442\u0440\u0443\u043a\u0442\u0443\u0440\u0438\u0440\u0430\u043d\u0430 \u0432 \u0447\u0435\u0442\u0438\u0440\u0438 \u043c\u043e\u0434\u0443\u043b\u0430 \u0441\u044a\u0441 \u0441\u044a\u043e\u0442\u0432\u0435\u0442\u043d\u0438\u0442\u0435 \u0434\u0435\u0439\u043d\u043e\u0441\u0442\u0438:&amp;nbsp;&lt;br&gt;-&amp;nbsp; &amp;nbsp; \u0420\u0430\u0437\u043a\u0440\u0438\u0432\u0430\u043d\u0435 \u043d\u0430 \u043d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0411\u0416\u0415, \u0430\u0434\u043c\u0438\u043d\u0438\u0441\u0442\u0440\u0438\u0440\u0430\u043d\u0435 \u0438 \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u043d\u0435\u0433\u043e\u0432\u0438\u044f \u043a\u0430\u043f\u0430\u0446\u0438\u0442\u0435\u0442;&amp;nbsp;&lt;br&gt;-&amp;nbsp; &amp;nbsp; \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0430 \u0434\u0435\u0439\u043d\u043e\u0441\u0442;&amp;nbsp;&lt;br&gt;-&amp;nbsp; &amp;nbsp; \u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u043d\u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438 \u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435;&amp;nbsp;&lt;br&gt;-&amp;nbsp; &amp;nbsp; \u041c\u0435\u0436\u0434\u0443\u043d\u0430\u0440\u043e\u0434\u043d\u0430 \u0434\u0435\u0439\u043d\u043e\u0441\u0442.&lt;br&gt;\u0427\u043b\u0435\u043d\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0438\u043c\u0430\u0445\u0430 \u0432\u044a\u0437\u043c\u043e\u0436\u043d\u043e\u0441\u0442 \u043f\u0440\u0435\u0434\u0432\u0430\u0440\u0438\u0442\u0435\u043b\u043d\u043e \u0434\u0430 \u0441\u0435 \u0437\u0430\u043f\u043e\u0437\u043d\u0430\u044f\u0442 \u0441 \u043f\u0440\u043e\u0435\u043a\u0442\u0430 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0438 \u0434\u0430 \u0438\u0437\u0440\u0430\u0437\u044f\u0442 \u0441\u0432\u043e\u0438\u0442\u0435 \u0441\u0442\u0430\u043d\u043e\u0432\u0438\u0449\u0430 \u043f\u0440\u0435\u0434\u0438 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e. \u0412\u0438\u0436\u0434\u0430\u043d\u0438\u044f\u0442\u0430 \u043d\u0430 \u0447\u043b\u0435\u043d\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430, \u043e\u0442\u0440\u0430\u0437\u0435\u043d\u0438 \u0432 \u043f\u043e\u0441\u0442\u044a\u043f\u0438\u043b\u0438\u0442\u0435 \u0432 \u041c\u041e\u041d \u0441\u0442\u0430\u043d\u043e\u0432\u0438\u0449\u0430, \u0431\u044f\u0445\u0430 \u0438\u0437\u0440\u0430\u0437\u0435\u043d\u0438 \u0438 \u043e\u0431\u0441\u044a\u0434\u0435\u043d\u0438 \u043f\u043e \u0432\u0440\u0435\u043c\u0435 \u043d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e. \u0421\u0442\u0430\u043d\u043e\u0432\u0438\u0449\u0435\u0442\u043e \u043d\u0430 \u0435\u0434\u0438\u043d \u043e\u0442 \u043d\u0435\u043f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430\u0449\u0438\u0442\u0435 \u0447\u043b\u0435\u043d\u043e\u0432\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0431\u0435\u0448\u0435 \u043f\u0440\u043e\u0447\u0435\u0442\u0435\u043d\u043e \u043f\u043e \u0432\u0440\u0435\u043c\u0435 \u043d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e, \u043f\u043e\u0440\u0430\u0434\u0438 \u043d\u0435\u0432\u044a\u0437\u043c\u043e\u0436\u043d\u043e\u0441\u0442\u0442\u0430 \u043c\u0443 \u0434\u0430 \u0443\u0447\u0430\u0441\u0442\u0432\u0430 \u043b\u0438\u0447\u043d\u043e.&amp;nbsp;&lt;br&gt;\u041e\u0431\u043e\u0431\u0449\u0435\u043d\u0438 \u043f\u0440\u0435\u0434\u043b\u043e\u0436\u0435\u043d\u0438\u044f \u043e\u0442 \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430, \u043a\u043e\u0438\u0442\u043e \u0421\u044a\u0432\u0435\u0442\u044a\u0442 \u043f\u043e \u0411\u0416\u0415 \u0441\u0447\u0438\u0442\u0430, \u0447\u0435 \u0441\u043b\u0435\u0434\u0432\u0430 \u0434\u0430 \u0431\u044a\u0434\u0430\u0442 \u043e\u0442\u0440\u0430\u0437\u0435\u043d\u0438 \u0432 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430:&lt;br&gt;- \u0414\u0430 \u0441\u0435 \u0438\u0437\u0432\u044a\u0440\u0448\u0438 \u043a\u043e\u0440\u0435\u043a\u0446\u0438\u044f \u0441 \u043f\u043e-\u0434\u043e\u0431\u0440\u0430 \u043e\u0431\u043e\u0441\u043d\u043e\u0432\u043a\u0430 \u043e\u0442\u043d\u043e\u0441\u043d\u043e \u0441\u044a\u0442\u0440\u0443\u0434\u043d\u0438\u0447\u0435\u0441\u0442\u0432\u043e \u043c\u0435\u0436\u0434\u0443 \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a (\u0411\u0416\u0415) \u043a\u044a\u043c \u0421\u043e\u0444\u0438\u0439\u0441\u043a\u0438\u044f \u0443\u043d\u0438\u0432\u0435\u0440\u0441\u0438\u0442\u0435\u0442 \u201e\u0421\u0432. \u041a\u043b\u0438\u043c\u0435\u043d\u0442 \u041e\u0445\u0440\u0438\u0434\u0441\u043a\u0438\u201c, \u043b\u0438\u0446\u0435\u043d\u0437\u0438\u0440\u0430\u043d\u0438\u0442\u0435 \u043f\u043e \u041d\u0410\u041f\u041e\u041e \u0434\u043e\u0441\u0442\u0430\u0432\u0447\u0438\u0446\u0438 \u043d\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u044f \u043f\u043e \u0411\u0416\u0415 \u0438 \u043f\u0440\u0435\u0432\u043e\u0434 \u043e\u0442\/\u043d\u0430 \u0411\u0416\u0415 \u0438 \u0434\u0440\u0443\u0433\u0438 \u0437\u0430\u0438\u043d\u0442\u0435\u0440\u0435\u0441\u043e\u0432\u0430\u043d\u0438 \u0441\u0442\u0440\u0430\u043d\u0438 \u0441 \u0446\u0435\u043b \u043f\u043e\u0432\u0438\u0448\u0430\u0432\u0430\u043d\u0435 \u043d\u0430 \u043a\u0430\u0447\u0435\u0441\u0442\u0432\u043e\u0442\u043e, \u0432\u0430\u043b\u0438\u0434\u0438\u0440\u0430\u043d\u0435 \u043d\u0430 \u0437\u043d\u0430\u043d\u0438\u044f \u043f\u043e \u0411\u0416\u0415, \u043f\u043e\u0432\u0438\u0448\u0430\u0432\u0430\u043d\u0435 \u043d\u0430 \u043a\u0432\u0430\u043b\u0438\u0444\u0438\u043a\u0430\u0446\u0438\u044f\u0442\u0430 \u043d\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0442\u0435 \u043f\u0440\u0435\u0432\u043e\u0434\u0430\u0447\u0438 \u0438 \u0434\u0440.&lt;br&gt;- \u0414\u0430 \u0441\u0435 \u0438\u0437\u043f\u0438\u0448\u0435 \u044f\u0441\u043d\u043e \u043e\u0431\u043e\u0441\u043e\u0431\u044f\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0411\u0416\u0415 \u043a\u044a\u043c \u0421\u043e\u0444\u0438\u0439\u0441\u043a\u0438\u044f \u0443\u043d\u0438\u0432\u0435\u0440\u0441\u0438\u0442\u0435\u0442 \u201e\u0421\u0432. \u041a\u043b\u0438\u043c\u0435\u043d\u0442 \u041e\u0445\u0440\u0438\u0434\u0441\u043a\u0438\u201c \u043a\u0430\u0442\u043e \u043d\u0435\u0437\u0430\u0432\u0438\u0441\u0438\u043c\u043e \u0437\u0432\u0435\u043d\u043e.&lt;br&gt;- \u0414\u0430 \u0441\u0435 \u0432\u043a\u043b\u044e\u0447\u0438 \u0433\u0440\u0443\u043f\u0430\u0442\u0430 \u043d\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438\u0442\u0435 \u043b\u0438\u0446\u0430 \u0432 \u0442\u0435\u043a\u0441\u0442\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 ,\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c \u0438 \u0433\u0440\u0443\u043f\u0430\u0442\u0430 \u043d\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438\u0442\u0435 \u043b\u0438\u0446\u0430 \u0434\u0430 \u0431\u044a\u0434\u0435 \u043f\u0440\u0435\u0434\u0432\u0438\u0434\u0435\u043d\u0430 \u043f\u0440\u0438 \u0440\u0430\u0437\u0440\u0430\u0431\u043e\u0442\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0432\u0441\u044f\u043a\u0430\u043a\u0432\u0438 \u043c\u043e\u0434\u0443\u043b\u0438 \u0432 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0411\u0416\u0415, \u043a\u0430\u043a\u0442\u043e \u0438 \u043d\u0430 \u0430\u043b\u0442\u0435\u0440\u043d\u0430\u0442\u0438\u0432\u043d\u0438 \u0441\u0440\u0435\u0434\u0441\u0442\u0432\u0430 \u0437\u0430 \u043a\u043e\u043c\u0443\u043d\u0438\u043a\u0430\u0446\u0438\u044f.&lt;br&gt;- \u0414\u0430 \u0441\u0435 \u0432\u043a\u043b\u044e\u0447\u0430\u0442 \u0442\u0435\u043a\u0441\u0442\u043e\u0432\u0435 \u0437\u0430 \u043f\u0430\u0440\u0442\u043d\u044c\u043e\u0440\u0441\u0442\u0432\u043e \u043f\u0440\u0438 \u0440\u0435\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0441 \u0434\u0440\u0443\u0433\u0438 \u0432\u0438\u0441\u0448\u0438 \u0443\u0447\u0438\u043b\u0438\u0449\u0430, \u0438\u043d\u0441\u0442\u0438\u0442\u0443\u0442\u0438 \u043d\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0430\u0442\u0430 \u0430\u043a\u0430\u0434\u0435\u043c\u0438\u044f \u043d\u0430 \u043d\u0430\u0443\u043a\u0438\u0442\u0435 \u0438 \u043d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0446\u0435\u043d\u0442\u0440\u043e\u0432\u0435 \u0432 \u0420\u0435\u043f\u0443\u0431\u043b\u0438\u043a\u0430 \u0411\u044a\u043b\u0433\u0430\u0440\u0438\u044f \u0438 \u0438\u0437\u0432\u044a\u043d \u043d\u0435\u044f.&lt;br&gt;\u0420\u0435\u0437\u0443\u043b\u0442\u0430\u0442 \u043e\u0442 \u0433\u043b\u0430\u0441\u0443\u0432\u0430\u043d\u0435\u0442\u043e:&lt;br&gt;\u0412\u0441\u0438\u0447\u043a\u0438\u0442\u0435 10 \u043f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430\u0449\u0438 \u0447\u043b\u0435\u043d\u043e\u0432\u0435 \u0433\u043b\u0430\u0441\u0443\u0432\u0430\u0445\u0430 \u0432 \u043f\u043e\u0434\u043a\u0440\u0435\u043f\u0430 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430, \u0432 \u043a\u043e\u044f\u0442\u043e \u0434\u0430 \u0431\u044a\u0434\u0430\u0442 \u043e\u0442\u0440\u0430\u0437\u0435\u043d\u0438 \u0433\u043e\u0440\u0435\u043f\u043e\u0441\u043e\u0447\u0435\u043d\u0438\u0442\u0435 \u043e\u0431\u043e\u0431\u0449\u0435\u043d\u0438 \u043f\u0440\u0435\u0434\u043b\u043e\u0436\u0435\u043d\u0438\u044f.&lt;br&gt;\u041f\u0440\u043e\u0435\u043a\u0442\u044a\u0442 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0449\u0435 \u0431\u044a\u0434\u0435 \u043f\u0440\u0435\u0434\u043b\u043e\u0436\u0435\u043d \u0437\u0430 \u043e\u0434\u043e\u0431\u0440\u0435\u043d\u0438\u0435 \u043e\u0442 \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430, \u0441\u043b\u0435\u0434 \u043a\u043e\u0435\u0442\u043e \u0449\u0435 \u0431\u044a\u0434\u0435 \u043f\u0443\u0431\u043b\u0438\u043a\u0443\u0432\u0430\u043d \u0437\u0430 \u043e\u0431\u0449\u0435\u0441\u0442\u0432\u0435\u043d\u043e \u043e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435.&lt;br&gt;&lt;br&gt;\u0422\u043e\u0447\u043a\u0430 2: \u0420\u0430\u0437\u043d\u0438. \u041f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435 \u043f\u0440\u0435\u0434 \u0421\u044a\u0432\u0435\u0442\u0430 \u043d\u0430 \u0438\u0437\u0432\u044a\u0440\u0448\u0435\u043d\u0438\u0442\u0435 \u043e\u0442 \u0435\u043a\u0438\u043f\u0430 \u043d\u0430 \u041c\u041e\u041d \u0434\u0435\u0439\u043d\u043e\u0441\u0442\u0438, \u043f\u0440\u0438\u0435\u0442\u0438 \u043d\u0430 \u043f\u0440\u0435\u0434\u0438\u0448\u043d\u043e\u0442\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430:&lt;\/p&gt;&lt;p&gt;&lt;br&gt;-&amp;nbsp; \u041e\u0434\u043e\u0431\u0440\u0435\u043d\u0430 \u0435 \u043e\u0442 \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0420\u0430\u0437\u0440\u0430\u0431\u043e\u0442\u0432\u0430\u043d\u0435 \u043d\u0430 \u0443\u0447\u0435\u0431\u043d\u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438, \u043c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u0438 \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u0430, \u0443\u0447\u0435\u0431\u043d\u0438 \u0440\u0435\u0441\u0443\u0440\u0441\u0438 \u0438 \u043f\u0440\u043e\u0432\u0435\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u044f \u043f\u043e \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c. \u0412 \u041c\u041e\u041d \u0441\u0430 \u043f\u043e\u0441\u0442\u044a\u043f\u0438\u043b\u0438 \u0448\u0435\u0441\u0442 \u043f\u0440\u043e\u0435\u043a\u0442\u043d\u0438 \u043f\u0440\u0435\u0434\u043b\u043e\u0436\u0435\u043d\u0438\u044f \u043e\u0442 \u0441\u043f\u0435\u0446\u0438\u0430\u043b\u043d\u0438 \u0443\u0447\u0438\u043b\u0438\u0449\u0430 \u0437\u0430 \u0443\u0447\u0435\u043d\u0438\u0446\u0438 \u0441 \u0443\u0432\u0440\u0435\u0434\u0435\u043d \u0441\u043b\u0443\u0445. \u0415\u043a\u0438\u043f\u044a\u0442 \u0437\u0430 \u0443\u043f\u0440\u0430\u0432\u043b\u0435\u043d\u0438\u0435 \u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0435 \u043e\u0434\u043e\u0431\u0440\u0438\u043b \u043f\u0440\u043e\u0435\u043a\u0442\u0438\u0442\u0435 \u0438 \u043f\u0440\u0435\u0434\u0441\u0442\u043e\u0438 \u043e\u0440\u0433\u0430\u043d\u0438\u0437\u0430\u0446\u0438\u044f \u043d\u0430 \u0435\u043a\u0438\u043f\u0438\u0442\u0435 \u0438 \u0441\u0442\u0430\u0440\u0442\u0438\u0440\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0434\u0435\u0439\u043d\u043e\u0441\u0442\u0438\u0442\u0435 \u043f\u043e \u0433\u0440\u0443\u043f\u0438 \u0437\u0430 \u0440\u0430\u0437\u0440\u0430\u0431\u043e\u0442\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430:&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u041c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u043e \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u043e \u0437\u0430 \u043e\u0432\u043b\u0430\u0434\u044f\u0432\u0430\u043d\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043e\u0442 \u0433\u043b\u0443\u0445\u0438 \u0434\u0435\u0446\u0430 \u043e\u0442 \u0440\u0430\u043d\u043d\u0430 \u0432\u044a\u0437\u0440\u0430\u0441\u0442 (0 \u2013 3 \u0433.);&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u041d\u0430\u0434\u0433\u0440\u0430\u0436\u0434\u0430\u0449\u043e \u043c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u043e \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u043e \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u0438 \u0430\u043b\u0442\u0435\u0440\u043d\u0430\u0442\u0438\u0432\u043d\u0438 \u0441\u0440\u0435\u0434\u0441\u0442\u0432\u0430 \u0437\u0430 \u043a\u043e\u043c\u0443\u043d\u0438\u043a\u0430\u0446\u0438\u044f \u043d\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438 \u0443\u0447\u0435\u043d\u0438\u0446\u0438 (II \u2013 IV \u043a\u043b\u0430\u0441);&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u0423\u0447\u0435\u0431\u043d\u0438 \u0440\u0435\u0441\u0443\u0440\u0441\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u0438 \u0430\u043b\u0442\u0435\u0440\u043d\u0430\u0442\u0438\u0432\u043d\u0438 \u0441\u0440\u0435\u0434\u0441\u0442\u0432\u0430 \u0437\u0430 \u043a\u043e\u043c\u0443\u043d\u0438\u043a\u0430\u0446\u0438\u044f \u043d\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438 \u0434\u0435\u0446\u0430 \u0432 \u043f\u0440\u0435\u0434\u0443\u0447\u0438\u043b\u0438\u0449\u043d\u0430 \u0432\u044a\u0437\u0440\u0430\u0441\u0442 \u0438 \u043d\u0430\u0447\u0430\u043b\u0435\u043d \u0435\u0442\u0430\u043f;&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u0423\u0447\u0435\u0431\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430, \u043c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u043e \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u043e \u0438 \u043c\u0430\u0442\u0435\u0440\u0438\u0430\u043b\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u0438 \u0430\u043b\u0442\u0435\u0440\u043d\u0430\u0442\u0438\u0432\u043d\u0438 \u0441\u0440\u0435\u0434\u0441\u0442\u0432\u0430 \u0437\u0430 \u043a\u043e\u043c\u0443\u043d\u0438\u043a\u0430\u0446\u0438\u044f \u0437\u0430 \u0441\u043b\u044f\u043f\u043e-\u0433\u043b\u0443\u0445\u0438 (\u0431\u0430\u0437\u043e\u0432\u043e \u043d\u0438\u0432\u043e) \u2013 \u0437\u0430 \u043e\u0431\u0443\u0447\u0438\u0442\u0435\u043b\u0438, \u0443\u0447\u0438\u0442\u0435\u043b\u0438 \u0438 \u0440\u043e\u0434\u0438\u0442\u0435\u043b\u0438;&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u041f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u0437\u0430 \u043f\u0435\u0434\u0430\u0433\u043e\u0433\u0438\u0447\u0435\u0441\u043a\u043e \u0432\u0437\u0430\u0438\u043c\u043e\u0434\u0435\u0439\u0441\u0442\u0432\u0438\u0435, \u0443\u0447\u0435\u0431\u043d\u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438 \u0438 \u0443\u0447\u0435\u0431\u043d\u0438 \u0440\u0435\u0441\u0443\u0440\u0441\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u043d\u0430 \u0434\u0435\u0446\u0430 \u0432 \u043f\u0440\u0435\u0434\u0443\u0447\u0438\u043b\u0438\u0449\u043d\u0430 \u0432\u044a\u0437\u0440\u0430\u0441\u0442 \u0438 \u0443\u0447\u0435\u043d\u0438\u0446\u0438 \u0432 \u043d\u0430\u0447\u0430\u043b\u0435\u043d \u0435\u0442\u0430\u043f (\u043d\u0438\u0432\u0430 \u04101 \u0438 \u04102 \u043e\u0442 \u041e\u0415\u0415\u0420);&lt;br&gt;o&amp;nbsp; &amp;nbsp; \u0423\u0447\u0435\u0431\u043d\u0438 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0438, \u043c\u0435\u0442\u043e\u0434\u0438\u0447\u0435\u0441\u043a\u0438 \u0440\u044a\u043a\u043e\u0432\u043e\u0434\u0441\u0442\u0432\u0430 \u0438 \u043e\u0431\u0443\u0447\u0438\u0442\u0435\u043b\u043d\u0438 \u043c\u0430\u0442\u0435\u0440\u0438\u0430\u043b\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0435\u043d\u0438\u0435 \u043f\u043e \u0411\u0416\u0415 \u0437\u0430 \u043d\u0438\u0432\u0430 \u04101 \u0438 \u04102, \u0441 \u0440\u0430\u0437\u0433\u0440\u0430\u043d\u0438\u0447\u0435\u043d\u0438 \u0447\u0430\u0441\u0442\u0438 \u0437\u0430 \u043e\u0431\u0443\u0447\u0438\u0442\u0435\u043b\u0438, \u0443\u0447\u0438\u0442\u0435\u043b\u0438 \u0438 \u0440\u043e\u0434\u0438\u0442\u0435\u043b\u0438.&lt;br&gt;- \u0418\u0437\u043f\u0440\u0430\u0442\u0435\u043d\u043e \u0435 \u043e\u0444\u0438\u0446\u0438\u0430\u043b\u043d\u043e \u043f\u0438\u0441\u043c\u043e \u043a\u044a\u043c \u0438\u0437\u0434\u0430\u0442\u0435\u043b\u0441\u0442\u0432\u0430\u0442\u0430, \u0441 \u043a\u043e\u0435\u0442\u043e \u0441\u0430 \u0438\u043d\u0444\u043e\u0440\u043c\u0438\u0440\u0430\u043d\u0438 \u0437\u0430 \u043d\u0430\u043b\u0438\u0447\u0438\u0435\u0442\u043e \u043d\u0430 \u0421\u044a\u0432\u0435\u0442 \u0437\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043a\u044a\u043c \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430 \u0438 \u0437\u0430 \u0432\u044a\u0437\u043c\u043e\u0436\u043d\u043e\u0441\u0442\u0442\u0430 \u0434\u0430 \u0441\u0435 \u043e\u0431\u0440\u044a\u0449\u0430\u0442 \u043a\u044a\u043c \u043d\u0435\u0433\u043e \u043f\u0440\u0438 \u043f\u043e\u0434\u0433\u043e\u0442\u043e\u0432\u043a\u0430\u0442\u0430 \u043d\u0430 \u0438\u0437\u0434\u0430\u043d\u0438\u044f, \u0441\u0432\u044a\u0440\u0437\u0430\u043d\u0438 \u0441 \u0411\u0416\u0415, \u043e\u0442\u043d\u043e\u0441\u043d\u043e \u0430\u043a\u0442\u0443\u0430\u043b\u043d\u043e\u0441\u0442\u0442\u0430 \u043d\u0430 \u0442\u0435\u0440\u043c\u0438\u043d\u043e\u043b\u043e\u0433\u0438\u044f\u0442\u0430 \u0438 \u0438\u043d\u0444\u043e\u0440\u043c\u0430\u0446\u0438\u044f\u0442\u0430, \u043e\u0442\u043d\u0430\u0441\u044f\u0449\u0430 \u0441\u0435 \u0434\u043e \u0411\u0416\u0415.&lt;br&gt;- \u0418\u0437\u043f\u0440\u0430\u0442\u0435\u043d\u043e \u0435 \u043e\u0444\u0438\u0446\u0438\u0430\u043b\u043d\u043e \u043f\u0438\u0441\u043c\u043e \u0434\u043e \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u0435\u043b\u0435\u043a\u0442\u0440\u043e\u043d\u043d\u0438 \u043c\u0435\u0434\u0438\u0438 (\u0421\u0415\u041c), \u0441 \u043a\u043e\u0435\u0442\u043e \u0441\u0430 \u0438\u043d\u0444\u043e\u0440\u043c\u0438\u0440\u0430\u043d\u0438 \u0437\u0430 \u0444\u0443\u043d\u043a\u0446\u0438\u0438\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043a\u044a\u043c \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430.&lt;br&gt;- \u0420\u0435\u0448\u0435\u043d\u0438\u044f\u0442\u0430 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0449\u0435 \u0431\u044a\u0434\u0430\u0442 \u043f\u0443\u0431\u043b\u0438\u043a\u0443\u0432\u0430\u043d\u0438 \u043d\u0430 \u0441\u0430\u0439\u0442\u0430 \u043d\u0430 \u041c\u041e\u041d \u0432 \u0440\u0443\u0431\u0440\u0438\u043a\u0430 \u201e\u0411\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c, \u043a\u0430\u043a\u0442\u043e \u0438 \u043d\u0430 \u041f\u043e\u0440\u0442\u0430\u043b\u0430 \u0437\u0430 \u043e\u0431\u0449\u0435\u0441\u0442\u0432\u0435\u043d\u0438 \u043a\u043e\u043d\u0441\u0443\u043b\u0442\u0430\u0446\u0438\u0438.&lt;br&gt;&lt;br&gt;&lt;\/p&gt;","translations":[{"id":640,"locale":"bg","advisory_board_meeting_id":158,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043a\u044a\u043c \u043c\u0438\u043d\u0438\u0441\u0442\u044a\u0440\u0430 \u043d\u0430 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u0442\u043e \u0438 \u043d\u0430\u0443\u043a\u0430\u0442\u0430: 21.01.2026 \u0433.&lt;br&gt;\u0414\u043d\u0435\u0432\u0435\u043d \u0440\u0435\u0434:&lt;br&gt;&lt;br&gt;1. \u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c&lt;br&gt;2. \u0420\u0430\u0437\u043d\u0438&lt;br&gt;&lt;br&gt;\u041f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430\u0449\u0438:&lt;br&gt;-&amp;nbsp; &amp;nbsp; 10 \u0447\u043b\u0435\u043d\u043e\u0432\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 (9 \u043d\u0430 \u0436\u0438\u0432\u043e, 1 \u043e\u043d\u043b\u0430\u0439\u043d)&lt;br&gt;-&amp;nbsp; &amp;nbsp; 2 \u043f\u0440\u0435\u0432\u043e\u0434\u0430\u0447\u0438 \u043e\u0442 \u0438 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a&lt;br&gt;&lt;br&gt;\u0422\u043e\u0447\u043a\u0430 1. \u041e\u0431\u0441\u044a\u0436\u0434\u0430\u043d\u0435 \u043d\u0430 \u043f\u0440\u043e\u0435\u043a\u0442 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u201e\u0410\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435 \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a\u201c&lt;br&gt;&lt;br&gt;\u041d\u0430 \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435\u0442\u043e \u043e\u0441\u0432\u0435\u043d \u0447\u043b\u0435\u043d\u043e\u0432\u0435\u0442\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u043f\u0440\u0438\u0441\u044a\u0441\u0442\u0432\u0430 \u0438 \u0435\u043a\u0438\u043f\u044a\u0442 \u043e\u0442 \u0434\u0438\u0440\u0435\u043a\u0446\u0438\u044f \u201e\u0412\u0438\u0435\u0448\u0435 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u201c \u0432 \u041c\u041e\u041d, \u0438\u0437\u0433\u043e\u0442\u0432\u0438\u043b \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430 \u0441 \u0443\u0447\u0430\u0441\u0442\u0438\u0435\u0442\u043e \u0438 \u043d\u0430 \u043f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u0438\u0442\u0435\u043b\u0438 \u043e\u0442 \u0434\u0438\u0440\u0435\u043a\u0446\u0438\u044f \u201e\u041f\u0440\u0438\u043e\u0431\u0449\u0430\u0432\u0430\u0449\u043e \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u043d\u0438\u0435\u201c.&lt;br&gt;\u0415\u043a\u0438\u043f\u044a\u0442, \u0438\u0437\u0433\u043e\u0442\u0432\u0438\u043b \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430\u0442\u0430, \u043d\u0430\u043f\u0440\u0430\u0432\u0438 \u043f\u0440\u0435\u0434\u0441\u0442\u0430\u0432\u044f\u043d\u0435\u0442\u043e \u0439, \u043a\u0430\u0442\u043e \u043f\u043e\u0434\u0447\u0435\u0440\u0442\u0430, \u0447\u0435 \u0442\u044f \u0435 \u043d\u0430\u0441\u043e\u0447\u0435\u043d\u0430 \u043a\u044a\u043c \u0441\u044a\u0437\u0434\u0430\u0432\u0430\u043d\u0435\u0442\u043e \u043d\u0430 \u0441\u043f\u0435\u0446\u0438\u0430\u043b\u0438\u0437\u0438\u0440\u0430\u043d \u041d\u0430\u0443\u0447\u043d\u043e\u0438\u0437\u0441\u043b\u0435\u0434\u043e\u0432\u0430\u0442\u0435\u043b\u0441\u043a\u0438 \u0438 \u043e\u0431\u0440\u0430\u0437\u043e\u0432\u0430\u0442\u0435\u043b\u0435\u043d \u0446\u0435\u043d\u0442\u044a\u0440 \u043f\u043e \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438 \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a (\u0411\u0416\u0415) \u043a\u044a\u043c \u0421\u043e\u0444\u0438\u0439\u0441\u043a\u0438\u044f \u0443\u043d\u0438\u0432\u0435\u0440\u0441\u0438\u0442\u0435\u0442 \u201e\u0421\u0432. \u041a\u043b\u0438\u043c\u0435\u043d\u0442 \u041e\u0445\u0440\u0438\u0434\u0441\u043a\u0438\u201c \u043a\u0430\u0442\u043e \u0441\u0442\u0440\u0430\u0442\u0435\u0433\u0438\u0447\u0435\u0441\u043a\u0430 \u043d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430 \u0438\u043d\u0432\u0435\u0441\u0442\u0438\u0446\u0438\u044f \u0437\u0430 \u0440\u0430\u0437\u0432\u0438\u0442\u0438\u0435\u0442\u043e \u043d\u0430 \u0431\u044a\u043b\u0433\u0430\u0440\u0441\u043a\u0438\u044f \u0436\u0435\u0441\u0442\u043e\u0432 \u0435\u0437\u0438\u043a \u043d\u0430 \u0430\u043a\u0430\u0434\u0435\u043c\u0438\u0447\u043d\u043e \u043d\u0438\u0432\u043e.&amp;nbsp;&lt;br&gt;\u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430 \u0435 \u0441\u0442\u0440\u0443\u043a\u0442\u0443\u0440\u0438\u0440\u0430\u043d\u0430 \u0432 \u0447\u0435\u0442\u0438\u0440\u0438 \u043c\u04</t>
   </si>
   <si>
     <t>Консултативен съвет по образованието на децата и учениците от етническите малцинства</t>
   </si>
   <si>
     <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>Председател на държавна агенция</t>
   </si>
   <si>
     <t>Неактивен</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -469,51 +472,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/402/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/2101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strategy.bg/index.php/bg/advisory-boards/403/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="38656.703" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
@@ -552,92 +555,92 @@
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3" t="s">
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>16</v>
       </c>
       <c r="I5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>