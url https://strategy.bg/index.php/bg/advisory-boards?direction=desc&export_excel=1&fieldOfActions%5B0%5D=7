--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -83,51 +83,51 @@
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>[]</t>
   </si>
   <si>
     <t>Активен</t>
   </si>
   <si>
     <t>Междуведомствен съвет за скрининг на преките чуждестранни инвестиции, свързани със сигурността или обществения ред</t>
   </si>
   <si>
     <t>Заместник министър-председател</t>
   </si>
   <si>
     <t>Междуведомствен съвет по отбранителна индустрия и сигурност на доставките към Министерския съвет</t>
   </si>
   <si>
     <t>Министър</t>
   </si>
   <si>
     <t>Междуведомствен съвет по участието на Република България в НАТО и ОПСО на ЕС</t>
   </si>
   <si>
-    <t>Съвета по сигурността</t>
+    <t>Съвета по сигурност към Министерския съвет</t>
   </si>
   <si>
     <t>Министър-председател</t>
   </si>
   <si>
     <t>Съвет за координация на политиките за българите извън Република България</t>
   </si>
   <si>
     <t>Съвет „Международно сътрудничество за развитие и регионално сътрудничество"</t>
   </si>
   <si>
     <t>Съвет по отбрана</t>
   </si>
   <si>
     <t>Консултативен съвет по международноправни въпроси</t>
   </si>
   <si>
     <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>Неактивен</t>
   </si>
 </sst>
 </file>
 