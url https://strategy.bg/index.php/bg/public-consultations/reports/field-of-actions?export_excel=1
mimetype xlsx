--- v0 (2026-01-10)
+++ v1 (2026-03-05)
@@ -1276,211 +1276,211 @@
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>585</v>
+        <v>588</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>534</v>
+        <v>532</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>729</v>
+        <v>738</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
-        <v>674</v>
+        <v>682</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
-        <v>169</v>
+        <v>174</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
-        <v>154</v>
+        <v>157</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>1016</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17">
-        <v>989</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18">
-        <v>303</v>
+        <v>306</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19">
-        <v>469</v>
+        <v>472</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21">
-        <v>583</v>
+        <v>586</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22">
         <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23">
-        <v>680</v>
+        <v>687</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26">
         <v>0</v>
       </c>
@@ -1684,51 +1684,51 @@
       <c r="B51">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>52</v>
       </c>
       <c r="B52">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>53</v>
       </c>
       <c r="B53">
         <v>44</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>55</v>
       </c>
       <c r="B55">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>56</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>57</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
@@ -1956,51 +1956,51 @@
       <c r="B85">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:2">
       <c r="A86" t="s">
         <v>85</v>
       </c>
       <c r="B86">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:2">
       <c r="A87" t="s">
         <v>86</v>
       </c>
       <c r="B87">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:2">
       <c r="A88" t="s">
         <v>25</v>
       </c>
       <c r="B88">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="89" spans="1:2">
       <c r="A89" t="s">
         <v>87</v>
       </c>
       <c r="B89">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:2">
       <c r="A90" t="s">
         <v>87</v>
       </c>
       <c r="B90">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91" t="s">
         <v>88</v>
       </c>
       <c r="B91">
         <v>0</v>
       </c>
@@ -2068,51 +2068,51 @@
       <c r="B99">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:2">
       <c r="A100" t="s">
         <v>29</v>
       </c>
       <c r="B100">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:2">
       <c r="A101" t="s">
         <v>94</v>
       </c>
       <c r="B101">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:2">
       <c r="A102" t="s">
         <v>95</v>
       </c>
       <c r="B102">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:2">
       <c r="A103" t="s">
         <v>96</v>
       </c>
       <c r="B103">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:2">
       <c r="A104" t="s">
         <v>97</v>
       </c>
       <c r="B104">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:2">
       <c r="A105" t="s">
         <v>30</v>
       </c>
       <c r="B105">
         <v>0</v>
       </c>
@@ -2204,51 +2204,51 @@
       <c r="B116">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:2">
       <c r="A117" t="s">
         <v>109</v>
       </c>
       <c r="B117">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:2">
       <c r="A118" t="s">
         <v>110</v>
       </c>
       <c r="B118">
         <v>38</v>
       </c>
     </row>
     <row r="119" spans="1:2">
       <c r="A119" t="s">
         <v>111</v>
       </c>
       <c r="B119">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="120" spans="1:2">
       <c r="A120" t="s">
         <v>112</v>
       </c>
       <c r="B120">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:2">
       <c r="A121" t="s">
         <v>113</v>
       </c>
       <c r="B121">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:2">
       <c r="A122" t="s">
         <v>114</v>
       </c>
       <c r="B122">
         <v>0</v>
       </c>
@@ -2364,51 +2364,51 @@
       <c r="B136">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:2">
       <c r="A137" t="s">
         <v>128</v>
       </c>
       <c r="B137">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:2">
       <c r="A138" t="s">
         <v>129</v>
       </c>
       <c r="B138">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:2">
       <c r="A139" t="s">
         <v>130</v>
       </c>
       <c r="B139">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:2">
       <c r="A140" t="s">
         <v>131</v>
       </c>
       <c r="B140">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:2">
       <c r="A141" t="s">
         <v>132</v>
       </c>
       <c r="B141">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:2">
       <c r="A142" t="s">
         <v>133</v>
       </c>
       <c r="B142">
         <v>0</v>
       </c>
@@ -2508,51 +2508,51 @@
       <c r="B154">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:2">
       <c r="A155" t="s">
         <v>146</v>
       </c>
       <c r="B155">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:2">
       <c r="A156" t="s">
         <v>147</v>
       </c>
       <c r="B156">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:2">
       <c r="A157" t="s">
         <v>148</v>
       </c>
       <c r="B157">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="158" spans="1:2">
       <c r="A158" t="s">
         <v>149</v>
       </c>
       <c r="B158">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:2">
       <c r="A159" t="s">
         <v>150</v>
       </c>
       <c r="B159">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:2">
       <c r="A160" t="s">
         <v>151</v>
       </c>
       <c r="B160">
         <v>42</v>
       </c>
@@ -2644,51 +2644,51 @@
       <c r="B171">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:2">
       <c r="A172" t="s">
         <v>163</v>
       </c>
       <c r="B172">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:2">
       <c r="A173" t="s">
         <v>164</v>
       </c>
       <c r="B173">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:2">
       <c r="A174" t="s">
         <v>165</v>
       </c>
       <c r="B174">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="175" spans="1:2">
       <c r="A175" t="s">
         <v>166</v>
       </c>
       <c r="B175">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:2">
       <c r="A176" t="s">
         <v>32</v>
       </c>
       <c r="B176">
         <v>38</v>
       </c>
     </row>
     <row r="177" spans="1:2">
       <c r="A177" t="s">
         <v>33</v>
       </c>
       <c r="B177">
         <v>0</v>
       </c>
@@ -2876,51 +2876,51 @@
       <c r="B200">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:2">
       <c r="A201" t="s">
         <v>188</v>
       </c>
       <c r="B201">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:2">
       <c r="A202" t="s">
         <v>189</v>
       </c>
       <c r="B202">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:2">
       <c r="A203" t="s">
         <v>190</v>
       </c>
       <c r="B203">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="204" spans="1:2">
       <c r="A204" t="s">
         <v>191</v>
       </c>
       <c r="B204">
         <v>29</v>
       </c>
     </row>
     <row r="205" spans="1:2">
       <c r="A205" t="s">
         <v>192</v>
       </c>
       <c r="B205">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:2">
       <c r="A206" t="s">
         <v>193</v>
       </c>
       <c r="B206">
         <v>17</v>
       </c>
@@ -3100,67 +3100,67 @@
       <c r="B228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:2">
       <c r="A229" t="s">
         <v>212</v>
       </c>
       <c r="B229">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:2">
       <c r="A230" t="s">
         <v>213</v>
       </c>
       <c r="B230">
         <v>33</v>
       </c>
     </row>
     <row r="231" spans="1:2">
       <c r="A231" t="s">
         <v>214</v>
       </c>
       <c r="B231">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="232" spans="1:2">
       <c r="A232" t="s">
         <v>215</v>
       </c>
       <c r="B232">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:2">
       <c r="A233" t="s">
         <v>216</v>
       </c>
       <c r="B233">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="234" spans="1:2">
       <c r="A234" t="s">
         <v>217</v>
       </c>
       <c r="B234">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:2">
       <c r="A235" t="s">
         <v>40</v>
       </c>
       <c r="B235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:2">
       <c r="A236" t="s">
         <v>218</v>
       </c>
       <c r="B236">
         <v>13</v>
       </c>
@@ -3428,51 +3428,51 @@
       <c r="B269">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:2">
       <c r="A270" t="s">
         <v>248</v>
       </c>
       <c r="B270">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:2">
       <c r="A271" t="s">
         <v>47</v>
       </c>
       <c r="B271">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:2">
       <c r="A272" t="s">
         <v>249</v>
       </c>
       <c r="B272">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:2">
       <c r="A273" t="s">
         <v>250</v>
       </c>
       <c r="B273">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:2">
       <c r="A274" t="s">
         <v>251</v>
       </c>
       <c r="B274">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:2">
       <c r="A275" t="s">
         <v>252</v>
       </c>
       <c r="B275">
         <v>0</v>
       </c>
@@ -3516,51 +3516,51 @@
       <c r="B280">
         <v>21</v>
       </c>
     </row>
     <row r="281" spans="1:2">
       <c r="A281" t="s">
         <v>258</v>
       </c>
       <c r="B281">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:2">
       <c r="A282" t="s">
         <v>259</v>
       </c>
       <c r="B282">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:2">
       <c r="A283" t="s">
         <v>260</v>
       </c>
       <c r="B283">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="284" spans="1:2">
       <c r="A284" t="s">
         <v>261</v>
       </c>
       <c r="B284">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:2">
       <c r="A285" t="s">
         <v>262</v>
       </c>
       <c r="B285">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:2">
       <c r="A286" t="s">
         <v>263</v>
       </c>
       <c r="B286">
         <v>0</v>
       </c>
@@ -3588,51 +3588,51 @@
       <c r="B289">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:2">
       <c r="A290" t="s">
         <v>267</v>
       </c>
       <c r="B290">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:2">
       <c r="A291" t="s">
         <v>268</v>
       </c>
       <c r="B291">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:2">
       <c r="A292" t="s">
         <v>48</v>
       </c>
       <c r="B292">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="293" spans="1:2">
       <c r="A293" t="s">
         <v>269</v>
       </c>
       <c r="B293">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:2">
       <c r="A294" t="s">
         <v>270</v>
       </c>
       <c r="B294">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:2">
       <c r="A295" t="s">
         <v>271</v>
       </c>
       <c r="B295">
         <v>0</v>
       </c>
@@ -3780,51 +3780,51 @@
       <c r="B313">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:2">
       <c r="A314" t="s">
         <v>288</v>
       </c>
       <c r="B314">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:2">
       <c r="A315" t="s">
         <v>289</v>
       </c>
       <c r="B315">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:2">
       <c r="A316" t="s">
         <v>51</v>
       </c>
       <c r="B316">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>