--- v0 (2026-01-10)
+++ v1 (2026-03-05)
@@ -12,160 +12,160 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Справка "Обществени консултации" (Институции)</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Брой консултации</t>
   </si>
   <si>
     <t>Брой консултации със срок, по-кратък от 30 дни</t>
   </si>
   <si>
     <t>Брой консултации без мотиви за по-кратък срок</t>
   </si>
   <si>
     <t>Брой консултации с липсващ задължителен документ</t>
   </si>
   <si>
     <t>Брой консултации без справка за получените предложения</t>
   </si>
   <si>
     <t>Агенция за публичните предприятия и контрол</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Вид акт</t>
   </si>
   <si>
+    <t>Ненормативен акт на орган извън изпълнителната власт</t>
+  </si>
+  <si>
+    <t>Акт на Министерския съвет</t>
+  </si>
+  <si>
     <t>Акт на орган извън изпълнителната власт</t>
   </si>
   <si>
-    <t>Ненормативен акт на орган извън изпълнителната власт</t>
-[...4 lines deleted...]
-  <si>
     <t>Акт на министър</t>
   </si>
   <si>
     <t>Агенция за ядрено регулиране</t>
   </si>
   <si>
     <t>Закон</t>
   </si>
   <si>
     <t>Държавна агенция "Архиви"</t>
   </si>
   <si>
     <t>Държавна агенция "Безопасност на движението по пътищата"</t>
   </si>
   <si>
     <t>Ненормативен акт (на МС или на министър)</t>
   </si>
   <si>
     <t>Държавна агенция "Държавен резерв и военновременни запаси"</t>
   </si>
   <si>
     <t>Държавна агенция за бежанците</t>
   </si>
   <si>
+    <t>Държавна агенция за метрологичен и технически надзор</t>
+  </si>
+  <si>
     <t>Не</t>
   </si>
   <si>
-    <t>Държавна агенция за метрологичен и технически надзор</t>
-[...1 lines deleted...]
-  <si>
     <t>Държавна агенция "Национална сигурност"</t>
   </si>
   <si>
     <t>Държавна агенция "Технически операции"</t>
   </si>
   <si>
     <t>Държавна комисия по сигурността на информацията</t>
   </si>
   <si>
     <t>Комисия за енергийно и водно регулиране</t>
   </si>
   <si>
     <t>Комисия за защита на конкуренцията</t>
   </si>
   <si>
     <t>Комисия за защита на личните данни</t>
   </si>
   <si>
     <t>Комисия за отнемане на незаконно придобитото имущество</t>
   </si>
   <si>
     <t>Комисия за публичен надзор над регистрираните одитори</t>
   </si>
   <si>
     <t>Комисия за регулиране на съобщенията</t>
   </si>
   <si>
     <t>Комисия за финансов надзор</t>
   </si>
   <si>
     <t>Министерски съвет и неговата администрация</t>
   </si>
   <si>
+    <t>Акт на общински съвет</t>
+  </si>
+  <si>
     <t>Рамкова позиция</t>
   </si>
   <si>
-    <t>Акт на общински съвет</t>
-[...1 lines deleted...]
-  <si>
     <t>Министерство на външните работи</t>
   </si>
   <si>
     <t>Министерство на вътрешните работи</t>
   </si>
   <si>
     <t>Министерство на електронното управление</t>
   </si>
   <si>
     <t>Министерство на енергетиката</t>
   </si>
   <si>
     <t>Министерство на здравеопазването</t>
   </si>
   <si>
     <t>Министерство на земеделието и храните</t>
   </si>
   <si>
     <t>Министерство на икономиката и индустрията</t>
   </si>
   <si>
     <t>Министерство на иновациите и растежа</t>
   </si>
   <si>
     <t>Министерство на културата</t>
@@ -191,104 +191,107 @@
   <si>
     <t>Министерство на транспорта и съобщенията</t>
   </si>
   <si>
     <t>Министерство на труда и социалната политика</t>
   </si>
   <si>
     <t>Министерство на туризма</t>
   </si>
   <si>
     <t>Министерство на финансите</t>
   </si>
   <si>
     <t>Национален статистически институт</t>
   </si>
   <si>
     <t>Национален съвет по цени и реимбурсиране на лекарствените продукти</t>
   </si>
   <si>
     <t>Национална служба за охрана</t>
   </si>
   <si>
     <t>Областна администрация - Търговище</t>
   </si>
   <si>
+    <t>Акт на областен управител</t>
+  </si>
+  <si>
     <t>Ненормативен акт на областен управител</t>
   </si>
   <si>
-    <t>Акт на областен управител</t>
-[...1 lines deleted...]
-  <si>
     <t>Общинска администрация - Аврен</t>
   </si>
   <si>
     <t>Общинска администрация - Айтос</t>
   </si>
   <si>
     <t>Ненормативен акт на общински съвет</t>
   </si>
   <si>
     <t>Общинска администрация - Аксаково</t>
   </si>
   <si>
     <t>Общинска администрация - Батак</t>
   </si>
   <si>
     <t>Общинска администрация - Белене</t>
   </si>
   <si>
     <t>Общинска администрация - Белослав</t>
   </si>
   <si>
     <t>Общинска администрация - Бургас</t>
   </si>
   <si>
     <t>Общинска администрация - Варна</t>
   </si>
   <si>
     <t>Общинска администрация - Велинград</t>
   </si>
   <si>
     <t>Общинска администрация - Ветрино</t>
   </si>
   <si>
     <t>Общинска администрация - Вълчи дол</t>
   </si>
   <si>
     <t>Общинска администрация - Две могили</t>
   </si>
   <si>
     <t>Общинска администрация - Девин</t>
   </si>
   <si>
     <t>Общинска администрация - Долни чифлик</t>
   </si>
   <si>
     <t>Общинска администрация - Дългопол</t>
   </si>
   <si>
+    <t>Общинска администрация - Етрополе</t>
+  </si>
+  <si>
     <t>Общинска администрация - Иваново</t>
   </si>
   <si>
     <t>Общинска администрация - Кайнарджа</t>
   </si>
   <si>
     <t>Общинска администрация - Камено</t>
   </si>
   <si>
     <t>Общинска администрация - Карнобат</t>
   </si>
   <si>
     <t>Общинска администрация - Кнежа</t>
   </si>
   <si>
     <t>Общинска администрация - Козлодуй</t>
   </si>
   <si>
     <t>Общинска администрация - Кричим</t>
   </si>
   <si>
     <t>Общинска администрация - Куклен</t>
   </si>
   <si>
     <t>Общинска администрация - Ловеч</t>
@@ -321,50 +324,53 @@
     <t>Общинска администрация - Перущица</t>
   </si>
   <si>
     <t>Общинска администрация - Приморско</t>
   </si>
   <si>
     <t>Общинска администрация - Провадия</t>
   </si>
   <si>
     <t>Общинска администрация - Раднево</t>
   </si>
   <si>
     <t>Общинска администрация - Разлог</t>
   </si>
   <si>
     <t>Общинска администрация - Ракитово</t>
   </si>
   <si>
     <t>Общинска администрация - Симитли</t>
   </si>
   <si>
     <t>Общинска администрация - Смолян</t>
   </si>
   <si>
     <t>Общинска администрация - Сопот</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Столична община</t>
   </si>
   <si>
     <t>Общинска администрация - Суворово</t>
   </si>
   <si>
     <t>Общинска администрация - Сунгурларе</t>
   </si>
   <si>
     <t>Общинска администрация - Съединение</t>
   </si>
   <si>
     <t>Общинска администрация - Тервел</t>
   </si>
   <si>
     <t>Общинска администрация - Търговище</t>
   </si>
   <si>
     <t>Общинска администрация - Шабла</t>
   </si>
   <si>
     <t>Общинска администрация - Ямбол</t>
   </si>
   <si>
     <t>Патентно ведомство</t>
   </si>
@@ -692,2113 +698,2113 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F388"/>
+  <dimension ref="A1:F394"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="64.841" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3">
         <v>1</v>
       </c>
       <c r="E3" t="s">
         <v>8</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>14</v>
       </c>
       <c r="B9">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9">
         <v>22</v>
       </c>
       <c r="D9">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>8</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B11">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B13">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B15">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
         <v>10</v>
       </c>
       <c r="C16">
         <v>4</v>
       </c>
       <c r="D16">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>8</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B18">
         <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B19">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B20">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>17</v>
       </c>
       <c r="B21">
         <v>12</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
       <c r="D21">
         <v>1</v>
       </c>
       <c r="E21" t="s">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B23">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B24">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B25">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B26">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>19</v>
       </c>
       <c r="B27">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C27">
         <v>16</v>
       </c>
       <c r="D27">
         <v>16</v>
       </c>
       <c r="E27" t="s">
         <v>8</v>
       </c>
       <c r="F27">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B29">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B30">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
+        <v>15</v>
+      </c>
+      <c r="B31">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>20</v>
       </c>
       <c r="B32">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C32">
         <v>3</v>
       </c>
       <c r="D32">
         <v>3</v>
       </c>
       <c r="E32" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F32">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>13</v>
       </c>
       <c r="B35">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B36">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B37">
         <v>5</v>
       </c>
       <c r="C37">
         <v>1</v>
       </c>
       <c r="D37">
         <v>1</v>
       </c>
       <c r="E37" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F37">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B39">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B40">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B41">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>23</v>
       </c>
       <c r="B42">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C42">
         <v>19</v>
       </c>
       <c r="D42">
         <v>19</v>
       </c>
       <c r="E42" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F42">
         <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B44">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B45">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B46">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B47">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>24</v>
       </c>
       <c r="B48">
         <v>8</v>
       </c>
       <c r="C48">
         <v>0</v>
       </c>
       <c r="D48">
         <v>0</v>
       </c>
       <c r="E48" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B50">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>15</v>
       </c>
       <c r="B51">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>25</v>
       </c>
       <c r="B52">
         <v>2</v>
       </c>
       <c r="C52">
         <v>0</v>
       </c>
       <c r="D52">
         <v>0</v>
       </c>
       <c r="E52" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F52">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>26</v>
       </c>
       <c r="B56">
         <v>108</v>
       </c>
       <c r="C56">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D56">
         <v>71</v>
       </c>
       <c r="E56" t="s">
         <v>8</v>
       </c>
       <c r="F56">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B58">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B59">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>13</v>
       </c>
       <c r="B60">
         <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>15</v>
       </c>
       <c r="B61">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>27</v>
       </c>
       <c r="B62">
         <v>7</v>
       </c>
       <c r="C62">
         <v>4</v>
       </c>
       <c r="D62">
         <v>4</v>
       </c>
       <c r="E62" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F62">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>15</v>
       </c>
       <c r="B64">
         <v>3</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>28</v>
       </c>
       <c r="B65">
         <v>6</v>
       </c>
       <c r="C65">
         <v>4</v>
       </c>
       <c r="D65">
         <v>4</v>
       </c>
       <c r="E65" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F65">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>15</v>
       </c>
       <c r="B68">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B69">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>29</v>
       </c>
       <c r="B70">
         <v>2</v>
       </c>
       <c r="C70">
         <v>1</v>
       </c>
       <c r="D70">
         <v>1</v>
       </c>
       <c r="E70" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F70">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>30</v>
       </c>
       <c r="B71">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C71">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D71">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E71" t="s">
         <v>8</v>
       </c>
       <c r="F71">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B73">
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>31</v>
       </c>
       <c r="B74">
         <v>80</v>
       </c>
       <c r="C74">
         <v>7</v>
       </c>
       <c r="D74">
         <v>7</v>
       </c>
       <c r="E74" t="s">
         <v>8</v>
       </c>
       <c r="F74">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B76">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B77">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B78">
-        <v>9</v>
+        <v>2</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B79">
         <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>32</v>
       </c>
       <c r="B80">
         <v>1</v>
       </c>
       <c r="C80">
         <v>0</v>
       </c>
       <c r="D80">
         <v>0</v>
       </c>
       <c r="E80" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F80">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>15</v>
       </c>
       <c r="B82">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>33</v>
       </c>
       <c r="B83">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="C83">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D83">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E83" t="s">
         <v>8</v>
       </c>
       <c r="F83">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>34</v>
       </c>
       <c r="B85">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="B86">
-        <v>105</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B87">
-        <v>657</v>
+        <v>105</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B88">
-        <v>102</v>
+        <v>652</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B89">
-        <v>80</v>
+        <v>102</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="B90">
-        <v>1</v>
+        <v>80</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>36</v>
       </c>
       <c r="B91">
         <v>62</v>
       </c>
       <c r="C91">
         <v>19</v>
       </c>
       <c r="D91">
         <v>19</v>
       </c>
       <c r="E91" t="s">
         <v>8</v>
       </c>
       <c r="F91">
         <v>2</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B93">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
+        <v>13</v>
+      </c>
+      <c r="B94">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B95">
         <v>34</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>37</v>
       </c>
       <c r="B96">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="C96">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D96">
         <v>55</v>
       </c>
       <c r="E96" t="s">
         <v>8</v>
       </c>
       <c r="F96">
-        <v>21</v>
+        <v>33</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B98">
-        <v>13</v>
+        <v>57</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B99">
-        <v>56</v>
+        <v>170</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
+        <v>18</v>
+      </c>
+      <c r="B100">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>15</v>
       </c>
       <c r="B101">
         <v>36</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>38</v>
       </c>
       <c r="B102">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C102">
         <v>12</v>
       </c>
       <c r="D102">
         <v>12</v>
       </c>
       <c r="E102" t="s">
         <v>8</v>
       </c>
       <c r="F102">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B104">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B105">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B106">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>39</v>
       </c>
       <c r="B107">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C107">
         <v>28</v>
       </c>
       <c r="D107">
         <v>28</v>
       </c>
       <c r="E107" t="s">
         <v>8</v>
       </c>
       <c r="F107">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>13</v>
       </c>
       <c r="B109">
         <v>21</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>15</v>
       </c>
       <c r="B110">
         <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
+        <v>11</v>
+      </c>
+      <c r="B112">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
         <v>40</v>
       </c>
       <c r="B113">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="C113">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D113">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E113" t="s">
         <v>8</v>
       </c>
       <c r="F113">
-        <v>37</v>
+        <v>59</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B115">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B116">
-        <v>34</v>
+        <v>87</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B117">
-        <v>87</v>
+        <v>34</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
         <v>13</v>
       </c>
       <c r="B118">
-        <v>352</v>
+        <v>358</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
         <v>41</v>
       </c>
       <c r="B119">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="C119">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D119">
         <v>262</v>
       </c>
       <c r="E119" t="s">
         <v>8</v>
       </c>
       <c r="F119">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>13</v>
       </c>
       <c r="B121">
-        <v>389</v>
+        <v>397</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B122">
-        <v>45</v>
+        <v>22</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B123">
-        <v>22</v>
+        <v>263</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B124">
-        <v>263</v>
+        <v>45</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
         <v>42</v>
       </c>
       <c r="B125">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C125">
         <v>160</v>
       </c>
       <c r="D125">
         <v>160</v>
       </c>
       <c r="E125" t="s">
         <v>8</v>
       </c>
       <c r="F125">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B128">
-        <v>86</v>
+        <v>65</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B129">
-        <v>101</v>
+        <v>86</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B130">
-        <v>64</v>
+        <v>101</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
         <v>43</v>
       </c>
       <c r="B131">
         <v>19</v>
       </c>
       <c r="C131">
         <v>6</v>
       </c>
       <c r="D131">
         <v>6</v>
       </c>
       <c r="E131" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F131">
         <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B133">
-        <v>9</v>
+        <v>2</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B134">
-        <v>2</v>
+        <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135">
         <v>2</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
         <v>15</v>
       </c>
       <c r="B136">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
         <v>44</v>
       </c>
       <c r="B137">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="C137">
         <v>42</v>
       </c>
       <c r="D137">
         <v>42</v>
       </c>
       <c r="E137" t="s">
         <v>8</v>
       </c>
       <c r="F137">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
         <v>15</v>
       </c>
       <c r="B139">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B140">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
         <v>13</v>
       </c>
       <c r="B141">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
         <v>18</v>
       </c>
       <c r="B142">
         <v>8</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
         <v>45</v>
       </c>
       <c r="B143">
         <v>96</v>
       </c>
       <c r="C143">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D143">
         <v>50</v>
       </c>
       <c r="E143" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F143">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B145">
         <v>32</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B146">
-        <v>4</v>
+        <v>41</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B147">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B148">
-        <v>41</v>
+        <v>8</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>46</v>
       </c>
       <c r="B149">
-        <v>1088</v>
+        <v>1115</v>
       </c>
       <c r="C149">
         <v>270</v>
       </c>
       <c r="D149">
         <v>270</v>
       </c>
       <c r="E149" t="s">
         <v>8</v>
       </c>
       <c r="F149">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B151">
-        <v>306</v>
+        <v>310</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>13</v>
       </c>
       <c r="B152">
-        <v>439</v>
+        <v>462</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>15</v>
       </c>
       <c r="B153">
         <v>38</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>18</v>
       </c>
       <c r="B154">
         <v>57</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>47</v>
       </c>
       <c r="B155">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C155">
         <v>284</v>
       </c>
       <c r="D155">
         <v>284</v>
       </c>
       <c r="E155" t="s">
         <v>8</v>
       </c>
       <c r="F155">
         <v>4</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
         <v>15</v>
       </c>
       <c r="B157">
         <v>88</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B158">
-        <v>157</v>
+        <v>122</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B159">
-        <v>18</v>
+        <v>158</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B160">
-        <v>121</v>
+        <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
         <v>48</v>
       </c>
       <c r="B161">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C161">
         <v>98</v>
       </c>
       <c r="D161">
         <v>98</v>
       </c>
       <c r="E161" t="s">
         <v>8</v>
       </c>
       <c r="F161">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B163">
-        <v>28</v>
+        <v>99</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B164">
-        <v>98</v>
+        <v>20</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B165">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B166">
-        <v>42</v>
+        <v>28</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
         <v>49</v>
       </c>
       <c r="B167">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="C167">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D167">
         <v>124</v>
       </c>
       <c r="E167" t="s">
         <v>8</v>
       </c>
       <c r="F167">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B169">
         <v>46</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
         <v>13</v>
       </c>
       <c r="B170">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
         <v>15</v>
       </c>
       <c r="B171">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
         <v>18</v>
       </c>
       <c r="B172">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
         <v>50</v>
       </c>
       <c r="B173">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C173">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D173">
         <v>96</v>
       </c>
       <c r="E173" t="s">
         <v>8</v>
       </c>
       <c r="F173">
-        <v>2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
         <v>13</v>
       </c>
       <c r="B175">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B176">
-        <v>12</v>
+        <v>69</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B177">
-        <v>67</v>
+        <v>13</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
         <v>15</v>
       </c>
       <c r="B178">
         <v>42</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
         <v>51</v>
       </c>
       <c r="B179">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="C179">
+        <v>323</v>
+      </c>
+      <c r="D179">
         <v>322</v>
       </c>
-      <c r="D179">
-[...1 lines deleted...]
-      </c>
       <c r="E179" t="s">
         <v>8</v>
       </c>
       <c r="F179">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B181">
-        <v>91</v>
+        <v>264</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B182">
-        <v>260</v>
+        <v>91</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B183">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
         <v>18</v>
       </c>
       <c r="B184">
         <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
         <v>52</v>
       </c>
       <c r="B185">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C185">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D185">
         <v>22</v>
       </c>
       <c r="E185" t="s">
         <v>8</v>
       </c>
       <c r="F185">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
         <v>13</v>
       </c>
       <c r="B187">
         <v>24</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
         <v>18</v>
       </c>
       <c r="B188">
         <v>8</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
         <v>15</v>
       </c>
       <c r="B189">
         <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B190">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
         <v>53</v>
       </c>
       <c r="B191">
         <v>38</v>
       </c>
       <c r="C191">
         <v>19</v>
       </c>
       <c r="D191">
         <v>19</v>
       </c>
       <c r="E191" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F191">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B193">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B194">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
         <v>15</v>
       </c>
       <c r="B195">
         <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
         <v>54</v>
       </c>
       <c r="B196">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="C196">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="D196">
         <v>257</v>
       </c>
       <c r="E196" t="s">
         <v>8</v>
       </c>
       <c r="F196">
-        <v>22</v>
+        <v>36</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B198">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
         <v>18</v>
       </c>
       <c r="B199">
         <v>39</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
         <v>13</v>
       </c>
       <c r="B200">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
         <v>15</v>
       </c>
       <c r="B201">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
         <v>55</v>
       </c>
       <c r="B202">
         <v>1</v>
       </c>
       <c r="C202">
         <v>0</v>
       </c>
       <c r="D202">
         <v>0</v>
       </c>
       <c r="E202" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F202">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
         <v>15</v>
       </c>
       <c r="B204">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
         <v>56</v>
       </c>
       <c r="B205">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C205">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D205">
         <v>49</v>
       </c>
       <c r="E205" t="s">
         <v>8</v>
       </c>
       <c r="F205">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
         <v>13</v>
       </c>
       <c r="B207">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
         <v>57</v>
       </c>
       <c r="B208">
         <v>1</v>
       </c>
       <c r="C208">
         <v>1</v>
       </c>
       <c r="D208">
         <v>1</v>
       </c>
       <c r="E208" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F208">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B210">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
         <v>58</v>
       </c>
       <c r="B211">
         <v>2</v>
       </c>
       <c r="C211">
         <v>0</v>
       </c>
       <c r="D211">
         <v>0</v>
       </c>
       <c r="E211" t="s">
         <v>8</v>
       </c>
       <c r="F211">
         <v>0</v>
       </c>
     </row>
@@ -2815,1866 +2821,1932 @@
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
         <v>60</v>
       </c>
       <c r="B214">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
         <v>61</v>
       </c>
       <c r="B215">
         <v>14</v>
       </c>
       <c r="C215">
         <v>0</v>
       </c>
       <c r="D215">
         <v>0</v>
       </c>
       <c r="E215" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F215">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B217">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
         <v>62</v>
       </c>
       <c r="B218">
         <v>23</v>
       </c>
       <c r="C218">
         <v>0</v>
       </c>
       <c r="D218">
         <v>0</v>
       </c>
       <c r="E218" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F218">
         <v>2</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
         <v>63</v>
       </c>
       <c r="B220">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B221">
         <v>22</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
         <v>64</v>
       </c>
       <c r="B222">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C222">
         <v>0</v>
       </c>
       <c r="D222">
         <v>0</v>
       </c>
       <c r="E222" t="s">
         <v>8</v>
       </c>
       <c r="F222">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B224">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
         <v>65</v>
       </c>
       <c r="B225">
         <v>1</v>
       </c>
       <c r="C225">
         <v>0</v>
       </c>
       <c r="D225">
         <v>0</v>
       </c>
       <c r="E225" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B227">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
         <v>66</v>
       </c>
       <c r="B228">
         <v>35</v>
       </c>
       <c r="C228">
         <v>0</v>
       </c>
       <c r="D228">
         <v>0</v>
       </c>
       <c r="E228" t="s">
         <v>8</v>
       </c>
       <c r="F228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
         <v>63</v>
       </c>
       <c r="B230">
         <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B231">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
         <v>67</v>
       </c>
       <c r="B232">
         <v>5</v>
       </c>
       <c r="C232">
         <v>0</v>
       </c>
       <c r="D232">
         <v>0</v>
       </c>
       <c r="E232" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F232">
         <v>4</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B234">
         <v>5</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
         <v>68</v>
       </c>
       <c r="B235">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C235">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D235">
         <v>14</v>
       </c>
       <c r="E235" t="s">
         <v>8</v>
       </c>
       <c r="F235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B237">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
         <v>63</v>
       </c>
       <c r="B238">
         <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
         <v>69</v>
       </c>
       <c r="B239">
         <v>23</v>
       </c>
       <c r="C239">
         <v>1</v>
       </c>
       <c r="D239">
         <v>1</v>
       </c>
       <c r="E239" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F239">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B241">
         <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
         <v>63</v>
       </c>
       <c r="B242">
         <v>8</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
         <v>70</v>
       </c>
       <c r="B243">
         <v>25</v>
       </c>
       <c r="C243">
         <v>4</v>
       </c>
       <c r="D243">
         <v>4</v>
       </c>
       <c r="E243" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F243">
         <v>2</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
         <v>63</v>
       </c>
       <c r="B245">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B246">
         <v>24</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
         <v>71</v>
       </c>
       <c r="B247">
         <v>8</v>
       </c>
       <c r="C247">
         <v>0</v>
       </c>
       <c r="D247">
         <v>0</v>
       </c>
       <c r="E247" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F247">
         <v>2</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B249">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
         <v>72</v>
       </c>
       <c r="B250">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C250">
         <v>0</v>
       </c>
       <c r="D250">
         <v>0</v>
       </c>
       <c r="E250" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F250">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
         <v>63</v>
       </c>
       <c r="B252">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B253">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
         <v>73</v>
       </c>
       <c r="B254">
         <v>29</v>
       </c>
       <c r="C254">
         <v>2</v>
       </c>
       <c r="D254">
         <v>2</v>
       </c>
       <c r="E254" t="s">
         <v>8</v>
       </c>
       <c r="F254">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B256">
         <v>22</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
         <v>63</v>
       </c>
       <c r="B257">
         <v>7</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
         <v>74</v>
       </c>
       <c r="B258">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C258">
         <v>0</v>
       </c>
       <c r="D258">
         <v>0</v>
       </c>
       <c r="E258" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F258">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B260">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
         <v>75</v>
       </c>
       <c r="B261">
         <v>15</v>
       </c>
       <c r="C261">
         <v>1</v>
       </c>
       <c r="D261">
         <v>1</v>
       </c>
       <c r="E261" t="s">
         <v>8</v>
       </c>
       <c r="F261">
         <v>2</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B263">
         <v>13</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
         <v>63</v>
       </c>
       <c r="B264">
         <v>2</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
         <v>76</v>
       </c>
       <c r="B265">
         <v>24</v>
       </c>
       <c r="C265">
         <v>2</v>
       </c>
       <c r="D265">
         <v>2</v>
       </c>
       <c r="E265" t="s">
         <v>8</v>
       </c>
       <c r="F265">
         <v>2</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
         <v>63</v>
       </c>
       <c r="B267">
         <v>2</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B268">
         <v>22</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
         <v>77</v>
       </c>
       <c r="B269">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="C269">
         <v>0</v>
       </c>
       <c r="D269">
         <v>0</v>
       </c>
       <c r="E269" t="s">
         <v>8</v>
       </c>
       <c r="F269">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B271">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
         <v>78</v>
       </c>
       <c r="B272">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="C272">
         <v>0</v>
       </c>
       <c r="D272">
         <v>0</v>
       </c>
       <c r="E272" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F272">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B274">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
         <v>79</v>
       </c>
       <c r="B275">
         <v>1</v>
       </c>
       <c r="C275">
         <v>0</v>
       </c>
       <c r="D275">
         <v>0</v>
       </c>
       <c r="E275" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F275">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B277">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
         <v>80</v>
       </c>
       <c r="B278">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="C278">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D278">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E278" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F278">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B280">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
       <c r="B281">
-        <v>7</v>
+        <v>13</v>
+      </c>
+      <c r="C281">
+        <v>2</v>
+      </c>
+      <c r="D281">
+        <v>2</v>
+      </c>
+      <c r="E281" t="s">
+        <v>22</v>
+      </c>
+      <c r="F281">
+        <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>81</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>9</v>
+        <v>63</v>
+      </c>
+      <c r="B283">
+        <v>5</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B284">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="B285">
-        <v>6</v>
+        <v>18</v>
+      </c>
+      <c r="C285">
+        <v>11</v>
+      </c>
+      <c r="D285">
+        <v>11</v>
+      </c>
+      <c r="E285" t="s">
+        <v>22</v>
+      </c>
+      <c r="F285">
+        <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>82</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>9</v>
+        <v>63</v>
+      </c>
+      <c r="B287">
+        <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B288">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="B289">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="C289">
+        <v>0</v>
+      </c>
+      <c r="D289">
+        <v>0</v>
+      </c>
+      <c r="E289" t="s">
+        <v>22</v>
+      </c>
+      <c r="F289">
+        <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>83</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>9</v>
+        <v>34</v>
+      </c>
+      <c r="B291">
+        <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B292">
-        <v>19</v>
+        <v>2</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
         <v>84</v>
       </c>
       <c r="B293">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="C293">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D293">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E293" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F293">
-        <v>21</v>
+        <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B295">
-        <v>34</v>
+        <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="B296">
-        <v>2</v>
+        <v>36</v>
+      </c>
+      <c r="C296">
+        <v>0</v>
+      </c>
+      <c r="D296">
+        <v>0</v>
+      </c>
+      <c r="E296" t="s">
+        <v>8</v>
+      </c>
+      <c r="F296">
+        <v>25</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>85</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>9</v>
+        <v>34</v>
+      </c>
+      <c r="B298">
+        <v>35</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B299">
         <v>2</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
         <v>86</v>
       </c>
       <c r="B300">
         <v>2</v>
       </c>
       <c r="C300">
         <v>0</v>
       </c>
       <c r="D300">
         <v>0</v>
       </c>
       <c r="E300" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F300">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B302">
         <v>2</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
         <v>87</v>
       </c>
       <c r="B303">
         <v>2</v>
       </c>
       <c r="C303">
         <v>0</v>
       </c>
       <c r="D303">
         <v>0</v>
       </c>
       <c r="E303" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F303">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B305">
         <v>2</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
         <v>88</v>
       </c>
       <c r="B306">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="C306">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="D306">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="E306" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F306">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B308">
-        <v>21</v>
+        <v>2</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="B309">
-        <v>5</v>
+        <v>30</v>
+      </c>
+      <c r="C309">
+        <v>14</v>
+      </c>
+      <c r="D309">
+        <v>10</v>
+      </c>
+      <c r="E309" t="s">
+        <v>8</v>
+      </c>
+      <c r="F309">
+        <v>8</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>89</v>
-[...14 lines deleted...]
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>9</v>
+        <v>34</v>
+      </c>
+      <c r="B311">
+        <v>27</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B312">
-        <v>21</v>
+        <v>5</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="B313">
-        <v>5</v>
+        <v>26</v>
+      </c>
+      <c r="C313">
+        <v>4</v>
+      </c>
+      <c r="D313">
+        <v>2</v>
+      </c>
+      <c r="E313" t="s">
+        <v>22</v>
+      </c>
+      <c r="F313">
+        <v>4</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>90</v>
-[...14 lines deleted...]
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>9</v>
+        <v>34</v>
+      </c>
+      <c r="B315">
+        <v>21</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B316">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
         <v>91</v>
       </c>
       <c r="B317">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="C317">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D317">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E317" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F317">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B319">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
       <c r="B320">
-        <v>27</v>
+        <v>32</v>
+      </c>
+      <c r="C320">
+        <v>0</v>
+      </c>
+      <c r="D320">
+        <v>0</v>
+      </c>
+      <c r="E320" t="s">
+        <v>8</v>
+      </c>
+      <c r="F320">
+        <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>92</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>9</v>
+        <v>34</v>
+      </c>
+      <c r="B322">
+        <v>27</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
         <v>63</v>
       </c>
       <c r="B323">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
         <v>93</v>
       </c>
       <c r="B324">
         <v>1</v>
       </c>
       <c r="C324">
         <v>0</v>
       </c>
       <c r="D324">
         <v>0</v>
       </c>
       <c r="E324" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F324">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
         <v>63</v>
       </c>
       <c r="B326">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
         <v>94</v>
       </c>
       <c r="B327">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C327">
         <v>0</v>
       </c>
       <c r="D327">
         <v>0</v>
       </c>
       <c r="E327" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F327">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B329">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>63</v>
+        <v>95</v>
       </c>
       <c r="B330">
-        <v>1</v>
+        <v>6</v>
+      </c>
+      <c r="C330">
+        <v>0</v>
+      </c>
+      <c r="D330">
+        <v>0</v>
+      </c>
+      <c r="E330" t="s">
+        <v>22</v>
+      </c>
+      <c r="F330">
+        <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>95</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>9</v>
+        <v>34</v>
+      </c>
+      <c r="B332">
+        <v>5</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B333">
-        <v>16</v>
+        <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
         <v>96</v>
       </c>
       <c r="B334">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C334">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D334">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E334" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F334">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B336">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="B337">
-        <v>1</v>
+        <v>16</v>
+      </c>
+      <c r="C337">
+        <v>5</v>
+      </c>
+      <c r="D337">
+        <v>5</v>
+      </c>
+      <c r="E337" t="s">
+        <v>8</v>
+      </c>
+      <c r="F337">
+        <v>2</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>97</v>
-[...14 lines deleted...]
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>9</v>
+        <v>63</v>
+      </c>
+      <c r="B339">
+        <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B340">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="B341">
+        <v>15</v>
+      </c>
+      <c r="C341">
         <v>3</v>
+      </c>
+      <c r="D341">
+        <v>1</v>
+      </c>
+      <c r="E341" t="s">
+        <v>8</v>
+      </c>
+      <c r="F341">
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>98</v>
-[...14 lines deleted...]
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>9</v>
+        <v>34</v>
+      </c>
+      <c r="B343">
+        <v>12</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
         <v>63</v>
       </c>
       <c r="B344">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="B345">
-        <v>12</v>
+        <v>13</v>
+      </c>
+      <c r="C345">
+        <v>0</v>
+      </c>
+      <c r="D345">
+        <v>0</v>
+      </c>
+      <c r="E345" t="s">
+        <v>22</v>
+      </c>
+      <c r="F345">
+        <v>4</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>99</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>9</v>
+        <v>34</v>
+      </c>
+      <c r="B347">
+        <v>12</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B348">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
         <v>100</v>
       </c>
       <c r="B349">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C349">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D349">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E349" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F349">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B351">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
         <v>101</v>
       </c>
       <c r="B352">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C352">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D352">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E352" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F352">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B354">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>63</v>
+        <v>102</v>
       </c>
       <c r="B355">
-        <v>1</v>
+        <v>7</v>
+      </c>
+      <c r="C355">
+        <v>0</v>
+      </c>
+      <c r="D355">
+        <v>0</v>
+      </c>
+      <c r="E355" t="s">
+        <v>22</v>
+      </c>
+      <c r="F355">
+        <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>102</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>9</v>
+        <v>63</v>
+      </c>
+      <c r="B357">
+        <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B358">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
         <v>103</v>
       </c>
       <c r="B359">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="C359">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D359">
         <v>0</v>
       </c>
       <c r="E359" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F359">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B361">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
         <v>104</v>
       </c>
       <c r="B362">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="C362">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D362">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E362" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F362">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B364">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>35</v>
+        <v>105</v>
       </c>
       <c r="B365">
-        <v>12</v>
+        <v>6</v>
+      </c>
+      <c r="C365">
+        <v>2</v>
+      </c>
+      <c r="D365">
+        <v>0</v>
+      </c>
+      <c r="E365" t="s">
+        <v>22</v>
+      </c>
+      <c r="F365">
+        <v>2</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>105</v>
-[...14 lines deleted...]
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>9</v>
+        <v>34</v>
+      </c>
+      <c r="B367">
+        <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>35</v>
+        <v>106</v>
       </c>
       <c r="B368">
-        <v>19</v>
+        <v>13</v>
+      </c>
+      <c r="C368">
+        <v>4</v>
+      </c>
+      <c r="D368">
+        <v>4</v>
+      </c>
+      <c r="E368" t="s">
+        <v>22</v>
+      </c>
+      <c r="F368">
+        <v>2</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>106</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>9</v>
+        <v>63</v>
+      </c>
+      <c r="B370">
+        <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B371">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
         <v>107</v>
       </c>
       <c r="B372">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="C372">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D372">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E372" t="s">
         <v>8</v>
       </c>
       <c r="F372">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B374">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="B375">
-        <v>2</v>
+        <v>5</v>
+      </c>
+      <c r="C375">
+        <v>0</v>
+      </c>
+      <c r="D375">
+        <v>0</v>
+      </c>
+      <c r="E375" t="s">
+        <v>8</v>
+      </c>
+      <c r="F375">
+        <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>108</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>9</v>
+        <v>34</v>
+      </c>
+      <c r="B377">
+        <v>5</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>35</v>
+        <v>109</v>
       </c>
       <c r="B378">
-        <v>5</v>
+        <v>32</v>
+      </c>
+      <c r="C378">
+        <v>1</v>
+      </c>
+      <c r="D378">
+        <v>1</v>
+      </c>
+      <c r="E378" t="s">
+        <v>8</v>
+      </c>
+      <c r="F378">
+        <v>16</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="B380">
-        <v>37</v>
-[...11 lines deleted...]
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>9</v>
+        <v>63</v>
+      </c>
+      <c r="B381">
+        <v>2</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>63</v>
+        <v>110</v>
       </c>
       <c r="B382">
-        <v>2</v>
+        <v>6</v>
+      </c>
+      <c r="C382">
+        <v>0</v>
+      </c>
+      <c r="D382">
+        <v>0</v>
+      </c>
+      <c r="E382" t="s">
+        <v>22</v>
+      </c>
+      <c r="F382">
+        <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>9</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="B384">
-        <v>13</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>9</v>
+        <v>63</v>
+      </c>
+      <c r="B385">
+        <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>12</v>
+        <v>111</v>
       </c>
       <c r="B386">
-        <v>2</v>
+        <v>38</v>
+      </c>
+      <c r="C386">
+        <v>5</v>
+      </c>
+      <c r="D386">
+        <v>5</v>
+      </c>
+      <c r="E386" t="s">
+        <v>8</v>
+      </c>
+      <c r="F386">
+        <v>6</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
+        <v>34</v>
+      </c>
+      <c r="B388">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="389" spans="1:6">
+      <c r="A389" t="s">
+        <v>63</v>
+      </c>
+      <c r="B389">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="390" spans="1:6">
+      <c r="A390" t="s">
+        <v>112</v>
+      </c>
+      <c r="B390">
+        <v>13</v>
+      </c>
+      <c r="C390">
+        <v>12</v>
+      </c>
+      <c r="D390">
+        <v>12</v>
+      </c>
+      <c r="E390" t="s">
+        <v>22</v>
+      </c>
+      <c r="F390">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="391" spans="1:6">
+      <c r="A391" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="392" spans="1:6">
+      <c r="A392" t="s">
+        <v>11</v>
+      </c>
+      <c r="B392">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="393" spans="1:6">
+      <c r="A393" t="s">
+        <v>13</v>
+      </c>
+      <c r="B393">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="394" spans="1:6">
+      <c r="A394" t="s">
         <v>15</v>
       </c>
-      <c r="B388">
+      <c r="B394">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="B5:F5"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="A10:F10"/>
     <mergeCell ref="B11:F11"/>
     <mergeCell ref="B12:F12"/>
     <mergeCell ref="B13:F13"/>
     <mergeCell ref="B14:F14"/>
     <mergeCell ref="B15:F15"/>
     <mergeCell ref="A17:F17"/>
     <mergeCell ref="B18:F18"/>
     <mergeCell ref="B19:F19"/>
     <mergeCell ref="B20:F20"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="B23:F23"/>
     <mergeCell ref="B24:F24"/>
     <mergeCell ref="B25:F25"/>
@@ -4855,128 +4927,132 @@
     <mergeCell ref="B246:F246"/>
     <mergeCell ref="A248:F248"/>
     <mergeCell ref="B249:F249"/>
     <mergeCell ref="A251:F251"/>
     <mergeCell ref="B252:F252"/>
     <mergeCell ref="B253:F253"/>
     <mergeCell ref="A255:F255"/>
     <mergeCell ref="B256:F256"/>
     <mergeCell ref="B257:F257"/>
     <mergeCell ref="A259:F259"/>
     <mergeCell ref="B260:F260"/>
     <mergeCell ref="A262:F262"/>
     <mergeCell ref="B263:F263"/>
     <mergeCell ref="B264:F264"/>
     <mergeCell ref="A266:F266"/>
     <mergeCell ref="B267:F267"/>
     <mergeCell ref="B268:F268"/>
     <mergeCell ref="A270:F270"/>
     <mergeCell ref="B271:F271"/>
     <mergeCell ref="A273:F273"/>
     <mergeCell ref="B274:F274"/>
     <mergeCell ref="A276:F276"/>
     <mergeCell ref="B277:F277"/>
     <mergeCell ref="A279:F279"/>
     <mergeCell ref="B280:F280"/>
-    <mergeCell ref="B281:F281"/>
-    <mergeCell ref="A283:F283"/>
+    <mergeCell ref="A282:F282"/>
+    <mergeCell ref="B283:F283"/>
     <mergeCell ref="B284:F284"/>
-    <mergeCell ref="B285:F285"/>
-    <mergeCell ref="A287:F287"/>
+    <mergeCell ref="A286:F286"/>
+    <mergeCell ref="B287:F287"/>
     <mergeCell ref="B288:F288"/>
-    <mergeCell ref="B289:F289"/>
-    <mergeCell ref="A291:F291"/>
+    <mergeCell ref="A290:F290"/>
+    <mergeCell ref="B291:F291"/>
     <mergeCell ref="B292:F292"/>
     <mergeCell ref="A294:F294"/>
     <mergeCell ref="B295:F295"/>
-    <mergeCell ref="B296:F296"/>
-    <mergeCell ref="A298:F298"/>
+    <mergeCell ref="A297:F297"/>
+    <mergeCell ref="B298:F298"/>
     <mergeCell ref="B299:F299"/>
     <mergeCell ref="A301:F301"/>
     <mergeCell ref="B302:F302"/>
     <mergeCell ref="A304:F304"/>
     <mergeCell ref="B305:F305"/>
     <mergeCell ref="A307:F307"/>
     <mergeCell ref="B308:F308"/>
-    <mergeCell ref="B309:F309"/>
-    <mergeCell ref="A311:F311"/>
+    <mergeCell ref="A310:F310"/>
+    <mergeCell ref="B311:F311"/>
     <mergeCell ref="B312:F312"/>
-    <mergeCell ref="B313:F313"/>
-    <mergeCell ref="A315:F315"/>
+    <mergeCell ref="A314:F314"/>
+    <mergeCell ref="B315:F315"/>
     <mergeCell ref="B316:F316"/>
     <mergeCell ref="A318:F318"/>
     <mergeCell ref="B319:F319"/>
-    <mergeCell ref="B320:F320"/>
-    <mergeCell ref="A322:F322"/>
+    <mergeCell ref="A321:F321"/>
+    <mergeCell ref="B322:F322"/>
     <mergeCell ref="B323:F323"/>
     <mergeCell ref="A325:F325"/>
     <mergeCell ref="B326:F326"/>
     <mergeCell ref="A328:F328"/>
     <mergeCell ref="B329:F329"/>
-    <mergeCell ref="B330:F330"/>
-    <mergeCell ref="A332:F332"/>
+    <mergeCell ref="A331:F331"/>
+    <mergeCell ref="B332:F332"/>
     <mergeCell ref="B333:F333"/>
     <mergeCell ref="A335:F335"/>
     <mergeCell ref="B336:F336"/>
-    <mergeCell ref="B337:F337"/>
-    <mergeCell ref="A339:F339"/>
+    <mergeCell ref="A338:F338"/>
+    <mergeCell ref="B339:F339"/>
     <mergeCell ref="B340:F340"/>
-    <mergeCell ref="B341:F341"/>
-    <mergeCell ref="A343:F343"/>
+    <mergeCell ref="A342:F342"/>
+    <mergeCell ref="B343:F343"/>
     <mergeCell ref="B344:F344"/>
-    <mergeCell ref="B345:F345"/>
-    <mergeCell ref="A347:F347"/>
+    <mergeCell ref="A346:F346"/>
+    <mergeCell ref="B347:F347"/>
     <mergeCell ref="B348:F348"/>
     <mergeCell ref="A350:F350"/>
     <mergeCell ref="B351:F351"/>
     <mergeCell ref="A353:F353"/>
     <mergeCell ref="B354:F354"/>
-    <mergeCell ref="B355:F355"/>
-    <mergeCell ref="A357:F357"/>
+    <mergeCell ref="A356:F356"/>
+    <mergeCell ref="B357:F357"/>
     <mergeCell ref="B358:F358"/>
     <mergeCell ref="A360:F360"/>
     <mergeCell ref="B361:F361"/>
     <mergeCell ref="A363:F363"/>
     <mergeCell ref="B364:F364"/>
-    <mergeCell ref="B365:F365"/>
-[...2 lines deleted...]
-    <mergeCell ref="A370:F370"/>
+    <mergeCell ref="A366:F366"/>
+    <mergeCell ref="B367:F367"/>
+    <mergeCell ref="A369:F369"/>
+    <mergeCell ref="B370:F370"/>
     <mergeCell ref="B371:F371"/>
     <mergeCell ref="A373:F373"/>
     <mergeCell ref="B374:F374"/>
-    <mergeCell ref="B375:F375"/>
-[...8 lines deleted...]
-    <mergeCell ref="B387:F387"/>
+    <mergeCell ref="A376:F376"/>
+    <mergeCell ref="B377:F377"/>
+    <mergeCell ref="A379:F379"/>
+    <mergeCell ref="B380:F380"/>
+    <mergeCell ref="B381:F381"/>
+    <mergeCell ref="A383:F383"/>
+    <mergeCell ref="B384:F384"/>
+    <mergeCell ref="B385:F385"/>
+    <mergeCell ref="A387:F387"/>
     <mergeCell ref="B388:F388"/>
+    <mergeCell ref="B389:F389"/>
+    <mergeCell ref="A391:F391"/>
+    <mergeCell ref="B392:F392"/>
+    <mergeCell ref="B393:F393"/>
+    <mergeCell ref="B394:F394"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>